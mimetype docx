--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,22853 +1,9824 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000F20EC" w:rsidRDefault="000F20EC" w:rsidP="00141B84">
+    <w:p w:rsidR="00736937" w:rsidRPr="00BB3D6F" w:rsidRDefault="00736937" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00736937" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="00141B84">
+    <w:p w:rsidR="00736937" w:rsidRPr="00BB3D6F" w:rsidRDefault="00FB2156" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00736937" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аместитель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00736937" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителя отдела </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75C16" w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БЕКІТЕМІН</w:t>
+        <w:t>обр</w:t>
       </w:r>
+      <w:r w:rsidR="00736937" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>азования города Павлодара</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="001A27CD" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="00141B84">
+    <w:p w:rsidR="00736937" w:rsidRPr="00BB3D6F" w:rsidRDefault="0039591C" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A27CD">
+      <w:r w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімі басшысының орынбасары</w:t>
+        <w:t>___________К</w:t>
+      </w:r>
+      <w:r w:rsidR="00736937" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2156" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыдралин</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00736937" w:rsidRPr="007E5777" w:rsidRDefault="0039591C" w:rsidP="00141B84">
+    <w:p w:rsidR="00736937" w:rsidRPr="00BB3D6F" w:rsidRDefault="00736937" w:rsidP="00E85A80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E5777">
+      <w:r w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>___________</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="001A27CD">
+      <w:r w:rsidR="00E43C0B" w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
+        <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="00736937" w:rsidRPr="007E5777">
+      <w:r w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:r w:rsidR="001A27CD">
+      <w:r w:rsidR="00E43C0B" w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
+        <w:t>сентября</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E5777">
+      <w:r w:rsidR="0089797C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ыдралин</w:t>
+        <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="10620"/>
+      <w:r w:rsidR="00FB2156" w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2021 жылғы </w:t>
-[...39 lines deleted...]
-        <w:t>қыркүйек</w:t>
+        <w:t>ода</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A27CD" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="00E85A80">
-[...12 lines deleted...]
-    <w:p w:rsidR="004C2E14" w:rsidRDefault="001A27CD" w:rsidP="00141B84">
+    <w:p w:rsidR="00736937" w:rsidRPr="00BB3D6F" w:rsidRDefault="00736937" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A27CD">
+      <w:r w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы методического кабинета на </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43C0B" w:rsidRPr="00BB3D6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Әдістемелік кабинеттің 2021 жылдың қазан айына арналған жұмыс жоспары</w:t>
+        <w:t>ОК</w:t>
+      </w:r>
+      <w:r w:rsidR="0039591C" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТЯБРЬ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77E12" w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0089797C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A27CD" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="00141B84">
+    <w:p w:rsidR="004C2E14" w:rsidRPr="00BB3D6F" w:rsidRDefault="004C2E14" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15310" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="824"/>
         <w:gridCol w:w="9540"/>
         <w:gridCol w:w="2678"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6DB6" w:rsidRPr="007D528C" w:rsidTr="00E96E80">
+      <w:tr w:rsidR="003F6DB6" w:rsidRPr="00BB3D6F" w:rsidTr="00E96E80">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="003F6DB6" w:rsidRPr="00BB3D6F" w:rsidRDefault="001A27CD" w:rsidP="00BB3D6F">
+          <w:p w:rsidR="003F6DB6" w:rsidRPr="00BB3D6F" w:rsidRDefault="003F6DB6" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A27CD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>ӘДІСТЕМЕЛІК ЖҰМЫСТЫ, ЭКСПЕРИМЕНТТІК ҚЫЗМЕТТІ, ЖАС БАСШЫ МЕКТЕПТЕРІНІҢ ҚЫЗМЕТІН ҰЙЫМДАСТЫРУ ЖӘНЕ БАСҚАРУ</w:t>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Организация и руководство методической работой, экспериментальной деятельностью, деятельностью школ молодого руководителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001751B0" w:rsidRPr="00DF3513" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001751B0" w:rsidRPr="00DF3513" w:rsidRDefault="001751B0" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3513">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001751B0" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="00DF3513">
+          <w:p w:rsidR="001751B0" w:rsidRPr="00F401D5" w:rsidRDefault="001751B0" w:rsidP="00DF3513">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F401D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школа молодого директора </w:t>
+            </w:r>
+            <w:r w:rsidR="005456AD" w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Практическая сессия «</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этика руководителя</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.У</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>правление в</w:t>
+            </w:r>
+            <w:r w:rsidR="005456AD" w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> условия</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidR="005456AD" w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предупреждения межличностных  трудовых конфликтов (семинар-практикум психолога)»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001751B0" w:rsidRPr="003A47A8" w:rsidRDefault="001751B0" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A47A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шиндлярская Г.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001751B0" w:rsidRPr="003A47A8" w:rsidRDefault="001751B0" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-            <w:r w:rsidRPr="001A27CD">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001751B0" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Б</w:t>
-[...37 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...116 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidTr="006728E2">
         <w:trPr>
           <w:trHeight w:val="1059"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3513">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRPr="001A27CD" w:rsidRDefault="001A27CD" w:rsidP="006728E2">
+          <w:p w:rsidR="006728E2" w:rsidRPr="006728E2" w:rsidRDefault="006728E2" w:rsidP="006728E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Директордың</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001A27CD">
+            </w:pPr>
+            <w:r w:rsidRPr="00F401D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...291 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Школа молодого заместителя директора </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обеспечение дифференцированного подхода  к экологическому  содержанию образования  через активное внедрение современных технологий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRPr="003A47A8" w:rsidRDefault="004D1F1A" w:rsidP="00BB3D6F">
+          <w:p w:rsidR="006728E2" w:rsidRPr="003A47A8" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003A47A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шиндлярская Г.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006728E2" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Г.Ш. </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="0040439F" w:rsidRDefault="0040439F" w:rsidP="0040439F">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗД по НМР </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006728E2" w:rsidRPr="003A47A8" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D1F1A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№36 ЖОМ</w:t>
-[...60 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">СОШ №36 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="007E5777" w:rsidP="00BB3D6F">
-[...16 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006728E2" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:trPr>
           <w:trHeight w:val="1175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRPr="00F401D5" w:rsidRDefault="006728E2" w:rsidP="001A27CD">
+          <w:p w:rsidR="006728E2" w:rsidRPr="00F401D5" w:rsidRDefault="006728E2" w:rsidP="00367455">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006728E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...349 lines deleted...]
-              <w:t>-практикум</w:t>
+              <w:t xml:space="preserve"> Семинар-практикум «Современные подходы к содержанию и организации деятельности предметных методических объединений, творческих групп, методического совета  как важнейших средств управления качеством образовательного процесса»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E5777" w:rsidRPr="003A47A8" w:rsidRDefault="007E5777" w:rsidP="007E5777">
+          <w:p w:rsidR="006728E2" w:rsidRPr="003A47A8" w:rsidRDefault="006728E2" w:rsidP="006728E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003A47A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>Шиндлярская Г.Ш.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006728E2" w:rsidRPr="003A47A8" w:rsidRDefault="006728E2" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRDefault="007E5777" w:rsidP="00BB3D6F">
-[...44 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="006728E2" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21.10.2021 в 15-00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>ZOOM</w:t>
-[...18 lines deleted...]
-              <w:t>сы</w:t>
+              <w:t>платформа ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A47A8" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003A47A8" w:rsidRPr="007E5777" w:rsidRDefault="003A47A8" w:rsidP="00BB3D6F">
+          <w:p w:rsidR="003A47A8" w:rsidRPr="00DF3513" w:rsidRDefault="003A47A8" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E5777">
+            <w:r w:rsidRPr="00DF3513">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A27CD" w:rsidRPr="007E5777" w:rsidRDefault="001A27CD" w:rsidP="00367455">
+          <w:p w:rsidR="003A47A8" w:rsidRPr="003A47A8" w:rsidRDefault="003A47A8" w:rsidP="00367455">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007E5777">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">МДҰ </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007E5777">
+            </w:pPr>
+            <w:r w:rsidRPr="003A47A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>жас</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007E5777">
+              <w:t xml:space="preserve">Школа молодого методиста ДОО </w:t>
+            </w:r>
+            <w:r w:rsidR="005456AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007E5777">
+            <w:r w:rsidR="005456AD" w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Целевой индикатор № 5  «Методическая работа в ДДУ в условиях реализации  стандартов нового поколения. Технологии </w:t>
+            </w:r>
+            <w:r w:rsidR="005C6313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="005456AD" w:rsidRPr="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>зучения и обобщения ППО»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A47A8" w:rsidRDefault="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A47A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="005456AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005456AD" w:rsidRPr="003A47A8" w:rsidRDefault="005456AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003A47A8" w:rsidRPr="004E5C0D" w:rsidRDefault="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5C0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>20.10.2021 15.00 платформа ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006728E2" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="00E238C9" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006728E2" w:rsidRDefault="006728E2" w:rsidP="006728E2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школа наставничества «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наставничество как эффективный инструмент развития кадрового потенциала. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выбор эффективных форм работы наставника с молодыми специалистами»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006728E2" w:rsidRDefault="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006728E2" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13.10.21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15-00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="003A47A8" w:rsidRDefault="00DF3513" w:rsidP="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BF40A0" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Постоянно-действующий семинар для руководителей ДО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Программа развития </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шиндлярская Г.Ш.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15-00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="008F29EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Деятельность Ассоциации молодых учителей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>городской клуб  молодых учителей «ПроЛС»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школа молодого педагога «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эффективное планирование урока»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Альмагамбетов К.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ныгметова Б.Д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27 октября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF3513">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="008F29EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidRDefault="00DF3513" w:rsidP="00576329">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>III</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:caps/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Организация деятельности профессиональных методических и творческих объединений, ИНСТРУКТИВНО-МЕТОДИЧЕСКАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="008F29EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E5777">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семинары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00BB3D6F" w:rsidRDefault="00DF3513" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00EB7689" w:rsidRDefault="00DF3513" w:rsidP="00256A65">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007E5777">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7689">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...319 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Повышение мотивации учащихся к изучению предметов ЕМН через использование 7 (семи) модулей»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003A47A8" w:rsidRDefault="007E5777">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00DF3513" w:rsidRPr="00367455" w:rsidRDefault="00DF3513" w:rsidP="005456AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367455">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003A47A8" w:rsidRPr="004E5C0D" w:rsidRDefault="00D617C8">
-[...55 lines deleted...]
-              <w:t>сы</w:t>
+          <w:p w:rsidR="00DF3513" w:rsidRDefault="00DF3513" w:rsidP="00256A65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367455">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22 октября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C0C3E" w:rsidRPr="00367455" w:rsidRDefault="003C0C3E" w:rsidP="00256A65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006728E2" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006728E2" w:rsidRPr="00DF3513" w:rsidRDefault="00E238C9" w:rsidP="00BB3D6F">
-[...19 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00332FCF" w:rsidRPr="00332FCF" w:rsidRDefault="00332FCF" w:rsidP="00332FCF">
-[...1445 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">«Қазақ тілі мен әдебиеті сабақтарында </w:t>
             </w:r>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>Lesson study</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>-ды қолдану»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00703BCE">
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Б.К.</w:t>
+              <w:t>Ибрагим Б.К.</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...48 lines deleted...]
-              </w:rPr>
               <w:t>М.Әуезов атындағы ЖОМ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>Мастер - класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00A13C38" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11.10.2021 ж</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+              <w:t>11.10.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="003067A0" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E5C0D">
-[...16 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>«Эссе жазу әдістемесі»</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> қалалық семинар –тренинг Т1,Т2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00677978" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00677978">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Алибаева </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Зейнуллина Айман Файзоллақызы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">, С.Торайғыров атындағы ПМУ  ф.ғ.д., профессор </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Зейну</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>Рауандина Айтжамал Калкеновна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ллина Айман Файзоллақызы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="004B2F6A">
+              <w:t xml:space="preserve">. Кандидат педагогических наук, ассоциированный профессор КазНПУ им. Абая.  Қазақ тілі мен әдебиеті оқулықтарының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, С.Торайғыров атындағы ПМУ  ф.ғ.д., профессор </w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>авторы «Көкжиек – Горизонт» баспасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Рауандина </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:lastRenderedPageBreak/>
+              <w:t>19.10.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Айтжамал </w:t>
-[...140 lines deleted...]
-              </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="003067A0" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E5C0D">
-[...16 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>платформа ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>PIRLS (1-4 сынып), PISA (5-11 сынып) тапсырмаларын</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> қазақ тілі мен әдебиеті сабақтарында кіріктірі. Шығармашылық топ жұмыстарын ұйымдастыру семинары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677978">
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D528C">
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00677978">
+              <w:t>Каиргазина Ш.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Алибаева </w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...82 lines deleted...]
-              <w:t xml:space="preserve">ова </w:t>
+              <w:t>Кайсаринаова Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>26.10</w:t>
             </w:r>
-            <w:r w:rsidR="00A13C38">
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>.2021 ж</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+              <w:t>.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="005332F8" w:rsidP="005332F8">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Т</w:t>
-[...19 lines deleted...]
-              <w:t>а бойынша</w:t>
+              <w:t>Место по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidTr="007F3A08">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00677978">
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мектеп</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677978">
+              <w:t>Игровые методы и приемы в обучении и развитии дошкольников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677978">
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>жасына</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677978">
+              <w:t>Рахымжанова К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677978">
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>дейінгі</w:t>
-[...210 lines deleted...]
-              <w:t>сы</w:t>
+              <w:t>21.10.2021 10.00 платформа ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00677978" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00677978">
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Орыс</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00677978">
+              <w:t>Развитие навыков слушания и говорения, чтения на уроках русского и английского  языков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ильясова К.К. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00BB3D6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Семинар преподавателей НВиТП  по проблемным вопросам внедрения  обновленного содержания образования (отбор содержания, приемы формативного оценивания и повышения мотивации, технологии дистанционного обучения, внедрение  трудных тем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="005B2AC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мониторинг преподавание физической культуры по вопросам внедрения  обновленного содержания образования (отбор содержания, приемы формативного оценивания и повышения мотивации, технологии дистанционного обучения, проведение секционных занятии, спартакиады школьников и учителей.) школы № 11,12,14,16,18,21,28,41,им.М.Алимбаева.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов К.С. Иванникова М.Ф.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="005B2AC4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Актуальные подходы психолого - педагогической службы к работе с учащимися различных категорий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 октября </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="002C5A64">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...280 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
-[...1770 lines deleted...]
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="00667AD2">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00667AD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00EF5C2E" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007D4D79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EF5C2E">
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Табысты</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>Диссеминация успешного педагогического опыта:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методологические основы психолог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической поддержки учащихся с особыми образовательными потребностями. Особенности работы над формированием мыслительных операций у детей с легкой умственной отсталостью (из опыта работы СОШ№30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27 октября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диссеминация успешного педагогического опыта педагога </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ясли-сада</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 6 Жумагожиной Ж.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="005456AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К. Рахымжанова К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="008852BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.10.2021 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="008852BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.00 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="008852BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>платформа ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00A231FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школьный тренер-субъект педагогической инновации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(из опыта работы учителя истории СОШ №17 Дацюк А.Ф.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00A231FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кайсаринова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00DF66E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.10.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00DF66E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00DF66E6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>платформа ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="0011023B" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00595F6C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Модульное обучение как средство формирования навыков самообразования при изучении математики в дистанционном формате» (изучения опыта учителя математики СОШ № 39 Шапиховой З. Е.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00595F6C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алимова С. Ж. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00595F6C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21.10.2021 г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00595F6C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15.00 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00595F6C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="007F3A08">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="0011023B" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қазақ тілі сабағында айтылым дағдыларын менгерту жолдары» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(опыт учителя казахского языкаСОШ №26 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халиковой А.И.), «Жеке тұлғаға шығармашылық орта туғызу»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (опыт учителя казахского языка ЖСОШ Ибраевой Г.С.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...499 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...948 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...384 lines deleted...]
-              </w:rPr>
               <w:t>﻿</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Та</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009C0A86">
+              <w:t>Тема:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Диссиминация успешного педагогического опыта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>қырыбы</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>:</w:t>
-            </w:r>
+              <w:t>Подключиться к конференции Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="009C0A86">
+              <w:t>https://us04web.zoom.us/j/9536688180?pwd=a3d5L0pwV0IrSW10ZEdCTXNUN0F0QT09</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="0011023B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>ZOOM конференциясына қосылу</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="004B2F6A">
+              <w:t>Идентификатор конференции:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>https://us04web.zoom.us/j/9536688180?pwd=a3d5L0pwV0IrSW10ZEdCTXNUN0F0QT09</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+            <w:r w:rsidR="0011023B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009C0A86">
+              <w:t>Код доступа:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Конференция идентификаторы</w:t>
-[...56 lines deleted...]
-              <w:t>Zarina1987</w:t>
+              <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="009C0A86" w:rsidP="009C0A86">
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Алибаева З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12.10.2021 г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="009C0A86" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">сағат </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="004B2F6A">
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="007301B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15.00</w:t>
-[...11 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B2F6A">
-[...34 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="00E96E80">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00E96E80">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="004B2F6A" w:rsidRDefault="00B50836" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B50836">
+            <w:r w:rsidRPr="004B2F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Шығармашылық</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Заседания творческих групп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="0032574A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Для учителей ЕМН с трехъязычным обучением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- для учителей физики с государственным и русским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медетова Л.Р. Нуршанова А.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.10.2021г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- для учителей химии с государственным и русским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хавдыл Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыздыкова Л.З.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.10.2021г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- для учителей биологии с государственным и русским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отарова А.Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бедринец В.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.10.2021г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00EC5075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- для учителей информатики с государственным и русским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шампатова М.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Скляренко А.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.10.2021г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089797C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="0059101F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="006728E2" w:rsidRDefault="004B2F6A" w:rsidP="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006728E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Для учителей истории и самопознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00EC5075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы учителей истории «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D617C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методические рекомендации по истории для детей с особыми образовательными потребностями</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>» (по списку)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайсаринова Г.Е.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0089797C" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кашенова Г.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>07.10.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00D617C8" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОШ № 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="006728E2" w:rsidRDefault="004B2F6A" w:rsidP="00EC5075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="006728E2" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы учителей самопознания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайсаринова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="006728E2" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Левашова Т.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26.10.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Платформа </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00D617C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="005B688F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Для педагогов - ассистентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="006728E2" w:rsidRDefault="004B2F6A" w:rsidP="00EC5075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Альтернативная система обучения коммуникации «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» для детей с особыми образовательными потребностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Джумадиева А.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.10.2021г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00BC1B95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006728E2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Для учителей - логопедов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00EC5075">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Развитие мелкой моторики у детей с легкими нарушениями речи с помощью нетрадиционных методов на уроках учителя </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>огопеда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пшенко Ю.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жумашева А.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.10.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> платформа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00361815">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15310" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ля учителей начальной школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>топтардың</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов с русским языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Составление КОЗ разного вида на основе программы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>TIMSS"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...4325 lines deleted...]
-            <w:r w:rsidRPr="00CD7484">
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZOOM </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CD7484">
+              <w:t>Подключиться к конференции Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>конференциясына</w:t>
-[...41 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+              <w:r w:rsidRPr="00742CDD">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="005BD1"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://us05web.zoom.us/j/89254580425?pwd=ZDFiQXI4bUQrTmtrVHZBY0ZGQnNYZz09</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции: 892 5458 0425</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>онференци</w:t>
-[...5 lines deleted...]
-                <w:b/>
+              <w:br/>
+              <w:t>Код доступа: 12345</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>я и</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кайргазина Ш.Ш.,       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...29 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>Кузнецова М.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қатысу к</w:t>
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...28 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00742CDD" w:rsidRDefault="00CD7484" w:rsidP="00CD7484">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00                                   Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...132 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00742CDD">
-[...70 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00CD4168" w:rsidRDefault="00CA7929" w:rsidP="00CA7929">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов с государственным языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Составление КОЗ разного вида на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">основе программы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>тілде</w:t>
-[...426 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>TIMSS"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Подключиться к конференции Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+              <w:r w:rsidRPr="00742CDD">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="005BD1"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>https://us04web.zoom.us/j/71285341744?pwd=MExobjVYRjlBYzVBNHRvWlhOME0vdz09</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции: 712 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rStyle w:val="js-phone-number"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8534 1744</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Код доступа: r7u0tk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...40 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қатысу к</w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кайргазина Ш.Ш.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Орынгазиева Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22.10.2021        15.00                         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қ</w:t>
-[...158 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00CD4168" w:rsidRDefault="00CD4168" w:rsidP="00CD4168">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CD4168">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов с государственным языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Составление заданий в рамках оценки качества учебных достижений обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОДО)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CD4168">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CD4168">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подключиться к конференции Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...496 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+              <w:r w:rsidRPr="00742CDD">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://us04web.zoom.us/j/75761106412?pwd=aVE0M0RZeS9MWnJyazVpY2RpVkl6Zz09</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00742CDD">
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>: 757 6110 6412</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+              <w:t>Идентификатор конференции: 757 6110 6412</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                </w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00742CDD">
-              <w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>: 1MWKHe</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Код доступа: 1MWKHe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайргазина Ш.Ш.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шакенова Ш.А </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жамалиденова А.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27.10.2021    15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...774 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Zoom</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов с русским языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Составление заданий в рамках оценки качества учебных достижений обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОДО)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>конференциясына</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+              <w:t>Подключиться к конференции Zoomhttps://us04web.zoom.us/j/5315512326?pwd=N3ZzMUt4MCsrdHZsRUV2dElUSUFrQT09Идентификатор конференции: 531 551 2326                                                                                                    Код доступа: 123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайргазина Ш.Ш.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жуманова А. К.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нурекенова Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26.10.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17.15               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zoom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CA7929">
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қосылу</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов  с русским языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Подготовка учащихся к международному исследованию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PIRLS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>"  Подключиться к конференции Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>mhttps://us04web.zoom.us/j/74351544447?pwd=VXFGZXRmeGk5VG9mQjQ5NlRzcW8xQT09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции: 743 5154 4447</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Код доступа: g0c1w3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайргазина Ш.Ш., Алпыспаева Ж.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.00                                 Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00742CDD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...38 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
             <w:r w:rsidRPr="00742CDD">
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">: 531 551 2326                                                                                                    </w:t>
-[...10 lines deleted...]
-              <w:t>Қатысу к</w:t>
+              <w:t xml:space="preserve">аседание творческой группы учителей начальных классов с государственным языком обучения  </w:t>
             </w:r>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...18 lines deleted...]
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Подготовка учащихся к международному исследованию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>: 123</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> Қ</w:t>
+              <w:t>PIRLS</w:t>
             </w:r>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="24"/>
-[...11 lines deleted...]
-              <w:t>ы</w:t>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" Подключиться к конференции Zoom</w:t>
             </w:r>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="24"/>
-[...1488 lines deleted...]
-                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00742CDD">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://us04web.zoom.us/j/5836226873?pwd=ejJmaE11d3N2V2ZSbzJ0OVlobFpFdz09</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00703BCE" w:rsidRPr="00742CDD">
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции: 583 622 6873</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>К</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">                                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="333333"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Код доступа: 123456</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кайргазина Ш.Ш.,                                         Смагулова С.Г., Байшакур К.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>я и</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>15</w:t>
+            </w:r>
             <w:r w:rsidRPr="00742CDD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...16 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                               </w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қатысу к</w:t>
-[...348 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="001A62FC">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="001A62FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00742CDD" w:rsidRDefault="00752C6B" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00752C6B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақ тілі мен әдебиеті мұғалімдеріне</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ля учителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BC4F51" w:rsidRDefault="00752C6B" w:rsidP="00752C6B">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BC4F51">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание творческой группы учителей казахского языка и литературы с государственным языком обучения «Оқушылардың фукционалдық сауаттылықтарын арттыру»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00752C6B">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Оқушылардың</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00752C6B">
+            </w:pPr>
+            <w:r w:rsidRPr="00BC4F51">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">Заседание творческой группы учителей казахского языка и литературы с русским языком обучения «Оқушылардың фукционалдық сауаттылықтарын арттыру»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC4F51">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы учителей казахского языка и литературы с государственным языком обучения «Эссе жазу» с государственным языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC4F51">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание творческой группы учителей казахского языка и литературы с русским языком обучения «Эссе жазу» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00742CDD" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="00BC4F51">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ля учителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русского языка и литературы, английского языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="00942387">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BC4F51" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа с творческими группами учителей русского и английского языков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742CDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...268 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...63 lines deleted...]
-              <w:t>а бойынша</w:t>
+              <w:t>Ватсап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00782902" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
-[...1561 lines deleted...]
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="00ED6771">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00ED6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="008B793B" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008B793B">
+            <w:r w:rsidRPr="00BB3D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұйымдастыру</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Организационные мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB3D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="008B793B" w:rsidRDefault="008B793B" w:rsidP="008B793B">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B793B">
-[...360 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BB3D6F">
-              <w:rPr>
-[...107 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сбор заявок на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">городской конкурс «Инновационный педагогический опыт -2022» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогов и организаций СОШ, ДУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, ВУ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (электронный и бумажный варианты) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="008B793B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қаланың қосымша білім беру мекемелерінде </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Алибаева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Рухани жаңғыру»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008B793B">
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бағдарламасы аясында арнайы жобаларды іске асыру туралы</w:t>
+              <w:t>22.10.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00FD07FE" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О реализации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>спец</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проектов в рамках программы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Рухани жанғыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD07FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в учреждениях дополнительного образования города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B793B" w:rsidRDefault="008B793B" w:rsidP="008B793B">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Р.А.Мұсажанова </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00CC3CA2" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+              <w:t>Мусажанова Р.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00CC3CA2" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00EA5380" w:rsidRDefault="008B793B" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00EA5380" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EA5380">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ай сайын 25-не дейін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE">
+              <w:t>Ежемесячно к 25 числу</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRDefault="00703BCE" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="00CC3CA2" w:rsidRDefault="008B793B" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00CC3CA2" w:rsidRDefault="0011023B" w:rsidP="0011023B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B793B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қосымша білім беру ұйымдарында тәрбиеленушілердің үйірме сабақтарын ұйымдастыру сапасының мониторингі</w:t>
+              <w:t>Мониторинг  качества организации  кружковых  занятий воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в организациях дополнительного образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRDefault="008B793B" w:rsidP="00703BCE">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Р.А.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Мусажанова Р.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00CC3CA2" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мұ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00703BCE">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">сажанова </w:t>
-[...39 lines deleted...]
-              <w:t>Ай бойы</w:t>
+              <w:t>В течении месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703BCE" w:rsidRPr="00BB3D6F" w:rsidTr="00E96E80">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="00E96E80">
         <w:trPr>
           <w:trHeight w:val="362"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15310" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00703BCE" w:rsidRPr="008B793B" w:rsidRDefault="00703BCE" w:rsidP="008B793B">
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB3D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB3D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>. ОЛИМПИАД</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>. ОЛИМПИАДЫ, КОНКУРСЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="0089797C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в республиканском конкурсе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Лучшая</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторская программа-2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="0084556F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кайсаринова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>АЛАР</w:t>
-[...4 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="0089797C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D4D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республиканский конкурс «Лучший психолог» (городской этап)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D4D79">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>БАЙҚАУЛАР</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="007D4D79" w:rsidRDefault="004B2F6A" w:rsidP="0089797C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Внедрение проекта «Читающая школа» в школах города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Каиргазина Ш.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="006463D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B2F6A" w:rsidRPr="007D4D79" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение уч. года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37647" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
+      <w:tr w:rsidR="004B2F6A" w:rsidRPr="00BB3D6F" w:rsidTr="004C2E14">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37647" w:rsidRPr="00BB3D6F" w:rsidRDefault="00C37647" w:rsidP="00C37647">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB3D6F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37647" w:rsidRPr="008D2CFA" w:rsidRDefault="008D2CFA" w:rsidP="00C37647">
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="0089797C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> республикалық байқауына қатысу</w:t>
+              </w:rPr>
+              <w:t>Организационные мероприятия по подготовке Форума учителей ЕМН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37647" w:rsidRPr="0084556F" w:rsidRDefault="00C37647" w:rsidP="00C37647">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Қайсаринова </w:t>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабтова НС.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алмова С.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37647" w:rsidRDefault="00C37647" w:rsidP="00C37647">
-[...682 lines deleted...]
-              <w:t>Ай бойы</w:t>
+          <w:p w:rsidR="004B2F6A" w:rsidRDefault="004B2F6A" w:rsidP="003A47A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00340194" w:rsidRDefault="00340194" w:rsidP="00141B84">
+    <w:p w:rsidR="00BB3D6F" w:rsidRPr="00D77FE1" w:rsidRDefault="00BB3D6F" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00742CDD" w:rsidRPr="00742CDD" w:rsidRDefault="00340194" w:rsidP="00141B84">
+    <w:p w:rsidR="00742CDD" w:rsidRPr="00742CDD" w:rsidRDefault="00742CDD" w:rsidP="00141B84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       </w:t>
+        <w:t>Заведующая методическим кабинетом                                              Г.Шиндлярская</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00742CDD" w:rsidRPr="00742CDD" w:rsidSect="007E32AE">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01BA7627"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="781E8CB0"/>
     <w:lvl w:ilvl="0" w:tplc="3D4844C4">
       <w:start w:val="6"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2514" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -22893,51 +9864,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6114" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6834" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7554" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03156FA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51F2FFC2"/>
     <w:lvl w:ilvl="0" w:tplc="F8C8C5EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="043F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -22983,51 +9954,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="043F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="043F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="03F7408B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7E2387C"/>
     <w:lvl w:ilvl="0" w:tplc="63E4A634">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23069,51 +10040,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="048B02AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC1C6A30"/>
     <w:lvl w:ilvl="0" w:tplc="C9D44B60">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23159,51 +10130,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0569448A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B588568"/>
     <w:lvl w:ilvl="0" w:tplc="074C6174">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3838" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4198" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23249,51 +10220,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7798" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8518" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9238" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="0F1725F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D936A78A"/>
     <w:lvl w:ilvl="0" w:tplc="508225C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23339,51 +10310,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="41E07F5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91FAC29C"/>
     <w:lvl w:ilvl="0" w:tplc="29B8F2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="043F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23429,51 +10400,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="043F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="043F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="478D3DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83584630"/>
     <w:lvl w:ilvl="0" w:tplc="EBBC5306">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23519,51 +10490,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="51B269B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13EC98E8"/>
     <w:lvl w:ilvl="0" w:tplc="3162E5B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -23608,51 +10579,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="520373DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE348C92"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23721,51 +10692,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="54882303"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5D4E1EE"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23834,51 +10805,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="7DA02F7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="707A55D0"/>
     <w:lvl w:ilvl="0" w:tplc="C652EF8A">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -23925,51 +10896,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="7DAC7E1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39B2AA12"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24141,442 +11112,400 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00225753"/>
     <w:rsid w:val="000000DD"/>
     <w:rsid w:val="000022D8"/>
     <w:rsid w:val="000102FE"/>
     <w:rsid w:val="0003172F"/>
     <w:rsid w:val="00044CD7"/>
     <w:rsid w:val="0004771C"/>
-    <w:rsid w:val="00051240"/>
     <w:rsid w:val="0005207C"/>
     <w:rsid w:val="00062835"/>
-    <w:rsid w:val="000647A0"/>
     <w:rsid w:val="000702E4"/>
     <w:rsid w:val="00071C26"/>
     <w:rsid w:val="00087512"/>
     <w:rsid w:val="00095ACC"/>
     <w:rsid w:val="000A39D1"/>
     <w:rsid w:val="000B7B56"/>
     <w:rsid w:val="000C0233"/>
     <w:rsid w:val="000C3A99"/>
     <w:rsid w:val="000D724B"/>
-    <w:rsid w:val="000F20EC"/>
     <w:rsid w:val="000F3A0B"/>
     <w:rsid w:val="000F4E95"/>
     <w:rsid w:val="0011023B"/>
     <w:rsid w:val="00115E23"/>
-    <w:rsid w:val="00116A8B"/>
     <w:rsid w:val="001274F6"/>
     <w:rsid w:val="001344CE"/>
     <w:rsid w:val="00140606"/>
     <w:rsid w:val="00141B84"/>
     <w:rsid w:val="0014296C"/>
     <w:rsid w:val="001461A2"/>
     <w:rsid w:val="00152D41"/>
     <w:rsid w:val="00153A23"/>
     <w:rsid w:val="00163D05"/>
     <w:rsid w:val="001751B0"/>
     <w:rsid w:val="00182A98"/>
     <w:rsid w:val="00190F31"/>
     <w:rsid w:val="00195EA0"/>
     <w:rsid w:val="00196FCF"/>
-    <w:rsid w:val="001A27CD"/>
     <w:rsid w:val="001A36C7"/>
     <w:rsid w:val="001A5E56"/>
     <w:rsid w:val="001B4167"/>
     <w:rsid w:val="001B730C"/>
     <w:rsid w:val="001B7DE7"/>
     <w:rsid w:val="001C6527"/>
     <w:rsid w:val="001D0DFE"/>
     <w:rsid w:val="001D1C94"/>
     <w:rsid w:val="001D34EF"/>
     <w:rsid w:val="001E191C"/>
     <w:rsid w:val="001E51D6"/>
     <w:rsid w:val="001E5E49"/>
     <w:rsid w:val="001E67FD"/>
     <w:rsid w:val="001F7AEC"/>
     <w:rsid w:val="00203499"/>
-    <w:rsid w:val="00211AC7"/>
     <w:rsid w:val="00211AF1"/>
     <w:rsid w:val="00221990"/>
     <w:rsid w:val="002248D3"/>
     <w:rsid w:val="00224A48"/>
     <w:rsid w:val="00225753"/>
     <w:rsid w:val="0023250C"/>
     <w:rsid w:val="00234520"/>
     <w:rsid w:val="0024354F"/>
     <w:rsid w:val="0025530B"/>
     <w:rsid w:val="00265381"/>
     <w:rsid w:val="002777EC"/>
     <w:rsid w:val="00287B30"/>
     <w:rsid w:val="002977EF"/>
     <w:rsid w:val="002A5E25"/>
     <w:rsid w:val="002B071A"/>
     <w:rsid w:val="002B3B46"/>
     <w:rsid w:val="002C512B"/>
     <w:rsid w:val="002D6440"/>
     <w:rsid w:val="002E44BD"/>
     <w:rsid w:val="002F0B37"/>
-    <w:rsid w:val="003067A0"/>
     <w:rsid w:val="0030768D"/>
     <w:rsid w:val="003117CE"/>
     <w:rsid w:val="003246EE"/>
-    <w:rsid w:val="00332FCF"/>
-    <w:rsid w:val="00340194"/>
     <w:rsid w:val="003411B7"/>
     <w:rsid w:val="00343CF8"/>
     <w:rsid w:val="003447FC"/>
     <w:rsid w:val="00347580"/>
     <w:rsid w:val="00356FB6"/>
     <w:rsid w:val="00361DAE"/>
     <w:rsid w:val="00367455"/>
     <w:rsid w:val="00380761"/>
     <w:rsid w:val="00380BE4"/>
     <w:rsid w:val="0039591C"/>
     <w:rsid w:val="003A1C81"/>
-    <w:rsid w:val="003A2DBF"/>
     <w:rsid w:val="003A47A8"/>
     <w:rsid w:val="003B3D56"/>
     <w:rsid w:val="003B5F63"/>
     <w:rsid w:val="003B6DE3"/>
     <w:rsid w:val="003C0C3E"/>
     <w:rsid w:val="003E21DC"/>
     <w:rsid w:val="003E2905"/>
     <w:rsid w:val="003F36A1"/>
     <w:rsid w:val="003F6DB6"/>
     <w:rsid w:val="004014D6"/>
     <w:rsid w:val="0040151A"/>
     <w:rsid w:val="00403A71"/>
-    <w:rsid w:val="0040439F"/>
     <w:rsid w:val="00407C1F"/>
-    <w:rsid w:val="004129DC"/>
     <w:rsid w:val="00414C7D"/>
     <w:rsid w:val="00414F83"/>
     <w:rsid w:val="0041532C"/>
     <w:rsid w:val="00420951"/>
     <w:rsid w:val="0042099E"/>
     <w:rsid w:val="00426052"/>
     <w:rsid w:val="00435977"/>
     <w:rsid w:val="00443963"/>
     <w:rsid w:val="004465E6"/>
     <w:rsid w:val="004527C4"/>
     <w:rsid w:val="00456B0F"/>
     <w:rsid w:val="004625D9"/>
     <w:rsid w:val="00466736"/>
     <w:rsid w:val="00471F38"/>
     <w:rsid w:val="00477069"/>
     <w:rsid w:val="00480F9F"/>
     <w:rsid w:val="004A00EE"/>
     <w:rsid w:val="004A2324"/>
     <w:rsid w:val="004A730D"/>
     <w:rsid w:val="004B2502"/>
     <w:rsid w:val="004B2F6A"/>
     <w:rsid w:val="004B2FAC"/>
     <w:rsid w:val="004B4A11"/>
     <w:rsid w:val="004C2E14"/>
     <w:rsid w:val="004C5587"/>
     <w:rsid w:val="004D0246"/>
-    <w:rsid w:val="004D1F1A"/>
     <w:rsid w:val="004D2A20"/>
     <w:rsid w:val="004E5C0D"/>
-    <w:rsid w:val="004F04B7"/>
     <w:rsid w:val="004F30F6"/>
     <w:rsid w:val="0050627C"/>
     <w:rsid w:val="005068AA"/>
     <w:rsid w:val="0051154A"/>
     <w:rsid w:val="005165F6"/>
     <w:rsid w:val="0052153E"/>
     <w:rsid w:val="005241E3"/>
-    <w:rsid w:val="005332F8"/>
     <w:rsid w:val="005456AD"/>
     <w:rsid w:val="00555415"/>
     <w:rsid w:val="005576B4"/>
     <w:rsid w:val="0056183E"/>
     <w:rsid w:val="005657E0"/>
     <w:rsid w:val="005658FA"/>
     <w:rsid w:val="00571FD3"/>
     <w:rsid w:val="00576329"/>
     <w:rsid w:val="00577858"/>
     <w:rsid w:val="00577C96"/>
     <w:rsid w:val="00593201"/>
     <w:rsid w:val="005A2EB7"/>
     <w:rsid w:val="005A39A5"/>
     <w:rsid w:val="005B0A2B"/>
     <w:rsid w:val="005B22F2"/>
     <w:rsid w:val="005C6313"/>
     <w:rsid w:val="005C63D0"/>
     <w:rsid w:val="005D1648"/>
     <w:rsid w:val="005E3BD4"/>
     <w:rsid w:val="00600D70"/>
     <w:rsid w:val="00607276"/>
     <w:rsid w:val="0061151C"/>
     <w:rsid w:val="0062679F"/>
     <w:rsid w:val="006275F8"/>
     <w:rsid w:val="00642CD0"/>
     <w:rsid w:val="006463D6"/>
     <w:rsid w:val="00657E27"/>
     <w:rsid w:val="00662365"/>
     <w:rsid w:val="00662844"/>
     <w:rsid w:val="00666D73"/>
     <w:rsid w:val="00667255"/>
     <w:rsid w:val="006728E2"/>
     <w:rsid w:val="0067759D"/>
-    <w:rsid w:val="00677978"/>
     <w:rsid w:val="00685B5E"/>
     <w:rsid w:val="00690178"/>
     <w:rsid w:val="00694160"/>
     <w:rsid w:val="006A4148"/>
     <w:rsid w:val="006A5A27"/>
     <w:rsid w:val="006B7386"/>
     <w:rsid w:val="006C1130"/>
     <w:rsid w:val="006C135B"/>
     <w:rsid w:val="006C4B22"/>
     <w:rsid w:val="006D7F45"/>
     <w:rsid w:val="006E0184"/>
     <w:rsid w:val="006E30E3"/>
     <w:rsid w:val="006E6713"/>
-    <w:rsid w:val="006E7372"/>
     <w:rsid w:val="006E7F63"/>
     <w:rsid w:val="006F260A"/>
     <w:rsid w:val="00701645"/>
-    <w:rsid w:val="00703BCE"/>
     <w:rsid w:val="007106F8"/>
     <w:rsid w:val="007256DD"/>
     <w:rsid w:val="007279FB"/>
     <w:rsid w:val="0073588B"/>
     <w:rsid w:val="00736937"/>
     <w:rsid w:val="00741E8A"/>
     <w:rsid w:val="00742CDD"/>
     <w:rsid w:val="00742F94"/>
     <w:rsid w:val="0075189F"/>
     <w:rsid w:val="00752BBB"/>
-    <w:rsid w:val="00752C6B"/>
     <w:rsid w:val="00760065"/>
     <w:rsid w:val="00761790"/>
     <w:rsid w:val="00761C6F"/>
     <w:rsid w:val="00774030"/>
     <w:rsid w:val="00774FBC"/>
     <w:rsid w:val="00777AB2"/>
-    <w:rsid w:val="00782902"/>
     <w:rsid w:val="00787D0C"/>
     <w:rsid w:val="00791847"/>
     <w:rsid w:val="00797CA5"/>
     <w:rsid w:val="007A0100"/>
     <w:rsid w:val="007A38C5"/>
     <w:rsid w:val="007A5249"/>
     <w:rsid w:val="007C6674"/>
     <w:rsid w:val="007D4D79"/>
-    <w:rsid w:val="007D528C"/>
     <w:rsid w:val="007D6C88"/>
     <w:rsid w:val="007D7264"/>
     <w:rsid w:val="007E32AE"/>
-    <w:rsid w:val="007E5777"/>
     <w:rsid w:val="007F3A08"/>
     <w:rsid w:val="008237F5"/>
     <w:rsid w:val="00827212"/>
     <w:rsid w:val="0083486F"/>
     <w:rsid w:val="0083488C"/>
     <w:rsid w:val="00841F9A"/>
     <w:rsid w:val="0084556F"/>
-    <w:rsid w:val="008527F2"/>
     <w:rsid w:val="00857041"/>
     <w:rsid w:val="00864D3A"/>
     <w:rsid w:val="008852BD"/>
     <w:rsid w:val="0089797C"/>
     <w:rsid w:val="00897999"/>
-    <w:rsid w:val="008A1F53"/>
     <w:rsid w:val="008A2B30"/>
-    <w:rsid w:val="008B6580"/>
-    <w:rsid w:val="008B793B"/>
     <w:rsid w:val="008C6EE3"/>
     <w:rsid w:val="008D2683"/>
-    <w:rsid w:val="008D2CFA"/>
     <w:rsid w:val="008E0860"/>
     <w:rsid w:val="008E1AFE"/>
     <w:rsid w:val="008E725D"/>
     <w:rsid w:val="008F29EB"/>
     <w:rsid w:val="008F3FCC"/>
     <w:rsid w:val="008F776E"/>
     <w:rsid w:val="008F7F5D"/>
     <w:rsid w:val="0090001C"/>
     <w:rsid w:val="00905DAD"/>
     <w:rsid w:val="00910461"/>
     <w:rsid w:val="00926077"/>
-    <w:rsid w:val="00936CB0"/>
     <w:rsid w:val="009374F2"/>
     <w:rsid w:val="00942F3B"/>
     <w:rsid w:val="00946376"/>
     <w:rsid w:val="0095331A"/>
     <w:rsid w:val="00971215"/>
     <w:rsid w:val="0098123C"/>
     <w:rsid w:val="00984577"/>
     <w:rsid w:val="009860DB"/>
     <w:rsid w:val="009920A4"/>
     <w:rsid w:val="0099222C"/>
     <w:rsid w:val="009937AA"/>
     <w:rsid w:val="009A0FCA"/>
     <w:rsid w:val="009A103E"/>
     <w:rsid w:val="009A2B58"/>
-    <w:rsid w:val="009C0A86"/>
     <w:rsid w:val="009D07A1"/>
     <w:rsid w:val="009D1233"/>
     <w:rsid w:val="009D499C"/>
     <w:rsid w:val="009E24F2"/>
-    <w:rsid w:val="009E3301"/>
     <w:rsid w:val="009F5BB0"/>
     <w:rsid w:val="00A02193"/>
     <w:rsid w:val="00A0468A"/>
-    <w:rsid w:val="00A13C38"/>
     <w:rsid w:val="00A154C0"/>
-    <w:rsid w:val="00A2106F"/>
     <w:rsid w:val="00A31D12"/>
     <w:rsid w:val="00A37AAD"/>
     <w:rsid w:val="00A427BD"/>
     <w:rsid w:val="00A5345E"/>
     <w:rsid w:val="00A62468"/>
     <w:rsid w:val="00A662CC"/>
     <w:rsid w:val="00A73187"/>
     <w:rsid w:val="00A75547"/>
     <w:rsid w:val="00A75C16"/>
     <w:rsid w:val="00A771F0"/>
     <w:rsid w:val="00A8728F"/>
     <w:rsid w:val="00A90D71"/>
     <w:rsid w:val="00A944F5"/>
     <w:rsid w:val="00AA2F60"/>
     <w:rsid w:val="00AB2269"/>
     <w:rsid w:val="00AB548F"/>
     <w:rsid w:val="00AC33DC"/>
     <w:rsid w:val="00AC7226"/>
     <w:rsid w:val="00AD3163"/>
     <w:rsid w:val="00AD7B7A"/>
     <w:rsid w:val="00AE3760"/>
     <w:rsid w:val="00AE3BF4"/>
     <w:rsid w:val="00AE739B"/>
     <w:rsid w:val="00AE7DE2"/>
     <w:rsid w:val="00B0084D"/>
     <w:rsid w:val="00B126E8"/>
-    <w:rsid w:val="00B2281D"/>
     <w:rsid w:val="00B26314"/>
     <w:rsid w:val="00B26673"/>
     <w:rsid w:val="00B336C3"/>
     <w:rsid w:val="00B33DF6"/>
     <w:rsid w:val="00B3432A"/>
     <w:rsid w:val="00B41D9F"/>
     <w:rsid w:val="00B41F38"/>
     <w:rsid w:val="00B45503"/>
     <w:rsid w:val="00B5055E"/>
-    <w:rsid w:val="00B50836"/>
     <w:rsid w:val="00B51993"/>
     <w:rsid w:val="00B5438A"/>
     <w:rsid w:val="00B5569D"/>
     <w:rsid w:val="00B636DF"/>
     <w:rsid w:val="00B643F7"/>
     <w:rsid w:val="00B64DF5"/>
-    <w:rsid w:val="00B66C44"/>
     <w:rsid w:val="00B66C4D"/>
     <w:rsid w:val="00B746A3"/>
     <w:rsid w:val="00B750E6"/>
     <w:rsid w:val="00B93AA8"/>
     <w:rsid w:val="00B93AEB"/>
     <w:rsid w:val="00BA0C9A"/>
     <w:rsid w:val="00BA266A"/>
     <w:rsid w:val="00BA3AFD"/>
     <w:rsid w:val="00BA6841"/>
     <w:rsid w:val="00BB3D6F"/>
     <w:rsid w:val="00BC4A2C"/>
     <w:rsid w:val="00BC4F51"/>
     <w:rsid w:val="00BD0D4C"/>
     <w:rsid w:val="00BD615B"/>
     <w:rsid w:val="00BE0039"/>
     <w:rsid w:val="00BE4E48"/>
     <w:rsid w:val="00BF17FD"/>
     <w:rsid w:val="00BF3461"/>
     <w:rsid w:val="00C07992"/>
     <w:rsid w:val="00C07BFB"/>
     <w:rsid w:val="00C10644"/>
     <w:rsid w:val="00C321CE"/>
     <w:rsid w:val="00C3316F"/>
-    <w:rsid w:val="00C37647"/>
     <w:rsid w:val="00C50302"/>
     <w:rsid w:val="00C54347"/>
     <w:rsid w:val="00C60CD8"/>
     <w:rsid w:val="00C63D3C"/>
     <w:rsid w:val="00C64802"/>
     <w:rsid w:val="00C66B20"/>
     <w:rsid w:val="00C753C1"/>
-    <w:rsid w:val="00C77B47"/>
     <w:rsid w:val="00C83C4B"/>
     <w:rsid w:val="00C850C7"/>
     <w:rsid w:val="00C852EF"/>
     <w:rsid w:val="00C95653"/>
     <w:rsid w:val="00CA5FD9"/>
     <w:rsid w:val="00CA6BC2"/>
     <w:rsid w:val="00CA6DFD"/>
-    <w:rsid w:val="00CA7929"/>
     <w:rsid w:val="00CB216E"/>
     <w:rsid w:val="00CB5718"/>
     <w:rsid w:val="00CB5E16"/>
     <w:rsid w:val="00CB6418"/>
     <w:rsid w:val="00CC13A4"/>
     <w:rsid w:val="00CC5A36"/>
     <w:rsid w:val="00CD119F"/>
-    <w:rsid w:val="00CD4168"/>
-    <w:rsid w:val="00CD7484"/>
     <w:rsid w:val="00CF3A1E"/>
     <w:rsid w:val="00CF6DB1"/>
     <w:rsid w:val="00D0602C"/>
     <w:rsid w:val="00D249D6"/>
     <w:rsid w:val="00D25F60"/>
     <w:rsid w:val="00D2645B"/>
     <w:rsid w:val="00D330C7"/>
     <w:rsid w:val="00D35047"/>
     <w:rsid w:val="00D372FA"/>
     <w:rsid w:val="00D56854"/>
     <w:rsid w:val="00D617C8"/>
     <w:rsid w:val="00D6278C"/>
     <w:rsid w:val="00D65CB2"/>
     <w:rsid w:val="00D663EF"/>
     <w:rsid w:val="00D67AB2"/>
     <w:rsid w:val="00D76D28"/>
     <w:rsid w:val="00D77FE1"/>
     <w:rsid w:val="00D9117A"/>
     <w:rsid w:val="00D92062"/>
     <w:rsid w:val="00D93A3E"/>
     <w:rsid w:val="00DA2EA8"/>
     <w:rsid w:val="00DA563F"/>
     <w:rsid w:val="00DB6F26"/>
     <w:rsid w:val="00DC2E70"/>
     <w:rsid w:val="00DC76D8"/>
@@ -24589,501 +11518,656 @@
     <w:rsid w:val="00E10111"/>
     <w:rsid w:val="00E230C1"/>
     <w:rsid w:val="00E238C9"/>
     <w:rsid w:val="00E3131A"/>
     <w:rsid w:val="00E3433C"/>
     <w:rsid w:val="00E43C0B"/>
     <w:rsid w:val="00E43F3D"/>
     <w:rsid w:val="00E55017"/>
     <w:rsid w:val="00E83931"/>
     <w:rsid w:val="00E85A80"/>
     <w:rsid w:val="00E93E92"/>
     <w:rsid w:val="00E949D2"/>
     <w:rsid w:val="00E96E80"/>
     <w:rsid w:val="00E97775"/>
     <w:rsid w:val="00EA3747"/>
     <w:rsid w:val="00EB218F"/>
     <w:rsid w:val="00EB2B3F"/>
     <w:rsid w:val="00EB7689"/>
     <w:rsid w:val="00EB76BB"/>
     <w:rsid w:val="00EC4F1D"/>
     <w:rsid w:val="00EC6890"/>
     <w:rsid w:val="00ED69AC"/>
     <w:rsid w:val="00EE216F"/>
     <w:rsid w:val="00EE2AE5"/>
     <w:rsid w:val="00EF4845"/>
-    <w:rsid w:val="00EF5C2E"/>
     <w:rsid w:val="00F0170E"/>
-    <w:rsid w:val="00F044F0"/>
     <w:rsid w:val="00F064FA"/>
     <w:rsid w:val="00F21F43"/>
     <w:rsid w:val="00F30275"/>
     <w:rsid w:val="00F36F3E"/>
     <w:rsid w:val="00F401D5"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F43FA1"/>
     <w:rsid w:val="00F444C9"/>
-    <w:rsid w:val="00F521AF"/>
     <w:rsid w:val="00F53E77"/>
     <w:rsid w:val="00F54457"/>
     <w:rsid w:val="00F62AC6"/>
     <w:rsid w:val="00F64745"/>
     <w:rsid w:val="00F66E6A"/>
     <w:rsid w:val="00F7369B"/>
     <w:rsid w:val="00F77E12"/>
     <w:rsid w:val="00F8056A"/>
     <w:rsid w:val="00F87C15"/>
     <w:rsid w:val="00F94173"/>
-    <w:rsid w:val="00F97169"/>
     <w:rsid w:val="00FA17C6"/>
-    <w:rsid w:val="00FA645F"/>
     <w:rsid w:val="00FB0D6A"/>
     <w:rsid w:val="00FB2156"/>
     <w:rsid w:val="00FC1A40"/>
     <w:rsid w:val="00FC31E0"/>
     <w:rsid w:val="00FC345A"/>
     <w:rsid w:val="00FC4602"/>
     <w:rsid w:val="00FC59D0"/>
     <w:rsid w:val="00FE63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0D9F0236"/>
-  <w15:docId w15:val="{74952997-5D8C-4E55-A4B0-DAF07249A92F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00736937"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A47A8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00736937"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00736937"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00736937"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Маркированный список1"/>
+    <w:basedOn w:val="a6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F4125B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="680"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F4125B"/>
+    <w:pPr>
+      <w:ind w:left="283" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00BF17FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="009374F2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00B41F38"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00414F83"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00414F83"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003A47A8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003A47A8"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="js-phone-number">
+    <w:name w:val="js-phone-number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00742CDD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00742CDD"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00736937"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003A47A8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -25281,51 +12365,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="js-phone-number">
     <w:name w:val="js-phone-number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00742CDD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00742CDD"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="368649089">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="514686818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25356,51 +12440,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1927574953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/75761106412?pwd=aVE0M0RZeS9MWnJyazVpY2RpVkl6Zz09" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/71285341744?pwd=MExobjVYRjlBYzVBNHRvWlhOME0vdz09" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us05web.zoom.us/j/89254580425?pwd=ZDFiQXI4bUQrTmtrVHZBY0ZGQnNYZz09" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/5836226873?pwd=ejJmaE11d3N2V2ZSbzJ0OVlobFpFdz09" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/5315512326?pwd=N3ZzMUt4MCsrdHZsRUV2dElUSUFrQT09" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/75761106412?pwd=aVE0M0RZeS9MWnJyazVpY2RpVkl6Zz09" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/71285341744?pwd=MExobjVYRjlBYzVBNHRvWlhOME0vdz09" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us05web.zoom.us/j/89254580425?pwd=ZDFiQXI4bUQrTmtrVHZBY0ZGQnNYZz09" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us04web.zoom.us/j/5836226873?pwd=ejJmaE11d3N2V2ZSbzJ0OVlobFpFdz09" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25653,79 +12737,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EC1456B-02BE-4AF0-8B05-5ED8AA0E6CA9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BAFFE3A-6BF3-4976-8D02-2916CEEF85D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>10353</Characters>
+  <Pages>7</Pages>
+  <Words>1789</Words>
+  <Characters>10203</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12145</CharactersWithSpaces>
+  <CharactersWithSpaces>11969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>PK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>