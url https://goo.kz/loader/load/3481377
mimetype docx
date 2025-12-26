--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,3716 +1,3628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...51 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях повышения требований к морально-нравственному облику и деловым качествам государственных служащих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...134 lines deleted...]
-        <w:t>6 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi және ресми жариялануға тиіс.</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Этический кодекс государственных служащих Республики Казахстан (Правила служебной этики государственных служащих);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Положение об уполномоченном по этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Признать утратившими силу некоторые указы Президента Республики Казахстан согласно приложению к настоящему Указу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Настоящий Указ вводится в действие с 1 января 2016 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="9000" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4953"/>
-        <w:gridCol w:w="4824"/>
+        <w:gridCol w:w="5831"/>
+        <w:gridCol w:w="3169"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E4F76">
+      <w:tr w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidTr="00F71647">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3180" w:type="dxa"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="6"/>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidTr="00F71647">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3225" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Н. Назарбаев</w:t>
             </w:r>
-          </w:p>
-[...24 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
-[...25 lines deleted...]
-              <w:t>Н.Назарбаев</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5952"/>
-        <w:gridCol w:w="3825"/>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E4F76">
+      <w:tr w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidTr="00F71647">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="0" w:name="z4"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>УТВЕРЖДЕН</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:br/>
+              <w:t>Указом Президента Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президентінің</w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:br/>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>БЕКІТІЛГЕН</w:t>
+              <w:t>от 29 декабря 2015 года № 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этический кодекс государственных служащих Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>(Правила служебной этики государственных служащих)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:bookmarkStart w:id="1" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...67 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Несение государственной службы является выражением особого доверия со стороны общества и государства и предъявляет высокие требования к морально-этическому облику государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Общество рассчитывает, что государственные служащие будут вкладывать все свои силы, знания и опыт в осуществляемую ими профессиональную деятельность, беспристрастно и честно служить своей Родине – Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственные служащие в своей деятельности должны быть привержены политике Первого Президента Республики Казахстан – Елбасы Нурсултана Назарбаева и последовательно проводить ее в жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным Указом Президента РК от 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 471</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Настоящий Этический кодекс государственных служащих Республики Казахстан (Правила служебной этики государственных служащих) (далее – Кодекс) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан", от 18 ноября 2015 года "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>", общепринятыми морально-этическими нормами устанавливает основные требования к морально-этическому облику государственных служащих, а также базовые стандарты их поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Ескерту. </w:t>
-[...36 lines deleted...]
-      <w:r>
+        <w:t>      Кодекс направлен на укрепление доверия общества к государственным органам, формирование высокой культуры взаимоотношений на государственной службе и предупреждение случаев неэтичного поведения государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Руководители государственных органов, в центральных исполнительных органах – ответственные секретари центральных исполнительных органов или должностные лица, на которых в установленном порядке возложены полномочия ответственных секретарей центральных исполнительных органов, а в случаях отсутствия ответственных секретарей центральных исполнительных органов или указанных должностных лиц – руководители центральных исполнительных органов обеспечивают исполнение требований настоящего Кодекса, размещение текста настоящего Кодекса в зданиях государственных органов в местах, доступных для всеобщего обозрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государственный служащий в трехдневный срок после поступления на государственную службу должен быть в письменной форме ознакомлен с текстом настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Общие стандарты поведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Государственные служащие должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) способствовать укреплению единства народа Казахстана и межнационального согласия в стране, уважительно относиться к государственному и другим языкам, традициям и обычаям народа Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) быть честными, справедливыми, скромными, соблюдать общепринятые морально-этические нормы, в обращении с гражданами и коллегами проявлять вежливость и корректность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивать законность и справедливость принимаемых ими решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) обеспечивать прозрачность принятия решений, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) противостоять действиям, наносящим ущерб интересам государства, препятствующим или снижающим эффективность функционирования государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) повышать свой профессиональный уровень и квалификацию для эффективного исполнения служебных обязанностей, соблюдать установленные законами Республики Казахстан ограничения и запреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) своими действиями и поведением не давать повода для критики со стороны общества, не допускать преследования за критику, использовать конструктивную критику для устранения недостатков и улучшения своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) не использовать служебное положение для оказания влияния на деятельность государственных органов, организаций, государственных служащих и иных лиц при решении вопросов личного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) не распространять сведения, не соответствующие действительности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      10) обеспечивать сохранность государственной собственности, рационально, эффективно и только в служебных целях использовать вверенную государственную собственность, включая автотранспортные средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) неукоснительно соблюдать служебную дисциплину, добросовестно, беспристрастно и качественно исполнять свои служебные обязанности, рационально и эффективно использовать рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) на постоянной основе принимать меры по повышению качества оказываемых государственных услуг, всецело ориентируясь на запросы населения как потребителя государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) не допускать совершения проступков и иных правонарушений, за которые законом предусмотрена дисциплинарная, административная либо уголовная ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) соблюдать деловой этикет и правила официального поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внешний вид государственного служащего при исполнении им служебных обязанностей должен способствовать укреплению авторитета государственного аппарата, соответствовать общепринятому деловому стилю, который отличают официальность, сдержанность и аккуратность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 5 внесено изменение на казахском языке, текст на русском языке не изменяется Указом Президента РК от 24.01.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z188" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 828</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...105 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Государственные служащие не должны использовать служебное положение и связанные с ним возможности в интересах общественных и религиозных объединений, других некоммерческих организаций, в том числе для пропаганды своего отношения к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственные служащие, в том числе занимающие руководящие должности, не могут открыто демонстрировать свои религиозные убеждения в коллективе, принуждать подчиненных служащих к участию в деятельности общественных и религиозных объединений, других некоммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...94 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Стандарты поведения во внеслужебное время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Государственные служащие во внеслужебное время должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) придерживаться общепринятых морально-этических норм, не допускать случаев антиобщественного поведения, в том числе нахождения в общественных местах в состоянии опьянения, оскорбляющем человеческое достоинство и общественную нравственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проявлять скромность, не подчеркивать и не использовать свое должностное положение при получении соответствующих услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) не допускать со своей стороны нарушения требований законодательства, сопряженных с посягательством на общественную нравственность, порядок и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5) мемлекет мүддесіне нұқ</w:t>
-[...199 lines deleted...]
-      <w:r>
+        <w:t>безопасность, и не вовлекать других граждан в совершение противоправных, антиобщественных действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Стандарты поведения в служебных отношениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Государственные служащие в служебных отношениях с коллегами должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) способствовать установлению и укреплению в коллективе деловых и доброжелательных взаимоотношений и конструктивного сотрудничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) пресекать либо принимать иные меры по недопущению нарушений норм служебной этики со стороны других государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) воздерживаться от обсуждения личных и профессиональных качеств коллег, порочащих их честь и достоинство в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не допускать действий (бездействия), препятствующих выполнению коллегами их должностных обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Руководители в отношениях с подчиненными служащими должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) своим поведением служить примером беспристрастности, справедливости, бескорыстия, уважительного отношения к чести и достоинству личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обеспечивать соблюдение принципов меритократии, при решении кадровых вопросов не оказывать предпочтения по признакам родства, землячества и личной преданности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) проявлять справедливость и объективность при оценке результатов их деятельности, а также применении мер поощрения и взысканий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) принимать меры, направленные на охрану труда, здоровья, создание безопасных и необходимых условий для эффективной деятельности, а также создание благоприятной морально-психологической атмосферы, исключающей любые формы дискриминации и посягательств на честь и достоинство служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) не использовать служебное положение для оказания влияния на их деятельность при решении вопросов неслужебного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) не принуждать к совершению противоправных поступков, а также поступков, не совместимых с общепринятыми морально-этическими нормами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) не допускать по отношению к ним необоснованных обвинений, фактов грубости, унижения достоинства, бестактности и некорректного поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Государственные служащие, занимающие нижестоящие должности, должны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) при выполнении поручений руководителей представлять только объективные и достоверные сведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) незамедлительно доводить до сведения руководства и уполномоченного по этике о ставших им известными случаях нарушений норм служебной этики и дисциплинарных проступках, дискредитирующих государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) не допускать действий (бездействия), препятствующих выполнению правомерных поручений руководителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не допускать в отношении руководства проявлений личной преданности, стремления к получению выгод и преимуществ за счет их должностных возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Стандарты поведения, связанные с публичными выступлениями,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-[...634 lines deleted...]
-        <w:t>з айып тағылған жағдайда, ол осындай айыптау анықталған күннен бастап бір ай мерзімде оны теріске шығару жөнінде шаралар қолдануға тиіс.</w:t>
+        <w:t>в том числе в средствах массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Публичные выступления по вопросам деятельности государственного органа осуществляются его руководителем или уполномоченными на это должностными лицами государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственные служащие должны вести дискуссии в корректной форме, не подрывая авторитета государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Государственным служащим не следует публично выражать свое мнение по вопросам государственной политики и служебной деятельности, если оно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не соответствует основным направлениям политики государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) раскрывает служебную информацию, которая не разрешена к обнародованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) содержит неэтичные высказывания в адрес должностных лиц государства, органов государственного управления, других государственных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Не допускаются публикации государственными служащими от имени государственного органа по вопросам, не связанным с проведением государственной политики, деятельностью государственного органа и государственных служащих. Публикация материалов по педагогической, научной и иной творческой деятельности может осуществляться государственным служащим только от собственного имени как частного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. При предъявлении к государственному служащему необоснованного публичного обвинения в коррупционных проявлениях он должен в месячный срок со дня обнаружения такого обвинения принять меры по его опровержению.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5952"/>
-        <w:gridCol w:w="3825"/>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E4F76">
+      <w:tr w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidTr="00F71647">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="22"/>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
+          <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="2" w:name="z25"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>УТВЕРЖДЕНО</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:br/>
+              <w:t>Указом Президента</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президентінің</w:t>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F71647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>БЕКІТІЛГЕН</w:t>
+              <w:t>от 29 декабря 2015 года № 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>об уполномоченном по этике</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:bookmarkStart w:id="3" w:name="z27"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...108 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>аппараттарында әдеп жөніндегі уәкілдің функциялары осы мемлекеттік органдардың қызметшілеріне жүктеле</w:t>
-[...57 lines deleted...]
-      <w:r>
+        <w:t>      1. Уполномоченный по этике – государственный служащий, осуществляющий деятельность по обеспечению соблюдения норм служебной этики и профилактики нарушений законодательства о государственной службе, противодействии коррупции и Этического кодекса государственных служащих Республики Казахстан (далее – Этический кодекс), а также консультирующий в пределах своих функций государственных служащих и граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный по этике руководствуется в своей деятельности законами Республики Казахстан от 23 ноября 2015 года "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О государственной службе Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>", от 18 ноября 2015 года "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Этическим кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, настоящим Положением, а также иными актами законодательства Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Самостоятельная должность уполномоченного по этике вводится в центральных государственных органах (за исключением правоохранительных и специальных государственных органов, а также Министерства обороны Республики Казахстан), имеющих территориальные подразделения либо территориальные подразделения ведомств, загранучреждения, а также в аппаратах акимов областей, городов республиканского значения, столицы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В государственных органах, не имеющих территориальных подразделений либо территориальных подразделений ведомств (за исключением правоохранительных и специальных государственных органов, а также Министерства обороны Республики Казахстан), ведомствах и территориальных подразделениях центральных государственных органов, территориальных подразделениях ведомств центральных государственных органов, загранучреждениях, ревизионных комиссиях, аппаратах акимов городов областного значения, районов, районов в городах функции уполномоченного по этике возлагаются на служащих этих государственных органов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Функции уполномоченного по этике возлагаются на государственного служащего, занимающего руководящую должность, а также снискавшего признание и уважение в коллективе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции Указа Президента РК от 01.06.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Лица, занимающие самостоятельную должность уполномоченного по этике, координируют и осуществляют методологическое руководство уполномоченных по этике ведомств и территориальных подразделений, загранучреждений, местных исполнительных органов районных уровней, входящих в структуру данных государственных органов, и подчиняются ответственному секретарю центрального исполнительного органа, а в случаях отсутствия ответственных секретарей или указанных должностных лиц – руководителю аппарата государственного органа либо лицу, имеющему право назначать и освобождать от должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции Указа Президента РК от 01.06.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z23" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 487</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...114 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Основные функции уполномоченного по этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) мемлекеттік қызметшілердің қызм</w:t>
-[...205 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>      4. Уполномоченный по этике в пределах своей компетенции осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) оказывает государственным служащим консультативную помощь по вопросам соблюдения требований законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции и Этического кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) способствует соблюдению государственными служащими установленных законами ограничений и запретов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) по поручению руководства государственного органа, в котором он работает, рассматривает обращения физических и юридических лиц по фактам нарушения норм служебной этики государственными служащими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) содействует формированию культуры взаимоотношений, соответствующей общепринятым морально-этическим нормам в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в случаях нарушения прав и законных интересов государственных служащих принимает меры, направленные на их защиту и восстановление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) осуществляет мониторинг и контроль за соблюдением норм служебной этики государственными служащими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) информирует руководство государственного органа о случаях непринятия руководителями структурных подразделений государственных органов соответствующих мер по фактам нарушения норм служебной этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в случаях нарушения государственными служащими законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции и Этического кодекса проводит анализ причин и условий, способствующих совершению правонарушений, и вносит руководству государственного органа рекомендации по их устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в целях профилактики и недопущения нарушений законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции и Этического кодекса, а также формирования позитивного имиджа государственной службы взаимодействует с институтами гражданского общества и государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) на постоянной основе проводит с государственными служащими разъяснительную работу по вопросам соблюдения законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции и Этического кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) в установленном законодательством порядке обращается к соответствующим должностным лицам с предложением о рассмотрении ответственности государственных служащих, допустивших нарушение норм служебной этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) осуществляет иную деятельность в целях профилактики нарушений норм служебной этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Для выполнения возложенных функций уполномоченный по этике:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) қажет болған жағдайда өзінің құзыретіне қатысты м</w:t>
-[...41 lines deleted...]
-      <w:r>
+        <w:t>      1) запрашивает и получает сведения и документы, необходимые для анализа причин и условий, способствующих нарушению государственными служащими законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции и Этического кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) от имени государственного органа, в котором он работает, в установленном законодательством порядке обращается в соответствующие уполномоченные органы за разъяснением норм законодательства Республики Казахстан в сферах государственной службы, противодействия коррупции, а также Этического кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) вносит руководителю государственного органа предложение о поощрении лиц, внесших значительный вклад в формирование положительного имиджа государственного органа и позитивного климата в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) при необходимости, при рассмотрении вопросов, относящихся к его компетенции, вправе запрашивать и получать у кадровой службы личные дела государственных служащих, иные материалы и документы, касающиеся вопросов прохождения государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным Указом Президента РК от 22.07.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z546" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 74</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...66 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Уполномоченный по этике в случаях получения необоснованного отказа, непринятия руководителем государственного органа соответствующих мер либо совершения им действий (бездействия), препятствующих исполнению функций уполномоченного по этике, уведомляет об этом уполномоченный орган по делам государственной службы (далее – уполномоченный орган) либо его территориальное подразделение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При поступлении такого уведомления уполномоченный орган либо его территориальное подразделение принимают соответствующие меры, предусмотренные законодательством Республики Казахстан в сфере государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным Указом Президента РК от 22.07.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z548" w:history="1">
+        <w:r w:rsidRPr="00F71647">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 74</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E4F76" w:rsidRDefault="00AE500F">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...127 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Организация деятельности уполномоченного по этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. При наличии обстоятельств, вызывающих обоснованные сомнения в беспристрастности руководителей государственного органа (конфликт интересов), которые могут привести к ненадлежащему исполнению должностных полномочий, уполномоченный по этике осуществляет свою деятельность на самостоятельной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. По результатам своей деятельности уполномоченный по этике представляет отчеты уполномоченному органу. Форма и сроки представления отчетов утверждаются уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Уполномоченный по этике осуществляет прием государственных служащих и иных граждан по вопросам, отнесенным к его функциям, в случае их обращений либо не менее одного раза в месяц согласно графику, размещенному в местах, доступных для всеобщего обозрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>жөніндегі уәкіл кемінде жа</w:t>
-[...271 lines deleted...]
-      <w:cols w:space="720"/>
+        <w:t>      При необходимости беседа с гражданином или государственным служащим может быть проведена по телефону либо с использованием других средств коммуникаций, обеспечивающих надлежащую передачу информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В установленном законодательством порядке сведения об уполномоченном по этике, в том числе фамилия, инициалы, фотография, номера кабинета и телефонов, размещаются на интернет-ресурсе государственного органа и в местах, доступных для всеобщего обозрения в здании государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71647" w:rsidRPr="00F71647" w:rsidRDefault="00F71647" w:rsidP="00F71647">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F71647">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. В целях мониторинга соблюдения норм служебной этики, а также состояния морально-психологического климата в коллективе не менее одного раза в полгода уполномоченный по этике проводит анонимное анкетирование по форме, утвержденной уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A77D5F" w:rsidRDefault="00A77D5F">
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A77D5F">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001E4F76"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE500F"/>
+    <w:rsidRoot w:val="006A6169"/>
+    <w:rsid w:val="006A6169"/>
+    <w:rsid w:val="00A77D5F"/>
+    <w:rsid w:val="00F71647"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...33 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00F71647"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...42 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00F71647"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...4 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F71647"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F71647"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...60 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...36 lines deleted...]
-    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F71647"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-[...33 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...33 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00F71647"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-  </w:style>
-[...14 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...42 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="00F71647"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...4 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F71647"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F71647"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...60 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...36 lines deleted...]
-    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F71647"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-[...33 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="782572084">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1900000828" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1700000487" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1700000487" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1500000153" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1700000471" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1900000074" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1900000074" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3958,66 +3870,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>18136</Characters>
+  <Pages>9</Pages>
+  <Words>3089</Words>
+  <Characters>17613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21275</CharactersWithSpaces>
+  <CharactersWithSpaces>20661</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>