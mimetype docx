--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -1,13998 +1,1011 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DF2779" w:rsidRPr="00DF2779" w:rsidRDefault="00DF2779" w:rsidP="00DF2779">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005C3F56" w:rsidRPr="00D54395" w:rsidRDefault="005C3F56" w:rsidP="005C3F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Консультация для родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="005C3F56" w:rsidP="005C3F56">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="48"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="48"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00362964" w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="48"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Влияние гаджетов на развитие ребенка в дошкольном возрасте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
-[...12 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:szCs w:val="48"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...163 lines deleted...]
-        <w:t>".</w:t>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00DF2779" w:rsidRPr="00DF2779" w:rsidRDefault="00DF2779" w:rsidP="00DF2779">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="005C3F56" w:rsidRDefault="005C3F56" w:rsidP="00362964">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E993758" wp14:editId="16ECFFA4">
-            <wp:extent cx="5940425" cy="4340225"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5940425" cy="4340442"/>
             <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
             <wp:docPr id="1" name="Рисунок 1" descr="https://avatars.mds.yandex.net/get-zen_doc/29317/pub_5b125859e5fbab00a9787f1a_5b12592851aa4ddb0803a6e5/scale_1200"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="https://avatars.mds.yandex.net/get-zen_doc/29317/pub_5b125859e5fbab00a9787f1a_5b12592851aa4ddb0803a6e5/scale_1200"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="4340225"/>
+                      <a:ext cx="5940425" cy="4340442"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00836F27" w:rsidRPr="00DF2779" w:rsidRDefault="00836F27" w:rsidP="00DF2779">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00362964" w:rsidRDefault="00362964" w:rsidP="00362964">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня уже не вызывает сомнений тот факт, что современный ребенок не такой, каким был его сверстник несколько десятилетий назад. И не потому, что изменилась природа самого ребенка или закономерности его развития. Принципиально изменилась жизнь, предметный и социальный мир. С самого рождения дети сталкиваются с современными высокотехнологичными достижениями. Все технические новшества становятся бытием подрастающего поколения. Компьютерные игры, интерактивные игрушки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно, результатов опроса мобильные телефоны, ноутбуки, планшеты и компьютеры стали частью большинства жителей России. По данным ЮНЕСКО 93 % современных детей 3-5 лет смотрят на экран 28 часов в неделю, т.е. около 4-х часов в день, что намного превосходит время общения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослыми. Это «безобидное» занятие вполне устраивает не только детей, но и родителей. Однако, это, кажущееся безобидным, занятие таит в себе серьёзные опасности и может повлечь весьма печальные последствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема со здоровьем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Дети, которые постоянно играют в планшетный компьютер или мобильный телефон, практически не двигаются, ведут малоподвижный образ, да и сидят со своими любимыми гаджетами, зачастую, сутулясь. Все это провоцирует искривление позвоночника и проблемы с осанкой, лишний вес. Нередко приводят к головным болям, поскольку статичное напряжение, в первую очередь, ощущают мышцы шеи. От этого сдавливаются кровеносные сосуды, и снижается приток насыщенной кислородом крови к головному мозгу. Отсюда и головные боли, которые проходят только после хорошей физической разминки или активной прогулки на свежем воздухе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расстройства сна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам исследований оказалось, что использование планшета в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 часов в режиме яркой подсветки, снижает концентрацию мелатонина. Использование мобильных телефонов, планшетных устрой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ств кр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айне негативно влияет на сон ребенка. Ребенок могут присутствовать такие факторы как раздражительность, повышенная утомляемость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Агрессия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В любимых гаджетах, очень часто содержаться сцены насилия, которые крайне негативно влияют на несформированную психику ребенка, делаю его агрессивным по отношению к своим близким, друзьям. Жестокость и агрессия становится чем-то обыденным и привычным, стирается ощущение порога дозволенности. При этом дети не отдают себе отчёта в собственных действиях и не предвидят их последствий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема с концентрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В последнее время педагоги и психологи всё чаще отмечают у детей неспособность к самоуглублению, к концентрации на каком-либо занятии, отсутствие заинтересованности делом. Данные симптомы были обобщены в картину новой болезни «дефицит концентрации». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этот вид заболевания особенно ярко проявляется в обучении и характеризуется </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>Бү</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>гиперактивностью</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, ситуативностью поведения, повышенной рассеянностью. Снижается способность к запоминанию информации, затрудняется формирование новых нейронных связей в лобных долях мозга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Радиация</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>г</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>П</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>інгі</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>очти двести ученых подписались под </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00D54395">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="00000A"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>обращением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> в ООН 11 мая 2015 года, призывающее к защите от электромагнитного излучения современных гаджетов. По словам экспертов (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Martin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>таңда</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Blank</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...356 lines deleted...]
-        <w:t>Өмі</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> (USA) и многие </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00D54395">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="00000A"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>другие</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), все пользователи планшетов, ноутбуков, смартфонов входят в группу риска. Излучения гаджетов вызывают повреждения ДНК в клетках и даже могут стать причиной преждевременной смерти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проблема с речью и коммуникацией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отставание в развитии речи. В последние годы и родители, и педагоги всё больше жалуются на задержки речевого развития: дети позже начинают говорить, мало и плохо разговаривают, их речь бедна и примитивна. Однако, при чём здесь компьютер или планшет? Ведь ребёнок, сидящий у экрана, постоянно слышит речь. Разве насыщение слышимой речью не способствует речевому развитию? Какая разница? Разница огромная. Речь-это не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">подражание чужим словам и не запоминание речевых штампов. Овладение речью в раннем возрасте происходит только в живом, непосредственном общении, когда малыш не только слушает чужие слова, но отвечает другому человеку, когда он сам включён в диалог. Причём, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включён</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...302 lines deleted...]
-        <w:t>жаң</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не только слухом и артикуляцией, но всеми своими действиями, мыслями и чувствами.  Для того, чтобы ребёнок заговорил, необходимо, чтобы речь была включена в его конкретные практические действия, в его реальные впечатления и главное, в его общение </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>алы</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...340 lines deleted...]
-        <w:t>тұ</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослыми. Но речь, исходящая с экрана, остаётся малоосмысленным набором чужих звуков, она не становится «своей». Поэтому дети предпочитают молчать, либо изъясняются криками или жестами. Использование планшетов и компьютеров лишает детей возможности общаться со своими родными, близкими, друзьями так же полноценно, как это делали их родители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зависимость</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Детские психологи считают, что злоупотребление гаджетами приводит к формированию зависимости, когда ребенок все свободное время старается посвящать компьютерным играм и онлайн-просмотру мультиков, отказываясь от других развлечений. Лишившись любимого электронного устройства, дети начинают чувствовать себя некомфортно и капризничать.  Но, с другой стороны, такая зависимость появляется только в том случае, если у малыша нет альтернативных интересов. Постоянно находясь дома без определенных занятий, ребенку проще потратить свободное время на компьютер. Но как только появляются другие развлечения (прогулки, кружки, игры с родителями), он достаточно легко обходится без гаджетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психологические заболевания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чрезмерное увлечение компьютерными «штучками» способствует росту показателей детской депрессии, тревожности, дефицита внимания, биполярного расстройства, психоза и других психологических проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362964" w:rsidRPr="00D54395" w:rsidRDefault="00362964" w:rsidP="00D54395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="294" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итак, сказанное выше отнюдь не означает призыва исключить компьютер, планшет из жизни детей. Вовсе нет. Это невозможно и бессмысленно. Но в раннем и дошкольном детстве, когда внутренняя жизнь ребёнка только складывается, экран несёт в себе серьёзную опасность.  Просмотр мультиков для маленьких детей должен быть строго дозирован. При этом родители должны помочь детям осмыслить происходящие на экране события и сопереживать героям фильма. Компьютерные игры можно вводить только после того, как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ребёнок освоил традиционные виды детской </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DF2779">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>деятельности-рисование</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DF2779">
-[...1272 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, конструирование, восприятие и сочинение сказок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И главное – когда он научится самостоятельно играть в обычные детские игры (принимать роли взрослых, придумывать воображаемые ситуации, строить сюжет игры и пр.). Предоставлять свободный доступ к информационной технике можно только за пределами дошкольного возраста (после 6-7-лет), когда дети уже готовы к её использованию по назначению, когда экран будет для них </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D54395">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>гаджеттерімен</w:t>
-[...11212 lines deleted...]
-    <w:sectPr w:rsidR="00836F27" w:rsidRPr="00DF2779">
+        <w:t>именно средством получения нужной информации, а не властным хозяином над их душами и не их главным воспитателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA6293" w:rsidRPr="00D54395" w:rsidRDefault="00AA6293" w:rsidP="00D54395">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AA6293" w:rsidRPr="00D54395">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006260CD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DF2779"/>
+    <w:rsidRoot w:val="00362964"/>
+    <w:rsid w:val="00362964"/>
+    <w:rsid w:val="005C3F56"/>
+    <w:rsid w:val="00AA6293"/>
+    <w:rsid w:val="00CD6CC4"/>
+    <w:rsid w:val="00D54395"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14164,73 +1177,102 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF2779"/>
+    <w:rsid w:val="00362964"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00362964"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C3F56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DF2779"/>
+    <w:rsid w:val="005C3F56"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -14384,91 +1426,135 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF2779"/>
+    <w:rsid w:val="00362964"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00362964"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C3F56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DF2779"/>
+    <w:rsid w:val="005C3F56"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1325158772">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infourok.ru/go.html?href=http%3A%2F%2Femfscientist.org%2Findex.php%2Femf-scientist-appeal" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infourok.ru/go.html?href=http%3A%2F%2Femfscientist.org%2Fimages%2Fdocs%2FEMF_Scientist_Press_Release.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14712,70 +1798,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57050970-6221-40EB-91F4-6760106E193C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5553</Characters>
+  <Pages>4</Pages>
+  <Words>1030</Words>
+  <Characters>5877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6514</CharactersWithSpaces>
+  <CharactersWithSpaces>6894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:creator>lenovo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>