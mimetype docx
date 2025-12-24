--- v0 (2025-12-13)
+++ v1 (2025-12-24)
@@ -13,7875 +13,8603 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9780"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00727170" w14:paraId="1F9B45F1" w14:textId="77777777" w:rsidTr="00727170">
+      <w:tr w:rsidR="0039528C" w:rsidTr="0039528C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B246DF5" w14:textId="22D704A5" w:rsidR="00727170" w:rsidRPr="00727170" w:rsidRDefault="00727170" w:rsidP="0081632B">
+          <w:p w:rsidR="0039528C" w:rsidRPr="0039528C" w:rsidRDefault="0039528C" w:rsidP="00496617">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-143"/>
-              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>31.08.2021-ғы № 444 шығыс хаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56079CBE" w14:textId="77777777" w:rsidR="00BB29F5" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="0081632B" w:rsidP="00496617">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C877F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00C877F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">августа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00474612" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00950A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00C877F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>444</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00374009">
-[...191 lines deleted...]
-    <w:p w14:paraId="50622135" w14:textId="77777777" w:rsidR="00BB29F5" w:rsidRPr="00690F78" w:rsidRDefault="00BB29F5" w:rsidP="0081632B">
+    </w:p>
+    <w:p w:rsidR="00BB29F5" w:rsidRPr="00950A5F" w:rsidRDefault="00BB29F5" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA0BFED" w14:textId="67E5AC79" w:rsidR="0081632B" w:rsidRPr="00D634B5" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Методические рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D634B5" w:rsidRPr="00D634B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="34EFC07D" w14:textId="77777777" w:rsidR="00820633" w:rsidRPr="00690F78" w:rsidRDefault="00820633" w:rsidP="0081632B">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по организации учебного процесса в организациях среднего образования в традиционном (штатном) формате в 2021-2022 учебном году в период ограничительных мер, связанных с распространением коронавирусной инфекции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w14:paraId="6CB849A2" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="74EDBDF7" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9D9F25" w14:textId="77D7A09D" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00D634B5">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-143" w:firstLine="425"/>
+        <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D634B5" w:rsidRPr="00D634B5">
+      <w:r w:rsidR="00BB29F5" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Методические рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по организации учебного процесса в организациях среднего</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Коронавирустық инфекцияның таралуына жол бермеуге байланысты шектеу шаралары кезеңінде орта білім беру ұйымдарында дәстүрлі (штаттық)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D634B5" w:rsidRPr="00D634B5">
+        <w:t xml:space="preserve"> образования в традиционном (штатном) формате </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в 2021-2022 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2021-2022 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D634B5" w:rsidRPr="00D634B5">
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқу жылындағы оқу процесін ұйымдастыру жөніндегі әдістемелік  ұсынымдар</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="3CEF365E" w14:textId="55FAE137" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00154CEF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">связанных с распространением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4BC6" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разработаны в целях соз</w:t>
+      </w:r>
+      <w:r w:rsidR="00061156" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дания оптимальных условий </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4BC6" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Методические рекомендации)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2021-2022 учебном году учебно-воспитательный процесс осуществляется в </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">традиционном </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(штатном)  формате </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 1-11 (12) классах</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00690F78">
-[...30 lines deleted...]
-    <w:p w14:paraId="40058B84" w14:textId="77777777" w:rsidR="00323F97" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00154CEF">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с соблюдением  санитарно-эпидемиологических требований. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00323F97" w:rsidRPr="00FB3125" w:rsidRDefault="00323F97" w:rsidP="00154CEF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Сабақтың ұзақтығы 45 минутты құрайды.</w:t>
-[...66 lines deleted...]
-    <w:p w14:paraId="5DB42B20" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+        <w:t>Продолжительность уроков составляет 45 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При соблюдении санитарно-эпидемиологических требований организации образования руководствуются </w:t>
+      </w:r>
+      <w:r w:rsidR="00877F62" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">остановлением Главного </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственного санитарного врача Министерства здравоохранения Республики Казахстан от 25 августа 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="0014710B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="0014710B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ода </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="0014710B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>36 «О проведении санитарно-противоэпидемических и санитарно-профилактических меро</w:t>
+      </w:r>
+      <w:r w:rsidR="00372CCF" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приятий по предупреждению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00372CCF" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корона</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции в организациях </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образования  в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021-2022 учебном году»</w:t>
+      </w:r>
+      <w:r w:rsidR="0014710B" w:rsidRPr="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
-[...19 lines deleted...]
-    <w:p w14:paraId="63E752D9" w14:textId="0712EDFC" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2021-2022 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс обучения в организациях среднего образования осуществляется в зависимости от </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проектной мощности организации, количества класс-комплектов, количества обучающихся в класс-комплектах, расписания уроков, наличия кабинетов, с учетом сменности</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65A3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00877F62" w:rsidP="004E6153">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidR="007051B4" w:rsidRPr="00690F78">
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6153" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ілім беру ұйымдары</w:t>
-[...6 lines deleted...]
-          <w:lang w:val="kk"/>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, количество обучающихся в которых не превышает проектную мощность, организуют процесс обучения в одну или две смены в традиционном формате</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с соблюдением  санитарно-эпидемиологических требований</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000709C8" w:rsidRPr="00690F78">
-[...37 lines deleted...]
-    <w:p w14:paraId="3C624213" w14:textId="4643C54A" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00877F62" w:rsidP="004E6153">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="007051B4" w:rsidRPr="00690F78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6153" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ілім беру ұйымдар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003E5432" w:rsidRPr="00690F78">
+        <w:t>количество обучающихся в которых превышает проектную мощность (с дефицитом ученических мест, 3-сменные</w:t>
+      </w:r>
+      <w:r w:rsidR="004C18F6" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...6 lines deleted...]
-          <w:lang w:val="kk"/>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="004C18F6" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>могут</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00690F78">
-[...13 lines deleted...]
-          <w:lang w:val="kk"/>
+      <w:r w:rsidR="004C18F6" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организовать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комбинированное обучение с выведением </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдельных предметов или определенных часов по предметам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на дистанционный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>пәндерді немесе пәндер бойынша белгілі бір сағаттарды қашықтан оқытуды ұйымдастыра алады. Қашықтан</w:t>
-[...132 lines deleted...]
-          <w:lang w:val="kk"/>
+        <w:t>формат</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Предметы или количество часов по предметам, выносимых на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционный формат</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65A3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, определяются организацией</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17EC" w:rsidRPr="00FD5745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования самостоятельно</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FD5745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D634B5">
-[...9 lines deleted...]
-    <w:p w14:paraId="208D9451" w14:textId="0CC5F946" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="00BB29F5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="00912057" w:rsidRPr="00690F78">
-[...153 lines deleted...]
-    <w:p w14:paraId="727FB0DA" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00154CEF">
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основании заявлений </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или других закон</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных представителей обучающихся (хронические заболевания, периоды обострения заболеваний и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>др</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">допускается </w:t>
+      </w:r>
+      <w:r w:rsidR="002E585F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционное (</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асинхронное (сам</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остоятельное) обучение обучающих</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся в домашних условиях.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002E585F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дистанционное (а</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>синхронное (</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоят</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ельное) обучение оформляется приказом директора школы на основании заявления родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или законных представителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающих</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65A3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При </w:t>
+      </w:r>
+      <w:r w:rsidR="002E585F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционном (</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асинхронном (сам</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E34" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остоятельном) обучении обучающие</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00646E34" w:rsidP="00154CEF">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="27B09BB3" w14:textId="157B3F26" w:rsidR="003B65A3" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечиваю</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся учебниками</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65A3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и УМК</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учебными программами по предметам, доступом к информационной системе и электронному журналу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A4AB3" w:rsidRPr="00FB3125" w:rsidRDefault="00646E34" w:rsidP="006A2EFF">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="3D51E949" w14:textId="04340254" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполняю</w:t>
+      </w:r>
+      <w:r w:rsidR="003B65A3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т в</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со сроками проведения СОР и СОЧ. СОР выполняется в штатном или дистанционном формате по решению организации образования, СОЧ выполняется </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в школе в штатном формате. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646E34" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="001A4AB3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="0A6F6566" w14:textId="218A0ECC" w:rsidR="009C328B" w:rsidRPr="00690F78" w:rsidRDefault="00912057" w:rsidP="009C328B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация образования ин</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC29C0" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирует родителей и обучающих</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся о результатах СОР и СОЧ. В случаях получения неудовлетворительных ре</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC29C0" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зультатов за СОР и СОЧ обучающие</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся продолжает обучение в штатном формате.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6153" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C328B" w:rsidRPr="00FB3125" w:rsidRDefault="00646E34" w:rsidP="001A4AB3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="008449F8" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактным обучающим</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся (в классе, группе выявлен заболевший, при заболевании членов семьи</w:t>
+      </w:r>
+      <w:r w:rsidR="00024D10" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) на период изоляции </w:t>
+      </w:r>
+      <w:r w:rsidR="008449F8" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организация образования обеспечивает </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C01D2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционное </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...77 lines deleted...]
-          <w:lang w:val="kk"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F3960" w:rsidRPr="00690F78">
-[...72 lines deleted...]
-    <w:p w14:paraId="6E919F4B" w14:textId="77777777" w:rsidR="009C328B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="009C328B">
+      <w:r w:rsidR="008449F8" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дистанционное обучение оформляется приказом директора школы на основании информации медицинских организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C328B" w:rsidRPr="00FB3125" w:rsidRDefault="00EC4BC6" w:rsidP="009C328B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="0089305D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ценивани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0089305D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебных </w:t>
+      </w:r>
+      <w:r w:rsidR="009C328B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE603A" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стижений обучающихся организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="009C328B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4AB3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствии Типовыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правилами проведения текущего контроля успеваемости, промежуточной аттестации обучающихся для организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, утвержденные п</w:t>
+      </w:r>
+      <w:r w:rsidR="009C328B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риказом Министра образования и науки от 18 марта 2008 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ода</w:t>
+      </w:r>
+      <w:r w:rsidR="009C328B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E5432" w:rsidRPr="00690F78">
-[...80 lines deleted...]
-    <w:p w14:paraId="6398E4A6" w14:textId="77777777" w:rsidR="009C328B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="009C328B">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 125. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E5EE5" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Количество СОР и СОЧ определяется в соответствии с Типовыми учебными программами по предметам (как осуществлялось в традиционном формате до введения ограничительных мер). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C328B" w:rsidRPr="00FB3125" w:rsidRDefault="00323F97" w:rsidP="009C328B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-143" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B889D6D" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:right="-569"/>
+        <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="430C58BB" w14:textId="77777777" w:rsidR="005F3960" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005F3960" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2. Организация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Д</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="4BB4DAC5" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="005F3960" w:rsidP="0081632B">
+        <w:t>учебного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        <w:t>в традиционном</w:t>
+      </w:r>
+      <w:r w:rsidR="00617DB9" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7439936D" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (штатном)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5FD9B0F6" w14:textId="77777777" w:rsidR="004C18F6" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00154CEF">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C18F6" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="004B47DA">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3D66AAA7" w14:textId="100B3B8D" w:rsidR="000961B3" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="000C3832">
+        </w:rPr>
+        <w:t xml:space="preserve">Обучение в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>традиционном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002763BE" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(штатном) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>формате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществля</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4BC6" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ся с соблюдением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санитарно-эпидемиологических требований</w:t>
+      </w:r>
+      <w:r w:rsidR="003E773F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C18F6" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000961B3" w:rsidRPr="00FB3125" w:rsidRDefault="0081577F" w:rsidP="004B47DA">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000C03A1" w:rsidRPr="00690F78">
+        </w:rPr>
+        <w:t xml:space="preserve">В организациях </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4BC6" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000C03A1" w:rsidRPr="00690F78">
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52A22" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        </w:rPr>
+        <w:t xml:space="preserve">, количество </w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:iCs/>
-          <w:lang w:val="kk"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="26ADA7FB" w14:textId="3096D21B" w:rsidR="0056130F" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0056130F">
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52A22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых не превышает проектную мощность, организуется процесс обучения в одну или в две смены.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимости организация образования </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>может</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организовать </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изучение отдельных предметов или определенных часов по предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>дистанционн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формат</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Предметы или количество часов по предметам, выносимых на изучение в дистанционном формате, определяются организацией самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C03AD7" w:rsidRPr="00FB3125" w:rsidRDefault="0056130F" w:rsidP="004B47DA">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-1" w:firstLine="916"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="-143" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количество обучающихся  которых превышает проектную мощность (дефицит ученических мест, трехсменное обучение), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">могут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ұйымдастыра алады. Қашықтан </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F3960" w:rsidRPr="00690F78">
+        <w:t xml:space="preserve">организовать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изучение отдельных предметов или определенных часов по предметам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">оқыту </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="005F3960" w:rsidRPr="00690F78">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ынд</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="25072888" w14:textId="7CC84C48" w:rsidR="000C03A1" w:rsidRPr="00690F78" w:rsidRDefault="000C03A1" w:rsidP="0056130F">
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Предметы или количество часов по предметам, выносимых на изучение в дистанционном формате, определяются организацией самостоятельно, исходя из имеющихся условий.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6153" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A4AB3" w:rsidRPr="00FB3125" w:rsidRDefault="00C03AD7" w:rsidP="004B47DA">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-1" w:firstLine="916"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="-143" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="6F11FD74" w14:textId="77777777" w:rsidR="000961B3" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00D20973">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организации образования информируют родителей и законных представителей</w:t>
+      </w:r>
+      <w:r w:rsidR="003F337A" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей </w:t>
+      </w:r>
+      <w:r w:rsidR="00163B57" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об особенностях </w:t>
+      </w:r>
+      <w:r w:rsidR="0005247A" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации учебно-вос</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA25E2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>питательного процесса.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6153" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000961B3" w:rsidRPr="00FB3125" w:rsidRDefault="00950A5F" w:rsidP="004B47DA">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:right="-143" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="203550F7" w14:textId="77777777" w:rsidR="007D3B1E" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00D20973">
+        </w:rPr>
+        <w:t xml:space="preserve">1)  </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="000961B3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чебный процесс осуществляется согласно утвержденному рабочему учебному плану школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3B1E" w:rsidRPr="00FB3125" w:rsidRDefault="00D20973" w:rsidP="004455DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:right="-143" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:lang w:val="kk"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="000961B3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оставляется расписание</w:t>
+      </w:r>
+      <w:r w:rsidR="000961B3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уроков</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6ECC" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, при наличии дистанционных уроков они также указываются в расписании</w:t>
+      </w:r>
+      <w:r w:rsidR="000961B3" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386FD717" w14:textId="77777777" w:rsidR="004C18F6" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="008F6ECC">
+    <w:p w:rsidR="004C18F6" w:rsidRPr="00FB3125" w:rsidRDefault="00D20973" w:rsidP="004455DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:right="-143" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
-[...10 lines deleted...]
-    <w:p w14:paraId="359B7282" w14:textId="7CBA55A1" w:rsidR="00CF752F" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00D4193B">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ремя перемен между уроками устанавливается с учетом обеспечения максимального разобщения обучающихся начальных, средних и старших классов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF752F" w:rsidRPr="00FB3125" w:rsidRDefault="008F6ECC" w:rsidP="004455DD">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
-[...5 lines deleted...]
-      <w:r w:rsidR="002B0080">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004C18F6" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00950A5F" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">Не применяется </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB65DD" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000C3832" w:rsidRPr="00690F78">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кабинетн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> система</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA25E2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения, принцип «один класс-один кабинет»</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB65DD" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2784C74F" w14:textId="77777777" w:rsidR="00DB5B96" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="000C3832">
+    <w:p w:rsidR="00DB5B96" w:rsidRPr="00FB3125" w:rsidRDefault="00955A46" w:rsidP="004455DD">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2BDEF2A0" w14:textId="77777777" w:rsidR="00494B38" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00A52A22">
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0DA3" w:rsidRPr="00FB3125">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B96" w:rsidRPr="00FB3125">
+        <w:t>рок</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B96" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> физической культуры</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> проводятся</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B96" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> на свежем воздухе или </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B96" w:rsidRPr="00FB3125">
+        <w:t>постоянно проветрива</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:t>емых</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B96" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> спортивных зал</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494B38" w:rsidRPr="00FB3125" w:rsidRDefault="005A0DA3" w:rsidP="004455DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="426" w:firstLine="141"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="230E9E32" w14:textId="77777777" w:rsidR="005A0DA3" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00A52A22">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00494B38" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00494B38" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тмен</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яются </w:t>
+      </w:r>
+      <w:r w:rsidR="00494B38" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> массовы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00494B38" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприяти</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4193B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00494B38" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A0DA3" w:rsidRPr="00FB3125" w:rsidRDefault="005A0DA3" w:rsidP="004455DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:left="426" w:firstLine="141"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="02D7B53E" w14:textId="4E093A6E" w:rsidR="00526202" w:rsidRPr="00690F78" w:rsidRDefault="000C03A1" w:rsidP="0056130F">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3832" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портивные мероприятия проводятся на свежем воздухе</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32303" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00526202" w:rsidRPr="00FB3125" w:rsidRDefault="004B47DA" w:rsidP="004455DD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA25E2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="0047098D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>При принятии решений по вынесению отдельных предметов на дистанционный формат рекомендуется о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF6F02" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сновные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF6F02" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметы </w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставлять</w:t>
+      </w:r>
+      <w:r w:rsidR="00953DCF" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52A22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в традиционном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056130F" w:rsidRPr="00FB3125" w:rsidRDefault="00953DCF" w:rsidP="0056130F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+        </w:rPr>
+        <w:t>В случаях принятия ограничительных мер на региональном уровне р</w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3A101374" w14:textId="77777777" w:rsidR="00A52A22" w:rsidRPr="00690F78" w:rsidRDefault="00A52A22" w:rsidP="00A52A22">
+        </w:rPr>
+        <w:t xml:space="preserve">екомендуется учебный процесс 1-5 классов, 9,11 классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оставлять </w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в традиционном </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA25E2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(штатном) </w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формате</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0545A" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0056130F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A52A22" w:rsidRPr="00FB3125" w:rsidRDefault="00A52A22" w:rsidP="00A52A22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="15C728E7" w14:textId="4A3EA75B" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="002E585F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-143" w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007051B4" w:rsidRPr="00690F78">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учебного процесса</w:t>
+      </w:r>
+      <w:r w:rsidR="002E585F" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000C03A1" w:rsidRPr="00690F78">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD09FD" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidR="007A6EE5" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...58 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="1478DEA4" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+        <w:t>(для контактных обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C02004F" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00154CEF">
+    <w:p w:rsidR="003C453B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">      11</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>. Процесс обучения в дистанционном формате   может проходить как в синхронном, так и в асинхронном формате, с учетом рационального использования учебного времени. Обучение в синхронном формате предполагает прямую связь (стриминг) учителя с обучающимися в реальном времени, с использованием информационной системы школы. Педагог на свое усмотрение может выделить определенную часть урока (30-80% и др.) для выхода в стриминг, остальную часть урока провести в асинхронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00154CEF" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> Для организации учебного процесса в дистанционном формате (синхронный и асинхронный формат) школа подключается к информационной системе по выбору школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">     13.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> Рекомендации к урокам в синхронном формате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">  Педагогу необходимо заранее подготовить обучающихся к уроку в режиме стриминга, предоставив им памятку с алгоритмом действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00154CEF" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C453B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>До урока обучающемуся необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> скачать на свое устройство приложение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">проверить работу инструментов приложения (микрофон, видео, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:lastRenderedPageBreak/>
+        <w:t>демонстрация экрана и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> перед уроком проверить подключение к информационной системе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> использовать для регистрации свои фамилию и имя, класс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">  3. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>Во время урока:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">обеспечить отсутствие посторонних звуков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> следить за режимом микрофона (включать только по необходимости); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> следить за режимом видео;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>соблюдать нормы этического поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> правильно использовать инструменты информационной системы (при необходимости написать сообщение учителю или всем в чате, включить видео/аудио или презентацию, нажимать кнопки: «поднять руку», «да/нет», «большой палец» и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00154CEF" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B47DA">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> По плану урока, а также в случаях возникновения технических проблем и невозможности прямой трансляции, педагог проводит урок в асинхронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00154CEF" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B47DA">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> Структура урока в режиме реального времени (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>стиминге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t>) включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3B32" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:t xml:space="preserve"> краткое обобщение пройденного материала: изложение по необходимости основных положений предыдущих тем, логически связанных и необходимых</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для объяснения нового материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актуализацию знаний и навыков, которые могут понадобиться для изучения нового материала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)  </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изложение нового материала по плану; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акрепление материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B76774" w:rsidRPr="00FB3125" w:rsidRDefault="00B76774" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) работа по восполнению потерь в знаниях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00B76774" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Обратную связь учитель предоставляет в установленном порядке </w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005F3960" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>посредством электронного журнала</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="004B47DA" w:rsidP="00BB29F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...181 lines deleted...]
-    <w:p w14:paraId="62FD77E2" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="009579E9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Учитель сохраняет запись урока и предоставляет обучающимся доступ к материалам в любое время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="004B47DA" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0047098D" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="30ED07C6" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="009579E9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На уроке используются цифровые образовательные ресурсы, включающие электронные учебники, видеоматериалы, тренажеры для отработки умений, ресурсы для контроля знаний и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="004B47DA" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0047098D" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="104FF546" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="009579E9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель </w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при необходимости </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проводит индивидуальные консультации для детей с особыми образовательными</w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребностями</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00421837" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D05F12" w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Рекомендац</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6EE5" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ии по организации учебного </w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дня обучающих</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...1050 lines deleted...]
-    <w:p w14:paraId="6690D503" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="5D48BA71" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающиеся соблюдают расписание занятий с учетом уроков в синхронном и асинхронном формате и планируют свой учебный день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="4A255F89" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Изучают материалы и выполняют учебные задания по предметам в соответствии с установленным расписанием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="16CEE67C" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прикрепляют ответы через информационные системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="1A6CE31D" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00BB29F5">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Изучают комментарии учителя по заданиям и выполняют его рекомендации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5E518EA0" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="000C5E16" w:rsidP="00BB29F5">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Находятся на связи с классным руководителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BB29F5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000C5E16" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...63 lines deleted...]
-    <w:p w14:paraId="7ACCB216" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00BB29F5">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работают с учителем в любом доступном режиме, при необходимости направляют учителю возникшие вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="003C453B" w:rsidP="003C453B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1)</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="19D8DF58" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00BB29F5">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соблюдают санитарные нормы относительно длительности непрерывной работы за компьютерным оборудованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00421837" w:rsidP="003C453B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="2FFCF56E" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00BB29F5">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Цифровые образовательные ресурсы, используемые педагогами в учебном процессе, должны отвечать следующим</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="16605B39" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00BB29F5">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствуют требованиям ГОСО, учебным программам по предметам соответствующего уровня образования, возрастным особенностям обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="09986085" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00CE77F8">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не противоречат основам современных научных знаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="35BB7462" w14:textId="77777777" w:rsidR="000C5E16" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="00CE77F8">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корректны, содержат контролируемые элементы содержания, вид контента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="00BB29F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
-[...191 lines deleted...]
-    <w:p w14:paraId="6E24E9E6" w14:textId="35E30B4C" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00F728DA">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>изложение материала характеризуется логичностью и последовательностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="192E1D6F" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеют самостоятельную познавательную ценность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на изображениях отсутствуют водяные знаки и посторонние надписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указан автор и (или) источник заимствованного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не содержат информацию, распространение которой запрещено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A3B32" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не содержат информацию, посягающую на честь и достоинство, права и охраняемые законом интересы третьих лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="003C2676" w:rsidRDefault="006A3B32" w:rsidP="003C2676">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствуют принципам толерантного отношения к представителям различных религиозных, этнических и культурных групп, не препятствуют межнациональному и межконфессиональному диалогу</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2676">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00421837" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Функции администрации школы и пе</w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дагогов при дистанционном</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE751C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="000A510B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рмате </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
+      <w:r w:rsidR="006A2EFF" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="192BEEFD" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="457C1436" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает управленческие решения, направленные </w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечение качества работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...9 lines deleted...]
-    <w:p w14:paraId="44202D37" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>издает соответствующий приказ об организации обучения в дистанционном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="21736967" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает педагогам и обучающимся возможность подключения к информационной системе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...36 lines deleted...]
-    <w:p w14:paraId="639F66C3" w14:textId="01954D27" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает (при необходимости) обучающихся школы компьютерным оборудованием и подключением к интернету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="75363894" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждает контингент классов, расписание, график работы, педагогический состав школы на заседании педагогического совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3C257BA1" w14:textId="74FA0D51" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет постоянный мониторинг и контроль за организацией учебного процесса, в том числе в дистанционном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003B2320" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> распределяет учебную нагрузку педагогов на осно</w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вании рабочего учебного плана, подписывает тарификационный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A77983">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>списк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...29 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05049EB1" w14:textId="32C9B4B1" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...27 lines deleted...]
-    <w:p w14:paraId="061DC75B" w14:textId="3788513A" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="003B2320" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перераспределяет трудовые функции </w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогов </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по обеспечению </w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесса в дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidR="0094276F" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при необходимости</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0094276F" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-20"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
-[...4 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="006A2EFF" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...9 lines deleted...]
-    <w:p w14:paraId="3F75AD73" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00F728DA" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знакомит персонал организации образования с перераспределением функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
-[...36 lines deleted...]
-    <w:p w14:paraId="208BE1E1" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="006A2EFF" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместители руководителя организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="006A2EFF" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F728DA" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заполняют базу сведений Национальной образовательной базы данных (далее – НОБД) информацией о движении учащихся, качественном составе педагогов </w:t>
+      </w:r>
+      <w:r w:rsidR="0003758C" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школы, материальной</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F728DA" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0003758C" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>базе, техническом</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="31654B0F" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персонале школы и др.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...11 lines deleted...]
-    <w:p w14:paraId="15FD3B85" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организуют процесс</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82F1C" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения в дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом требований Санитарно-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эпидемологических</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правил и норм (далее – СанПиН), рациональным использованием учебного времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...11 lines deleted...]
-    <w:p w14:paraId="2EE11238" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляют расписание уроков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...10 lines deleted...]
-    <w:p w14:paraId="0B84AAF7" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организуют деятельность педагогов в соответствии с утвержденным расписанием и обратную связь с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
-[...22 lines deleted...]
-    <w:p w14:paraId="7B9F772E" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="002C142D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Классный руководитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...33 lines deleted...]
-    <w:p w14:paraId="2FAC1B6B" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проводит мониторинг технических возможностей и готовности обучающихся к дистанционному обучению (наличие компьютера, интернета, доступа к информационной системе, электронному журналу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...11 lines deleted...]
-    <w:p w14:paraId="78A4AD83" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информирует обучающихся и их родителей (законных представителей) </w:t>
+      </w:r>
+      <w:r w:rsidR="0003758C" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>об информационной</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системе, которой пользуется школа, о расписании уроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...74 lines deleted...]
-    <w:p w14:paraId="60A16C08" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разъясняет вопрос о необходимых условиях для уроков (обеспечение рабочего места и оборудования, тишина, рабочая обстановка, исключение постороннего шума, присутствия других детей или животных в комнате обучающегося);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...11 lines deleted...]
-    <w:p w14:paraId="2BBA490C" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разъясняет правила поведения обучающихся во время урока в режиме стриминга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...33 lines deleted...]
-    <w:p w14:paraId="2491188B" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначает из числа обучающихся класса дежурного, который следит за порядком в классе при проведении уроков в синхронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
-[...4 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="002C142D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00690F78">
-[...9 lines deleted...]
-    <w:p w14:paraId="6D675566" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...9 lines deleted...]
-    <w:p w14:paraId="30442025" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доводят до сведения обучающихся информацию о формате уроков и правилах организации учебного процесса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...9 lines deleted...]
-    <w:p w14:paraId="4091E91C" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализуют учебный процесс в соответствии с утвержденным расписанием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          5</w:t>
+      </w:r>
+      <w:r w:rsidR="002C142D" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Работа студентов-практикантов (волонтеров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CE77F8" w:rsidRPr="00690F78">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="38A89D75" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+        <w:t>при дистанционном обучении (если имеются)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="37AD5384" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Студент-практикант-ассистент является помощником учителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Студент-практикант:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F69C9C5" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00CE77F8">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="002C142D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="686E43BC" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>изучает  готовност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся к уроку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="692973D6" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00B24534">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>следит за дисциплиной на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00550B53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="764DD233" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет контроль по своевременному выполнению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">различных типов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заданий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в том числе самостоятельных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2285D93A" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00B24534">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>обеспечивает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обратную связь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00550B53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="03EB52BA" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00B24534">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>создает группово</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат, видеоконференци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>информационной системе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, подключает и проверяет связ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00550B53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="75D15613" w14:textId="1B5F9E15" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00B24534">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>готовит и транслирует демонстрационный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал (текстовые материалы, презентации, рисунки и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00550B53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00494C8B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводит профилактические </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00494C8B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>: здоровьесберегающие упражнения, физминутк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,  перемен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE0130E" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="00B24534">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00550B53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0147FF8B" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>участвовует в организации информационно-разъяснительной работы с обучающимися, педагогами, родителями или законными представителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00690F78">
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-        </w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>9)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="422329EC" w14:textId="77777777" w:rsidR="00421837" w:rsidRPr="00690F78" w:rsidRDefault="00421837" w:rsidP="0081632B">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информирует </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>обучающихся, родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об изменениях в расписании, предоставлении обратной связи обучающимся,  ходе обучения и учебных результатах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00421837" w:rsidRPr="00FB3125" w:rsidRDefault="00421837" w:rsidP="0081632B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5A0C25F0" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00C028FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1F186060" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Требования к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>информационным системам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и электронным ресурсам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0003758C" w:rsidRPr="00FB3125" w:rsidRDefault="0003758C" w:rsidP="0081632B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="053603D7" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00421837" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информационная система</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, выбранная организацией образования, должна отвечать следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="043E1518" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наличие гибкого инструментария для разработки и дополнения уроков во время дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="002C142D" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="5CBBDFDB" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержка совместной работы обучающихся (форумы, чаты, работа с документами, презентациями и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006C05AC" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступ к информации, сервисам информационной системы посредством сети Интернет (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Web</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E87BFDB" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-портал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="28D81298" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение единой точки входа для педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="044E297D" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствие необходимости установки специального программного обеспечения на персональных компьютерах; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="459A52D6" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможность установки бесплатного мобильного приложения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4C68BEF2" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможность запуска на любых устройствах (компьютеры, планшеты, смартфоны);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="697236A2" w14:textId="1880550A" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CE77F8" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интуитивно-понятный и удобный пользовательский интерфейс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00CB67F1" w:rsidP="0081632B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5DA6D432" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> максимально удобный и понятный личный кабинет обучающегося, отвечающий необходимым потребностям пользователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1703"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="642758DB" w14:textId="4D0ADD83" w:rsidR="007A6EE5" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A6EE5" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00C028FA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1703"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006C05AC" w:rsidRPr="00690F78">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C05AC" w:rsidRPr="00690F78">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...49 lines deleted...]
-    <w:p w14:paraId="5488A977" w14:textId="77777777" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация работы по восполнению пробелов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BB29F5" w:rsidP="00C028FA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1703"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="19DA2741" w14:textId="447E481E" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в знаниях</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="0081632B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="1703"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00421837" w:rsidP="007131C2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="6120A71A" w14:textId="515395DD" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00B2414F" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основные критерии для организации работы по </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB29F5" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">восполнению </w:t>
+      </w:r>
+      <w:r w:rsidR="007131C2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>потерь в знаниях</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="007131C2" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="6643E3DC" w14:textId="0675467A" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) несформированные умения и навыки учебно-познавательной деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по учебной программе предмета</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="007131C2" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...10 lines deleted...]
-    <w:p w14:paraId="55894DDB" w14:textId="6DFAD997" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) обучающийся не справляется или затрудняется с выполнением учебных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="007131C2" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...10 lines deleted...]
-    <w:p w14:paraId="0F7CA9B9" w14:textId="76A099B6" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) недостаточный уровень развития личностных качеств, проявления самостоятельности, организованности, необходимых для успешного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="007131C2" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...30 lines deleted...]
-    <w:p w14:paraId="3C87C58C" w14:textId="45FFABF9" w:rsidR="0081632B" w:rsidRPr="00690F78" w:rsidRDefault="009579E9" w:rsidP="0081632B">
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) эмоциональный дискомфорт обучающегося из-за потерь в знаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5318" w:rsidRPr="00FB3125" w:rsidRDefault="00CA5318" w:rsidP="00CA5318">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогу необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5318" w:rsidRPr="00FB3125" w:rsidRDefault="00CA5318" w:rsidP="00CA5318">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) выявить </w:t>
+      </w:r>
+      <w:r w:rsidR="007131C2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">затруднения обучающихся, определить уровень </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учебных достижений и пробелы в знаниях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5318" w:rsidRPr="00FB3125" w:rsidRDefault="00CA5318" w:rsidP="00CA5318">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) изучить потребности обучающегося для оказания индивидуальной поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5318" w:rsidRPr="00FB3125" w:rsidRDefault="00CA5318" w:rsidP="00CA5318">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)  проводить работу с обучающимися с подбором дифференцированных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA5318" w:rsidRPr="00FB3125" w:rsidRDefault="00CA5318" w:rsidP="007131C2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) проводить постоянную обратную связь</w:t>
+      </w:r>
+      <w:r w:rsidR="007131C2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00B2414F" w:rsidRPr="00690F78">
-[...10 lines deleted...]
-    <w:p w14:paraId="3DCAB82A" w14:textId="00947781" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+      <w:r w:rsidR="007131C2" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогический коллектив (методические объединения) осуществляет</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-    <w:p w14:paraId="3D3528E3" w14:textId="11DC0D04" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   совместное планирование уроко</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB52F1" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в педагогами, организацию</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебной деятельности обучающихся на уроке</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB52F1" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом потерь</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (повторение, закрепление учебного материала, выполнение учебных заданий для ликвидации пробелов, алгоритмизация учебной деятельности по анализу и устранению ошибок и др.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="12CC90F0" w14:textId="65405C8B" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  сопровождение и консультирование в ходе учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-          <w:lang w:val="kk"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение пс</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93FDB" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ихологической адаптации на урок</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C753C1B" w14:textId="74928FB7" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="5FD95278" w14:textId="7CE2A4B0" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стимулирование учебной деятельности (поощрение, создание ситуаций успеха, побуждение к активному участию в процессе обучения и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="5164CC40" w14:textId="7D69F08B" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг учебной деятельности и достижений обучающихся (регулярный опрос обучающихся, проверка выполнения учебных заданий, обратная связь, активизация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самооценивания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="0081632B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-    <w:p w14:paraId="4D5601AF" w14:textId="3E5B61E9" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="0081632B">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организация взаимопомощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="00C93FDB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="004BD425" w14:textId="34383309" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="00BB29F5">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  работа с родителями по оказа</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93FDB" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нию поддержки обучающим</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="00BF32FC" w:rsidP="00BB29F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93FDB" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BF32FC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="06F886BB" w14:textId="075564DE" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="00BB29F5">
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интег</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цел</w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ей </w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тем </w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уроков</w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00374E22" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошлый и текущий учебные годы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BF32FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="66F9BB8D" w14:textId="77777777" w:rsidR="00CD082E" w:rsidRPr="00690F78" w:rsidRDefault="00CD082E" w:rsidP="00BB29F5">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>распредел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошлого учебного года по предметам на весь период нового учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BF32FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="5F06757C" w14:textId="1B6DDC54" w:rsidR="005F3EDB" w:rsidRPr="00690F78" w:rsidRDefault="00F11699" w:rsidP="00BB29F5">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повторение учебного материала до изучения новой темы/цели обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BF32FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="4D495327" w14:textId="77777777" w:rsidR="005F3EDB" w:rsidRPr="00690F78" w:rsidRDefault="005F3EDB" w:rsidP="00BB29F5">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>провед</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заняти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по темам, вызвавшим затруднения у обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081632B" w:rsidRPr="00FB3125" w:rsidRDefault="0081632B" w:rsidP="00BF32FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="685E85E4" w14:textId="77777777" w:rsidR="005F3EDB" w:rsidRPr="00690F78" w:rsidRDefault="005F3EDB" w:rsidP="00BB29F5">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93FDB" w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуальной и групповой работы с обучающими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся по сложным темам/целям обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C93FDB" w:rsidRPr="0039528C" w:rsidRDefault="00374E22" w:rsidP="001E3EC5">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="738A8580" w14:textId="4597E3A7" w:rsidR="005F3EDB" w:rsidRPr="00690F78" w:rsidRDefault="005F3EDB" w:rsidP="00BB29F5">
+        <w:ind w:left="567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>включ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебных</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>задани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по пройденной программе при проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0081632B" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5745" w:rsidRPr="0039528C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0039528C" w:rsidRDefault="0039528C" w:rsidP="001E3EC5">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...60 lines deleted...]
-    <w:p w14:paraId="6FA3C83A" w14:textId="77777777" w:rsidR="005F3EDB" w:rsidRPr="00690F78" w:rsidRDefault="005F3EDB" w:rsidP="00BB29F5">
+        <w:ind w:left="567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039528C" w:rsidRPr="00FB3125" w:rsidRDefault="0039528C" w:rsidP="0039528C">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="567"/>
-[...129 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0C0000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31.08.2021 18:39:24: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0C0000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мелдебекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М. Т. (Комитет дошкольного и среднего образования) - - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cогласовано</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>31.08.2021 18:54:10: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
-      </w:r>
+        <w:t xml:space="preserve">31.08.2021 18:54:10: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0C0000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш. Т. (Руководство) - - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cогласовано</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00727170" w:rsidRPr="00727170" w:rsidSect="00374E22">
+    <w:sectPr w:rsidR="0039528C" w:rsidRPr="00FB3125" w:rsidSect="00374E22">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57B75047" w14:textId="77777777" w:rsidR="00F02C06" w:rsidRDefault="00F02C06">
+    <w:p w:rsidR="0088029E" w:rsidRDefault="0088029E" w:rsidP="00374E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="552AC6A9" w14:textId="77777777" w:rsidR="00F02C06" w:rsidRDefault="00F02C06">
+    <w:p w:rsidR="0088029E" w:rsidRDefault="0088029E" w:rsidP="00374E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -7921,2974 +8649,2831 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font289">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0D276C9C" w14:textId="4C9475D8" w:rsidR="00727170" w:rsidRDefault="00727170">
+  <w:p w:rsidR="0039528C" w:rsidRDefault="0039528C">
     <w:pPr>
       <w:pStyle w:val="af7"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7679B988" wp14:editId="0CDCCA9A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6369050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-9002522</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Надпись 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0ECC5132" w14:textId="51EAA266" w:rsidR="00727170" w:rsidRPr="00727170" w:rsidRDefault="00727170">
+                        <w:p w:rsidR="0039528C" w:rsidRPr="0039528C" w:rsidRDefault="0039528C">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">31.08.2021 ЭҚАБЖ МО (7.23.0 </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>нұсқасы</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="7679B988" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:501.5pt;margin-top:-708.85pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr9qiAswIAAEoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVLFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;SAIkRWaaoiKhFMmStK20yNC9v9B/6NChW3/B+aMeKclx0g5F0YU83h2Pd+/d8fikqTlaM20qKTIc&#10;HYQYMUFlXom7DL+7mQ8mGBlLRE64FCzD98zgk+nrV8cblbKhLCXPmUYQRJh0ozJcWqvSIDC0ZDUx&#10;B1IxAcZC6ppYOOq7INdkA9FrHgzDcBRspM6VlpQZA9rz1oinPn5RMGovi8Iwi3iGITfrV+3XpVuD&#10;6TFJ7zRRZUW7NMg/ZFGTSsCju1DnxBK00tVvoeqKamlkYQ+orANZFBVlvgaoJgpfVHNdEsV8LQCO&#10;UTuYzP8LSy/WVxpVOXCHkSA1ULT9uv22/b79uf3x+PnxC4ocRhtlUnC9VuBsm1PZOP9Ob0DpSm8K&#10;XbsdikJgB7TvdwizxiIKysNJFIZgoWCahFESJhMXJni6rbSxb5iskRMyrIFBDyxZL4xtXXsX95iQ&#10;84pz0JOUC7TJ8OjwKPQXdhYIzoVzgCQgRie17HxKomEcng6TwXw0GQ/ieXw0SMbhZAC5nSajME7i&#10;8/mDixfFaVnlOROLSrC+U6L475joerbl2PfKs1SN5FXu6nC5uerOuEZrAi275IS+7xDa8wqep+MB&#10;hOr63VcZOM5abpxkm2XTEbaU+T3wqCXgC1wYRecVPLogxl4RDe0PShhpewlLwSWAKjsJo1Lqj3/S&#10;O/8Mu3U4husbmKgMmw8rohlG/K2Alk2iOAaT9Yf4aDyEg963LPctYlWfSUAA2hIS9KLzt7wXCy3r&#10;Wxj+mXsYTERQSC7DthfPbDvn8HlQNpt5Jxg6RexCXCvqQvd43zS3RKuu5SwgeSH72SPpi85rfd1N&#10;IWcrK4vKt6XDuAUWWHAHGFjPR/e5uB9h/+y9nr7A6S8AAAD//wMAUEsDBBQABgAIAAAAIQCyvXfJ&#10;4gAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWjtQ2irEqRAq9IA4tFSo&#10;RzdekqjxOordJvx9Nyc4zuxo9k22GlwjLtiF2pOGZKpAIBXe1lRq2H+9TZYgQjRkTeMJNfxigFV+&#10;e5OZ1PqetnjZxVJwCYXUaKhibFMpQ1GhM2HqWyS+/fjOmciyK6XtTM/lrpEPSs2lMzXxh8q0+Fph&#10;cdqdnYZt8hE+7SHuKfTr4d0e1t+0OWl9fze8PIOIOMS/MIz4jA45Mx39mWwQDWulHnlM1DBJZsli&#10;AWIMqfloHkfzabYEmWfy/5D8CgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOv2qICzAgAA&#10;SgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALK9d8ni&#10;AAAAEAEAAA8AAAAAAAAAAAAAAAAADQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="0ECC5132" w14:textId="51EAA266" w:rsidR="00727170" w:rsidRPr="00727170" w:rsidRDefault="00727170">
+                  <w:p w:rsidR="0039528C" w:rsidRPr="0039528C" w:rsidRDefault="0039528C">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">31.08.2021 ЭҚАБЖ МО (7.23.0 </w:t>
-[...17 lines deleted...]
-                      <w:t xml:space="preserve">)  </w:t>
+                      <w:t xml:space="preserve">31.08.2021 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CB6DDD4" w14:textId="77777777" w:rsidR="00F02C06" w:rsidRDefault="00F02C06">
+    <w:p w:rsidR="0088029E" w:rsidRDefault="0088029E" w:rsidP="00374E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0654D39C" w14:textId="77777777" w:rsidR="00F02C06" w:rsidRDefault="00F02C06">
+    <w:p w:rsidR="0088029E" w:rsidRDefault="0088029E" w:rsidP="00374E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1757780142"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="725CDCF4" w14:textId="77777777" w:rsidR="003E5432" w:rsidRDefault="003E5432">
+      <w:p w:rsidR="00877F62" w:rsidRDefault="00877F62">
         <w:pPr>
           <w:pStyle w:val="af5"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00372CCF">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>23</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6F9582AF" w14:textId="77777777" w:rsidR="003E5432" w:rsidRDefault="003E5432">
+  <w:p w:rsidR="00877F62" w:rsidRDefault="00877F62">
     <w:pPr>
       <w:pStyle w:val="af5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D6E5B96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97227908"/>
-    <w:lvl w:ilvl="0" w:tplc="0EBC89FE">
+    <w:lvl w:ilvl="0" w:tplc="1166E924">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67022FCE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1767" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65A86FBA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2487" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A724B0B0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3207" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FBA8297A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87C4F1F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4647" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62C490F2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5367" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="09822BA6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F87A2AF0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6807" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="131677AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A08275A"/>
-    <w:lvl w:ilvl="0" w:tplc="7686932E">
+    <w:lvl w:ilvl="0" w:tplc="B3E00EDA">
       <w:start w:val="19"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CBD06CD6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BF0A61C0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A0B49C28" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3F2E444E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D668D54A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2E98DCA0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83B2A5B8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1D1865D8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="173B755F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="096E42DE"/>
-    <w:lvl w:ilvl="0" w:tplc="7F8E0D02">
+    <w:lvl w:ilvl="0" w:tplc="A3C2FC08">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8084AF58" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79D08978" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29F4C3B0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DBCCD948" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5202A9B6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20EE9936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17C648DA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5512EE42" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17461B7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FEC0FCC"/>
-    <w:lvl w:ilvl="0" w:tplc="8D906968">
+    <w:lvl w:ilvl="0" w:tplc="D3FABA46">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45DC621C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="490A83AE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4C328566" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3B6C00E2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4986EF76" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3CD8B776" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98F2169A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84BE0772" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29BF3F8B"/>
+    <w:nsid w:val="2AB4756D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5E0C8CE"/>
-    <w:lvl w:ilvl="0" w:tplc="1542D7E2">
+    <w:tmpl w:val="61D45A5C"/>
+    <w:lvl w:ilvl="0" w:tplc="EF58A720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
-      </w:pPr>
-[...87 lines deleted...]
-        <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6F5A3FBA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30D6D23C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="016008A0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1B8ACD1E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AAECB2E2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="321CCDD2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6CF43396" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5E16DDBA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B20327A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65EEC28E"/>
-    <w:lvl w:ilvl="0" w:tplc="56100E6C">
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9758B960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0E4A7B16" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81D06CCE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87E26420" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A36273CA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8666868C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23FA9B4C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3938AB44" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9022C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="71CACD4E"/>
-    <w:lvl w:ilvl="0" w:tplc="84F08F9A">
+    <w:tmpl w:val="B85AE00C"/>
+    <w:lvl w:ilvl="0" w:tplc="C93A6B82">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="324E0CFB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D908D0A"/>
+    <w:lvl w:ilvl="0" w:tplc="37C61C88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1685" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8C704FA0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3125" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3845" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4565" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5285" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6005" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6725" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7445" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="355E247F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ACF25ACA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="203AAC0A" w:tentative="1">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="984C4B34" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="842298E4" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="F214B496" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="78340176" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="8110B6FC" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="57327B04" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="324E0CFB"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35647DF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D908D0A"/>
-    <w:lvl w:ilvl="0" w:tplc="AE64B87C">
+    <w:tmpl w:val="6BA62AC6"/>
+    <w:lvl w:ilvl="0" w:tplc="16A41106">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1685" w:hanging="360"/>
-[...112 lines deleted...]
-        <w:ind w:left="502" w:hanging="360"/>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E6828C08" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="91ECAEF6" w:tentative="1">
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="A66AB4A0" w:tentative="1">
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="DC74D69E" w:tentative="1">
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="E91212A6" w:tentative="1">
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="B5BA283C" w:tentative="1">
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="0B70288E" w:tentative="1">
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="2F4E1C36" w:tentative="1">
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CCA44FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8266100C"/>
-    <w:lvl w:ilvl="0" w:tplc="226876AE">
+    <w:lvl w:ilvl="0" w:tplc="FE12C70E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8884CA5C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E982BFCC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A352319C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A8D46302" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AA6469B6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FC52828C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AD1A47A2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="922AE05E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45B02FF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B303C0E"/>
-    <w:lvl w:ilvl="0" w:tplc="3384954A">
+    <w:lvl w:ilvl="0" w:tplc="A3C2FC08">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1703" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B5DC6BE4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2423" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67F821CE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3143" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3D2AF78E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3863" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9DE27F24" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4583" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F54031D4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5303" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EB549C96" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6023" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BD4CAFA8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6743" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32E4CD62" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7463" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="466F4246"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54500142"/>
-    <w:lvl w:ilvl="0" w:tplc="E5D23D6A">
+    <w:lvl w:ilvl="0" w:tplc="A6F809F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="776" w:hanging="492"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99328F6A">
+    <w:lvl w:ilvl="1" w:tplc="471A15FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1233" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="771CD1E2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1941" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="570618A6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2661" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EA52F746" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3381" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F4146B6E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4101" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C3F4FE62" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4821" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B632239C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5541" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65E2FF4A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6261" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C22743D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AF805F8"/>
-    <w:lvl w:ilvl="0" w:tplc="182CA614">
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FB3CEA98" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48CC3EA2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="452898AE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BD8E8102" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C406A6BC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1C08E7A8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A1D60BD6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8654CC56" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51612C53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B9C800A"/>
-    <w:lvl w:ilvl="0" w:tplc="7F2E7BF4">
+    <w:lvl w:ilvl="0" w:tplc="58BE0BD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BDCE3E6E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="860AD02E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="288C052C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A720EDC0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72E434A8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8E68B768" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9818588A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FD148E98" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54E800FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73DEAFE4"/>
-    <w:lvl w:ilvl="0" w:tplc="06E03ABC">
+    <w:lvl w:ilvl="0" w:tplc="4E4AE5AC">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AC6EA358" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="076879B6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D57C9ED8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62CE131C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7F986858" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77D6C62A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CF4C2714" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B552B31C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5A4673C2"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FAC0175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98822E98"/>
-    <w:lvl w:ilvl="0" w:tplc="E8B86DB0">
+    <w:lvl w:ilvl="0" w:tplc="EC9A9668">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1174" w:hanging="465"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58262E66" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8E20CA78" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E70E9BD8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33D00E66" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C0948034" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B6FA034A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9B00CD84" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D8D885F2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="661A352E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9A61D4A"/>
-    <w:lvl w:ilvl="0" w:tplc="E1169EE2">
+    <w:lvl w:ilvl="0" w:tplc="B9209A5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CD86450A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EA6834E6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C394A58A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29DC409A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A560D046" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="903AAAC0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="175EAEE0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4930366E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9D5EFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1125E86"/>
-    <w:lvl w:ilvl="0" w:tplc="F9221162">
+    <w:lvl w:ilvl="0" w:tplc="B1BAB7F4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39D88740" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2434523E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AE14B408" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4484DD8C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E04C7222" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C30FC20" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E3CED24E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B7BE65EE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707F0147"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6DC5CF2"/>
-    <w:lvl w:ilvl="0" w:tplc="5A40E236">
+    <w:lvl w:ilvl="0" w:tplc="357E8238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:strike w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EB8C1854" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8C54DDA6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2651" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EE48C07A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C0284084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79B4754E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4811" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CCBE5266" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="897AB146" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4EF23032" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76F27F1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CED0B7B4"/>
-    <w:lvl w:ilvl="0" w:tplc="1166D914">
+    <w:tmpl w:val="6B38CAE8"/>
+    <w:lvl w:ilvl="0" w:tplc="9AA052E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E138D5C8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17A0D6E6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C20E239A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47CCE5DC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E66C4102" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6DC0BC56" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E3B65068" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3F0405D8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77070FA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="596E288A"/>
-    <w:lvl w:ilvl="0" w:tplc="A19A3BF4">
+    <w:lvl w:ilvl="0" w:tplc="91701FB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6012F7F2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9DE03D5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A6A2FD38" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85745886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F3464A92" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74463B0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22A43F1C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8054A6C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="724A21AA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D1565D30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C7209424" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="794CD69A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95A692A4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58B0DFBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2D86BA4A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="695C8788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B9E1F02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A669258"/>
-    <w:lvl w:ilvl="0" w:tplc="DC7C1CE2">
+    <w:lvl w:ilvl="0" w:tplc="CAAA941A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1189" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6534FE52" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3F40D946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1504B898" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23887114" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6A56E306" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EE0E16CC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F16450C6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="533CB1F6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="4"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B2D5B"/>
     <w:rsid w:val="00001CE7"/>
-    <w:rsid w:val="000058EA"/>
+    <w:rsid w:val="0000271A"/>
+    <w:rsid w:val="00024D10"/>
+    <w:rsid w:val="00035895"/>
+    <w:rsid w:val="0003758C"/>
+    <w:rsid w:val="000440EA"/>
+    <w:rsid w:val="0005247A"/>
+    <w:rsid w:val="000550B5"/>
     <w:rsid w:val="00061156"/>
     <w:rsid w:val="00062A15"/>
-    <w:rsid w:val="000709C8"/>
-    <w:rsid w:val="0008467B"/>
+    <w:rsid w:val="00065C88"/>
     <w:rsid w:val="00094A68"/>
     <w:rsid w:val="000961B3"/>
-    <w:rsid w:val="000C03A1"/>
+    <w:rsid w:val="000A510B"/>
     <w:rsid w:val="000C3832"/>
-    <w:rsid w:val="000C5E16"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00106F62"/>
     <w:rsid w:val="001346A3"/>
+    <w:rsid w:val="0014710B"/>
     <w:rsid w:val="00154CEF"/>
     <w:rsid w:val="00154D73"/>
-    <w:rsid w:val="001574EA"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001B75F8"/>
+    <w:rsid w:val="00163B57"/>
+    <w:rsid w:val="001A4AB3"/>
+    <w:rsid w:val="001C01D2"/>
+    <w:rsid w:val="001D1A22"/>
+    <w:rsid w:val="001E1BC5"/>
     <w:rsid w:val="001E3CD3"/>
-    <w:rsid w:val="00206BBE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00225E8B"/>
+    <w:rsid w:val="001F651C"/>
     <w:rsid w:val="002261B5"/>
+    <w:rsid w:val="0023300D"/>
     <w:rsid w:val="002763BE"/>
-    <w:rsid w:val="002938C8"/>
     <w:rsid w:val="002A2FAC"/>
-    <w:rsid w:val="002B0080"/>
     <w:rsid w:val="002B2D5B"/>
+    <w:rsid w:val="002B7EF4"/>
+    <w:rsid w:val="002C142D"/>
+    <w:rsid w:val="002E585F"/>
+    <w:rsid w:val="003066F4"/>
     <w:rsid w:val="00323F97"/>
     <w:rsid w:val="0032549D"/>
-    <w:rsid w:val="00330EBF"/>
-    <w:rsid w:val="00374009"/>
+    <w:rsid w:val="00360B1F"/>
+    <w:rsid w:val="00372CCF"/>
     <w:rsid w:val="00374E22"/>
-    <w:rsid w:val="00377951"/>
     <w:rsid w:val="00386F2E"/>
     <w:rsid w:val="00392650"/>
-    <w:rsid w:val="003B2320"/>
+    <w:rsid w:val="0039528C"/>
     <w:rsid w:val="003B65A3"/>
     <w:rsid w:val="003C1F79"/>
-    <w:rsid w:val="003D2611"/>
-    <w:rsid w:val="003E5432"/>
+    <w:rsid w:val="003C2676"/>
+    <w:rsid w:val="003C453B"/>
+    <w:rsid w:val="003C70E7"/>
+    <w:rsid w:val="003E63E5"/>
     <w:rsid w:val="003E773F"/>
+    <w:rsid w:val="003F0AC2"/>
+    <w:rsid w:val="003F337A"/>
+    <w:rsid w:val="0041463F"/>
     <w:rsid w:val="00421837"/>
-    <w:rsid w:val="00424468"/>
-    <w:rsid w:val="004263B0"/>
     <w:rsid w:val="0042756C"/>
+    <w:rsid w:val="004455DD"/>
+    <w:rsid w:val="00462F8C"/>
+    <w:rsid w:val="0047098D"/>
+    <w:rsid w:val="00474612"/>
     <w:rsid w:val="00494B38"/>
-    <w:rsid w:val="00494C8B"/>
-    <w:rsid w:val="004A5403"/>
+    <w:rsid w:val="00496617"/>
+    <w:rsid w:val="004B47DA"/>
+    <w:rsid w:val="004B7A63"/>
     <w:rsid w:val="004C18F6"/>
-    <w:rsid w:val="004D66F1"/>
-    <w:rsid w:val="004E4587"/>
+    <w:rsid w:val="004E6153"/>
     <w:rsid w:val="005003BF"/>
     <w:rsid w:val="00503168"/>
     <w:rsid w:val="00516C93"/>
-    <w:rsid w:val="00525EDC"/>
     <w:rsid w:val="00526202"/>
+    <w:rsid w:val="00550B53"/>
     <w:rsid w:val="0056130F"/>
-    <w:rsid w:val="005802EF"/>
     <w:rsid w:val="005A0DA3"/>
     <w:rsid w:val="005A2008"/>
-    <w:rsid w:val="005B7E86"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F3EDB"/>
+    <w:rsid w:val="005B0C4A"/>
+    <w:rsid w:val="00602B68"/>
     <w:rsid w:val="00617DB9"/>
-    <w:rsid w:val="00626E12"/>
     <w:rsid w:val="00642774"/>
+    <w:rsid w:val="00644FC1"/>
+    <w:rsid w:val="00646E34"/>
+    <w:rsid w:val="00651CA2"/>
     <w:rsid w:val="00656092"/>
-    <w:rsid w:val="0068467B"/>
-    <w:rsid w:val="00690F78"/>
+    <w:rsid w:val="006A2EFF"/>
+    <w:rsid w:val="006A3B32"/>
     <w:rsid w:val="006C0523"/>
-    <w:rsid w:val="006C05AC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007051B4"/>
+    <w:rsid w:val="007131C2"/>
     <w:rsid w:val="007158F8"/>
-    <w:rsid w:val="00727170"/>
+    <w:rsid w:val="00730E9D"/>
     <w:rsid w:val="0074027D"/>
     <w:rsid w:val="0075324F"/>
     <w:rsid w:val="00753293"/>
+    <w:rsid w:val="007550DA"/>
     <w:rsid w:val="00767538"/>
-    <w:rsid w:val="007810E2"/>
     <w:rsid w:val="007A30DD"/>
     <w:rsid w:val="007A6EE5"/>
     <w:rsid w:val="007D3B1E"/>
-    <w:rsid w:val="007E6C64"/>
-    <w:rsid w:val="008040C6"/>
+    <w:rsid w:val="0081134E"/>
     <w:rsid w:val="0081577F"/>
     <w:rsid w:val="0081632B"/>
-    <w:rsid w:val="00820633"/>
+    <w:rsid w:val="008449F8"/>
     <w:rsid w:val="00853C72"/>
     <w:rsid w:val="00854F6A"/>
-    <w:rsid w:val="00885B66"/>
+    <w:rsid w:val="00864755"/>
+    <w:rsid w:val="008772B9"/>
+    <w:rsid w:val="00877F62"/>
+    <w:rsid w:val="0088029E"/>
     <w:rsid w:val="0089305D"/>
     <w:rsid w:val="008A608E"/>
     <w:rsid w:val="008D7B10"/>
     <w:rsid w:val="008D7FFA"/>
     <w:rsid w:val="008E5EE5"/>
     <w:rsid w:val="008F6ECC"/>
     <w:rsid w:val="0090410E"/>
-    <w:rsid w:val="00905216"/>
     <w:rsid w:val="0090522A"/>
-    <w:rsid w:val="00912057"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0095093C"/>
+    <w:rsid w:val="0094276F"/>
+    <w:rsid w:val="00950A5F"/>
     <w:rsid w:val="00953DCF"/>
     <w:rsid w:val="00955A46"/>
-    <w:rsid w:val="009579E9"/>
     <w:rsid w:val="00970B16"/>
-    <w:rsid w:val="009924CC"/>
+    <w:rsid w:val="00971FCC"/>
     <w:rsid w:val="009C328B"/>
-    <w:rsid w:val="00A0198C"/>
     <w:rsid w:val="00A0545A"/>
     <w:rsid w:val="00A119FB"/>
     <w:rsid w:val="00A32303"/>
-    <w:rsid w:val="00A360A9"/>
     <w:rsid w:val="00A52A22"/>
-    <w:rsid w:val="00A53DBF"/>
-    <w:rsid w:val="00A55CCC"/>
     <w:rsid w:val="00A630B4"/>
-    <w:rsid w:val="00A67839"/>
-    <w:rsid w:val="00A77983"/>
+    <w:rsid w:val="00A95C5E"/>
     <w:rsid w:val="00AA3952"/>
     <w:rsid w:val="00AB697F"/>
+    <w:rsid w:val="00AE603A"/>
     <w:rsid w:val="00B01BDD"/>
-    <w:rsid w:val="00B029EA"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B92B67"/>
+    <w:rsid w:val="00B66A08"/>
+    <w:rsid w:val="00B76774"/>
     <w:rsid w:val="00BB29F5"/>
-    <w:rsid w:val="00BC1EB3"/>
-    <w:rsid w:val="00BF4D67"/>
+    <w:rsid w:val="00BB52F1"/>
+    <w:rsid w:val="00BF2320"/>
+    <w:rsid w:val="00BF32FC"/>
     <w:rsid w:val="00BF5AA4"/>
-    <w:rsid w:val="00BF5EEC"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00CE77F8"/>
+    <w:rsid w:val="00C028FA"/>
+    <w:rsid w:val="00C03AD7"/>
+    <w:rsid w:val="00C31D62"/>
+    <w:rsid w:val="00C406CF"/>
+    <w:rsid w:val="00C601C1"/>
+    <w:rsid w:val="00C877F1"/>
+    <w:rsid w:val="00C93FDB"/>
+    <w:rsid w:val="00C96DC9"/>
+    <w:rsid w:val="00CA5318"/>
+    <w:rsid w:val="00CB67F1"/>
     <w:rsid w:val="00CF6F02"/>
     <w:rsid w:val="00CF752F"/>
     <w:rsid w:val="00D002F6"/>
-    <w:rsid w:val="00D05F12"/>
     <w:rsid w:val="00D20973"/>
     <w:rsid w:val="00D4193B"/>
-    <w:rsid w:val="00D634B5"/>
+    <w:rsid w:val="00D52BDA"/>
     <w:rsid w:val="00D70BA9"/>
     <w:rsid w:val="00D82550"/>
+    <w:rsid w:val="00D82F1C"/>
     <w:rsid w:val="00DB5B96"/>
     <w:rsid w:val="00DC0123"/>
-    <w:rsid w:val="00DC284F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD058A"/>
+    <w:rsid w:val="00DE751C"/>
+    <w:rsid w:val="00DF17EC"/>
     <w:rsid w:val="00E04FB3"/>
+    <w:rsid w:val="00E10385"/>
     <w:rsid w:val="00E42806"/>
-    <w:rsid w:val="00EA7ECB"/>
-    <w:rsid w:val="00EB236E"/>
     <w:rsid w:val="00EB65DD"/>
-    <w:rsid w:val="00EB7E4B"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FA40D2"/>
+    <w:rsid w:val="00EC29C0"/>
+    <w:rsid w:val="00EC4BC6"/>
+    <w:rsid w:val="00EC63B3"/>
+    <w:rsid w:val="00F44A32"/>
+    <w:rsid w:val="00F922FC"/>
+    <w:rsid w:val="00FA25E2"/>
+    <w:rsid w:val="00FB3125"/>
+    <w:rsid w:val="00FD09FD"/>
+    <w:rsid w:val="00FD5745"/>
+    <w:rsid w:val="00FE535F"/>
+    <w:rsid w:val="00FF2EDD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1C2E7BEB"/>
-  <w15:docId w15:val="{678EC187-1188-4C91-A40A-8B8B0DFE1D15}"/>
+  <w14:docId w14:val="3107B3C6"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F2707C07-532E-4398-A271-651F3C70A090}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11536,106 +12121,106 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0081632B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="Akapit z listą BS,Bullets,IBL List Paragraph,List Paragraph (numbered (a)),List Paragraph 1,List Paragraph nowy,List_Paragraph,Multilevel para_II,NUMBERED PARAGRAPH,Numbered List Paragraph,Абзац списка1,ПАРАГРАФ,без абзаца,маркированный"/>
+    <w:aliases w:val="маркированный,Абзац списка1,без абзаца,ПАРАГРАФ,Bullets,List Paragraph (numbered (a)),NUMBERED PARAGRAPH,List Paragraph 1,List_Paragraph,Multilevel para_II,Akapit z listą BS,IBL List Paragraph,List Paragraph nowy,Numbered List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0081632B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
     <w:rsid w:val="0081632B"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Знак Знак,Знак4,Знак4 Знак,Знак4 Знак Знак,Знак4 Знак Знак Знак Знак,Обычный (Web),Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1,Обычный (веб)1"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0081632B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="454"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Обычный (веб) Знак"/>
-    <w:aliases w:val="Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак Знак Знак Знак,Обычный (Web) Знак,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="0081632B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0081632B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
@@ -12199,51 +12784,51 @@
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal11">
     <w:name w:val="Table Normal11"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0081632B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Абзац списка Знак"/>
-    <w:aliases w:val="Akapit z listą BS Знак,Bullets Знак,List Paragraph (numbered (a)) Знак,List Paragraph 1 Знак,List_Paragraph Знак,Multilevel para_II Знак,NUMBERED PARAGRAPH Знак,Абзац списка1 Знак,ПАРАГРАФ Знак,без абзаца Знак,маркированный Знак"/>
+    <w:aliases w:val="маркированный Знак,Абзац списка1 Знак,без абзаца Знак,ПАРАГРАФ Знак,Bullets Знак,List Paragraph (numbered (a)) Знак,NUMBERED PARAGRAPH Знак,List Paragraph 1 Знак,List_Paragraph Знак,Multilevel para_II Знак,Akapit z listą BS Знак"/>
     <w:link w:val="112"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0081632B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="0081632B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff0">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -12269,130 +12854,109 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0081632B"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="haschanges">
     <w:name w:val="haschanges"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="0081632B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cor">
     <w:name w:val="cor"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="0081632B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="style-scope">
     <w:name w:val="style-scope"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="0081632B"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="-251">
-[...73 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1484467513">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="712777168">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1933590455">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1773234533">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -12402,86 +12966,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -12625,66 +13189,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2667</Words>
-  <Characters>15207</Characters>
+  <Words>2665</Words>
+  <Characters>15196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>126</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17839</CharactersWithSpaces>
+  <CharactersWithSpaces>17826</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Каринова Шолпан Танатовна</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>