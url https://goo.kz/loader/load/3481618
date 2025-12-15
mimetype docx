--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,2030 +1,4310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="48a8020" w14:textId="48a8020">
-[...4 lines deleted...]
-        <w15:collapsed w:val="false"/>
+    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2057400" cy="571500"/>
+            <wp:extent cx="1000125" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2057400" cy="571500"/>
+                      <a:ext cx="1000125" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...264 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске асыратын білім беру ұйымдарына оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қабылдаудың үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 564 бұйрығы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17553 болып тіркелді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының 11) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Қоса беріліп оты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рған Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына қабылдаудың үлгілік қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі жән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның кө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бликалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="4209"/>
+        <w:gridCol w:w="6497"/>
+        <w:gridCol w:w="3579"/>
+        <w:gridCol w:w="328"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00B10850">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="406" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>     </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министр образования и науки </w:t>
+              <w:t xml:space="preserve"> Қазақстан Республикасыны</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>ң</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...11 lines deleted...]
-                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Е. Сагадиев</w:t>
-[...10 lines deleted...]
-</w:t>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...18 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="00B10850">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>приказом Министра</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>образования и науки</w:t>
+              <w:t>2018 жылғы 12 қазандағы</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FA5937">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 12 октября 2018 года № 564</w:t>
+              <w:t>№ 564 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FA5937" w:rsidRDefault="00FA5937" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. Осы Бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі - Қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңы 5 бабының 11) тармағына (бұдан әрі - Заң) сәйкес әзірленді және меншік нысаны мен вед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>омстволық бағыныстылығына қарамастан, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан әрі - білім беру ұйымдары) оқуға қабылдау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Білім беру ұйымдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқуға қабылдауды Қазақстан Республикасының Конституциясына, Заңға, осы Қағидаларға, өзге де нормативтік құқықтық актілерге, сондай-ақ олардың негізінде әзірленген білім беру ұйымдарының жарғыларына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Білім алушылардың қатарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдарының басшылары Қазақстан Республикасы Білім және ғылым министрінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>2016 жылғы 28 қаңтардығы № 93 бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13227 болып тіркелген) бекітілген білім беру қызметтерін көрсетудің үлгілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шартына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>білім беру қызметтерін көрсету үшін балалардың немесе білім алушылардың ата-аналарымен немесе өзге де заңды өкілдерімен шарт жасайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z17"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Ерекше білім берілуіне қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-анасының немесе өзге заңды өкілдерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>келісімімен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық-медициналық-психологиялық консультация қорытындысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ескеріле отырып жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Баланың немесе білім алушының ата-аналары немесе өзге де заңды өкілдері баланың немесе білім алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>шының қалауын, жеке қабілетін ескере отырып, білім беру ұйымын таңдайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Білім беру ұйымына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>оқуға қабылдаудан бас тартылған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушының ата-анасы немесе өзге заңды өкілдері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>тұрғылықты жері бойынша білім беруді басқарудың жергілікті орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>андарына жүгінеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5937" w:rsidRDefault="00FA5937" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2-бөлім.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдары дайындық деңгейіне қарамастан, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>білім беру ұйымының қызмет көрсету аумағында тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, ағымдағы күнтізбелік жылы алты жасқа толатын барлық балалардың бірінші сыныпқа қабылдануын қам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>тамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Бірінші сыныпқа балаларды қабылдау үшін мынадай құжаттар қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-анасынан және өзге де заңды өкілдерінен өтініш (еркін түрде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD487F" w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі нұсқаулықты бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кеу тізілімінде № 2423 болып тіркелген) бекітілген № 026/у-3 нысаны бойынша денсаулық жағдайы туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD487F" w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>№ 063/у нысан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қ актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) бекітілген № 063/у нысаны бойынша денсаулық жағдайы туралы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 көлеміндегі фото - екі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інші сыныбына баратын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың ата-аналарынан немесе өзге де заңды өкілдерінен осы тармақта көрсетілген құжаттарды қабылдау ағымдағы күнтізбелі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD487F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к жылдың 1 маусымы мен 30 тамызы аралығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Балаларды мамандандырылған білім беру ұйымдарынан, гимназиялар мен лицейлерден басқа бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ыныбына қабылдау кезінде емтихандар, тестілеулер, сынақтар, конкурстар жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі мекемелерде болмаған немесе мектепалды даярлықтан өтпеген балалар үшін білім беру ұйымдары оқу жылы басталғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін даярлық курстарын ұйымдастыра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім алушыларды бастауыш және негізгі орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының екінші, үшінші, төртінші, бесінші, алтыншы, жетінші, сегізінші, тоғызыншы сыныптарына қабылдау білім беру ұйымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ың қызмет көрсету аумағында т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұратын бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім алушылардың қолжетімділігін қамтамасыз ете отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының оныншы, он бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші сыныптарына білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ушыларды қабылдау білім беру ұйымының қызмет көрсету аумағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып және білім алушының жеке өтінішінің не олардың ата-аналарының немесе өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінің өтінішінің және негізгі орта білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы мемлекеттік үлгідегі құжатының негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініштерді қабылдау негізгі орта бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім туралы мемлекеттік үлгідегі құжатты бергеннен кейін басталады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Білім алушыларды гимназиялардың, лицейлердің оныншы, он бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інші сыныпт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арына қабылдау гимназияның, лицейдің жарғысына сәйкес аталған білім беру ұйымдары түрлерінің қызмет көрсету аумағы ескерілместен білім алушының жеке өтінішінің не олардың ата-аналарының немесе өзге де заңды өкілдерінің өтініші және негізгі орта білім турал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы мемлекеттік үлгідегі құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гимназиялар және лицейлер білім беру ұйымдарының қызмет көрсету аумағында тұратын білім алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімділігін қамтамасыз ете отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасының мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детті білім беру стандарттарында айқындалған міндетті білім көлемін алуын қамтамасыз ету үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беретін сыныптарды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамандандырылған білім беру ұйымдарына оқуға қабылдау конкурс негізінде жүзеге асырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Маманданд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ырылған білім беру ұйымдары оқуға қабылдаудың қосымша конкурстық турларын белгілейді. Білім алушыларды і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іктеудің мазмұны мен нысаны, қабылдау, ауыстыру және бітіру тәртібі аталған білім беру ұйымының жарғысына сәйкес жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>16.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Маманданды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рылған білім беру ұйымдарының қабылдау конкурсын өткізу үшін құжаттарды қабылдау жөніндегі комиссия құрылады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау жөніндегі комиссия мамандандырылған білім беру ұйымдарының педагог қызметкерлері және басқа да мамандары қатарынан құрылады жә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>не мамандандырылған білім беру ұйымы басшысының бұйрығымен бекітіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурстық іріктеуге қатысу үшін қабылдау комиссиясына келесі құжаттар ұсынылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-анасының (заңды өкілінің) өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖСН көрсетілген (қоса бер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ілген) туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарының мөрімен бекітілген оқудағы жетістіктерін растайтын құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3х4 көлеміндегі екі фотосурет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="005C46F2" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бекітілген мерзімнен кеш ұсынылған өтініш конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысуға құжаттарды қабылдамауға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="005C46F2" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мамандандырылған білім беру ұйымдарына конкурстық іріктеуден өтуге құжаттарды қабылдау ағымдағы жылдың </w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>10 мамырына дейін жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00030F2F" w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттарды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қабылдау туралы ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маманд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">андырылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында орналастырылады және (немесе) бұқаралық ақпарат құралдарында жарияланады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім алушыларды мамандандырылған білім беру ұйымдарында оқуға қабылдаудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ашықтығын қамтамасыз ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін, қажет болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда ғимаратқа, аудиторияға және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурстық іріктеу өтетін орындарға кіргізу кезінде пайдаланылатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>бейнебақылау және дыбыстық жазба жүйелері орнатылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Конкурстық іріктеудің қорытындылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурстық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>іріктеу өткеннен кейін келесі күннен кеш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>іктірмей мамандандырылған білім беру ұйымының интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>23.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурстық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>іріктеу өткеннен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>бес күн ішінде негізгі және резервтік тізімдер жасалады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>қабылдау комиссиясының хаттамасымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...804 lines deleted...]
-      21. Для обеспечения прозрачности приема обучающихся на обучение в специализированные организации образования при необходимости устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030F2F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030F2F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Маманданд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ырылған білім беру ұйымдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34BFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>қабылданғандардың негізгі тізімін қабылданатын сынып-комплектілер санына қарай қабылдау комиссиясы жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      22. Итоги конкурсного отбора размещаются на интернет-ресурсе специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Үміткерлердің резервтік тізімі алған балл сандары бойынша балдарының кемуі ретіне қарай негізгі бос орындарға кі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рмеген (10 адамнан кем емес) конкурсқа қатысушылардан құрылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00030F2F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мамандандырылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34BFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарына оқуға қабылдау туралы шешім педагогикалық кеңес хаттамасымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34BFA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ресімделед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5937">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>і.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...83 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...9 lines deleted...]
-    <w:sectPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B10850" w:rsidSect="00FA5937">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00B10850"/>
+    <w:rsid w:val="00030F2F"/>
+    <w:rsid w:val="005C46F2"/>
+    <w:rsid w:val="00A34BFA"/>
+    <w:rsid w:val="00B10850"/>
+    <w:rsid w:val="00BD487F"/>
+    <w:rsid w:val="00FA5937"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA5937"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA5937"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>1676</Words>
+  <Characters>9556</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>11210</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>