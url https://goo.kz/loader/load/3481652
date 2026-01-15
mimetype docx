--- v0 (2025-12-08)
+++ v1 (2026-01-15)
@@ -10,107 +10,107 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3926"/>
         <w:gridCol w:w="1467"/>
         <w:gridCol w:w="3962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00056762" w:rsidRPr="00AD41A3" w14:paraId="2FEE722A" w14:textId="77777777" w:rsidTr="00982B36">
+      <w:tr w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidTr="00982B36">
         <w:trPr>
           <w:trHeight w:val="999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A8104A" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A85C4C5" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шапық Шөкин атындағы жалпы орта білім беру гимназия-мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="38DA83E5" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67FD0234" wp14:editId="704A6219">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="446E9742" wp14:editId="61AD9A50">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-2710815</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1446847</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6480175" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="15875" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="42" name="Прямая соединительная линия 42"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
                               <a:cxnSpLocks noChangeShapeType="1"/>
                             </wps:cNvCnPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="6480175" cy="0"/>
                               </a:xfrm>
@@ -135,840 +135,764 @@
                                 </a:ext>
                                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:effectLst>
                                       <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                         <a:srgbClr val="7F7F7F"/>
                                       </a:outerShdw>
                                     </a:effectLst>
                                   </a14:hiddenEffects>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:line w14:anchorId="6CD77945" id="Прямая соединительная линия 42" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-213.45pt,113.9pt" to="296.8pt,113.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy64suygIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHazcZ0narE2jtdOWptzw&#10;M2lDXLux01gkdmS7TSeEBFwj7RF4BS5AmjTgGdI34thtwzpuEForRcc+Pp+/853jc3K6rkq0olIx&#10;wcdOcOQ7iPJMEMYXY+f11cyNHKQ05gSXgtOxc02Vczp5+uSkqWPaE4UoCZUIQLiKm3rsFFrXseep&#10;rKAVVkeiphycuZAV1rCUC49I3AB6VXo93x94jZCkliKjSsHudOt0JhY/z2mmX+W5ohqVYwe4afuV&#10;9js3X29yguOFxHXBsh0N/B8sKsw4XNpBTbHGaCnZX1AVy6RQItdHmag8kecsozYHyCbwH2RzWeCa&#10;2lxAHFV3MqnHg81eri4kYmTshD0HcVxBjdovmw+bm/ZH+3VzgzYf21/t9/Zbe9v+bG83n8C+23wG&#10;2zjbu932DYJw0LKpVQyQCb+QRo1szS/r5yJ7qxAXSYH5gtqcrq5ruCcwEd5BiFmoGhjNmxeCwBm8&#10;1MIKu85lZSBBMrS29bvu6kfXGmWwOQgjPxgeOyjb+zwc7wNrqfQzKipkjLFTMm6kxTFePVfaEMHx&#10;/ojZ5mLGytK2R8lRA2x7Q9+3EUqUjBivOafkYp6UEq2w6TD7s2mB5/4xKZacWLSCYpLubI1ZubXh&#10;9pIbPGqbdksJVmsNpt2HHG1DvRv5ozRKo9ANe4PUDf3p1D2bJaE7mEHu0/40SabBe0M0COOCEUK5&#10;4bpv7iD8t+bZPbNtW3bt3aniHaJb+YDsIdOz2bE/DPuROxwe992wn/rueTRL3LMkGAyG6Xlynj5g&#10;mtrs1eOQ7aQ0rMRSU3lZkAYRZurfi/ojmE2EwTDoR/7AHw0dhMsFTLFMSwdJod8wXdh2NY1mMA5q&#10;PZyZ/67WHfpWiH0Nzaqrwi63P1JBzff1ta/ANP72Cc0Fub6Q+9cBT98G7caUmS3312DfH6aT3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAaZ5aLiAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQ&#10;hu+C77CM4K3dNdpoYjZFhYogHqxF7W2bjElodnbJbtvo0zuCoMeZ+fjn+4v5aHuxxyF0jjScTRUI&#10;pMrVHTUaVi+LyRWIEA3VpneEGj4xwLw8PipMXrsDPeN+GRvBIRRyo6GN0edShqpFa8LUeSS+fbjB&#10;msjj0Mh6MAcOt71MlEqlNR3xh9Z4vGux2i53VoN/XX0tHtTj7fa9e8vW6ml2j36t9enJeHMNIuIY&#10;/2D40Wd1KNlp43ZUB9FrmFwkacashiS55BKMzLLzFMTmdyPLQv4vUX4DAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAsuuLLsoCAACUBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEABpnlouIAAAAMAQAADwAAAAAAAAAAAAAAAAAkBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAADMGAAAAAA==&#10;" strokeweight="1pt">
                       <v:shadow color="#7f7f7f" offset="1pt"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3202C93A" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа-гимназия имени Шапық Шөкин города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00503A42">
+              <w:t xml:space="preserve">«Средняя общеобразовательная школа-гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00503A42">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>имени Шапық Шөкин города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00056762" w:rsidRPr="00AD41A3" w14:paraId="40308D6E" w14:textId="77777777" w:rsidTr="00982B36">
+      <w:tr w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidTr="00982B36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699E82A8" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0107593A" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F6B2A8" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00056762" w:rsidRPr="00AD41A3" w14:paraId="44D5CC4B" w14:textId="77777777" w:rsidTr="00982B36">
+      <w:tr w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidTr="00982B36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21AE955C" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҰЙРЫҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41A4A4DE" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6455A633" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD41A3">
+            <w:r w:rsidRPr="00503A42">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ПРИКАЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00056762" w:rsidRPr="00AD41A3" w14:paraId="5C392212" w14:textId="77777777" w:rsidTr="00982B36">
+      <w:tr w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidTr="00982B36">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3926" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590B23F3" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1B6EFECA" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C31593D" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00982B36">
+          <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00982B36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16DCED20" w14:textId="4F5359F8" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00056762">
+    <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD41A3">
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   4  сентябрь  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B7915">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2023г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B7915">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   4  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD41A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D209DE">
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қыркүйек</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  2023</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD41A3">
+        <w:t>1-22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
         <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="34819D46" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00056762">
+        </w:rPr>
+        <w:t>/_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00503A42" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD41A3">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     Павлодар қаласы                                                                                                    г. Павлодар</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B7B4631" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00056762">
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Павлодар қаласы                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00503A42">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      г. Павлодар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="765"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7340B5BE" w14:textId="77777777" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00056762" w:rsidP="00056762">
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="765"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6BF3BE33" w14:textId="0BDA02F3" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00C63C4C" w:rsidP="00056762">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О назначении ответственных лиц </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00AD41A3">
+        <w:t>в</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00056762" w:rsidRPr="00735135">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="08FFD5BE" w14:textId="77777777" w:rsidR="00AD41A3" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+        </w:rPr>
+        <w:t xml:space="preserve"> целях выполнения приказа Министерства образования и науки Республики Казахстан от 27 мая 2020 года № 223 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="00D49947" w14:textId="6DF2D035" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРИКАЗЫВАЮ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Назначить ответственными лицами за оказание государственных услуг: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...31 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Мусабаеву Р.О. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- «Выдача дубликатов об основном среднем, общем среднем образовании» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...31 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шлейхер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.М. — «Прием документов для организации индивидуального обучения на дому» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...47 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бабашаикову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.С. — «Прием документов для прохождения аттестации педагогических работников» - «Прием документов и зачисления в организации образования» - «Прием документов для перевода детей между организациями» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...47 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бостекпаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.В. — «Предоставление бесплатного и льготного питания отдельным катег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ориям обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» - «Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольном лагерях». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...15 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Ответственным лицам согласно нормативным документам разместить информацию на сайте школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRPr="00735135" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="78C602BE" w14:textId="6B329F82" w:rsidR="00056762" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00735135">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением приказа возлагаю на себя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00056762" w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t>Руководитель                                                    С. Завальная</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="0E18BD59" w14:textId="77777777" w:rsidR="00AD41A3" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E7D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>Ознакомлены</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="61DA16E0" w14:textId="77777777" w:rsidR="00AD41A3" w:rsidRPr="00AD41A3" w:rsidRDefault="00AD41A3" w:rsidP="00056762">
+        </w:rPr>
+        <w:t>: Мусабаева Р.О.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00056762" w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t>Бабашаикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t xml:space="preserve"> К.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00056762" w:rsidRPr="00AD41A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t>Бостекпаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00AD41A3" w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t xml:space="preserve"> О.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056762" w:rsidRDefault="00056762" w:rsidP="00056762">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t>Шлейхер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-    <w:sectPr w:rsidR="00730946" w:rsidRPr="00AD41A3">
+        </w:rPr>
+        <w:t xml:space="preserve"> В.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00730946" w:rsidRDefault="00730946"/>
+    <w:sectPr w:rsidR="00730946">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -983,80 +907,77 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00056762"/>
     <w:rsid w:val="00056762"/>
-    <w:rsid w:val="00447870"/>
     <w:rsid w:val="00730946"/>
     <w:rsid w:val="008467FF"/>
-    <w:rsid w:val="00AD41A3"/>
-    <w:rsid w:val="00FA22BC"/>
+    <w:rsid w:val="00C63C4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0E312653"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1722,69 +1643,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>286</Words>
-  <Characters>1631</Characters>
+  <Words>285</Words>
+  <Characters>1626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1914</CharactersWithSpaces>
+  <CharactersWithSpaces>1908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айя Жумадилова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>