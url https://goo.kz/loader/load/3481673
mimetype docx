--- v0 (2025-12-13)
+++ v1 (2025-12-13)
@@ -135,61 +135,51 @@
       </w:r>
       <w:r w:rsidRPr="00D41F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рейтинг</w:t>
       </w:r>
       <w:r w:rsidR="00D41F0E" w:rsidRPr="00D41F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> качества</w:t>
       </w:r>
       <w:r w:rsidRPr="00894665">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00894665" w:rsidRPr="00894665" w:rsidRDefault="00894665" w:rsidP="00894665">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894665">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Формула, по которой подсчитывается рейтинг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -254,51 +244,69 @@
     </w:p>
     <w:p w:rsidR="007704E3" w:rsidRPr="00894665" w:rsidRDefault="00894665" w:rsidP="00894665">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00894665">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Рейтинг</w:t>
       </w:r>
       <w:r w:rsidRPr="00894665">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = n (кол-во призеров на области) * 0,2 + n (кол-во призеров на области) * 0,3</w:t>
+        <w:t xml:space="preserve"> = n (кол-во призеров на </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF52E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городе</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00894665">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) * 0,2 + n (кол-во призеров на области) * 0,3</w:t>
       </w:r>
       <w:r w:rsidR="00481454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + </w:t>
       </w:r>
       <w:r w:rsidR="00481454" w:rsidRPr="00894665">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> n (кол-во призеров на </w:t>
       </w:r>
       <w:r w:rsidR="00481454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>республике</w:t>
       </w:r>
@@ -314,90 +322,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007704E3" w:rsidRPr="00894665">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="79"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0060623E"/>
     <w:rsid w:val="00083E19"/>
     <w:rsid w:val="00481454"/>
     <w:rsid w:val="0060623E"/>
     <w:rsid w:val="00894665"/>
     <w:rsid w:val="00B324E4"/>
     <w:rsid w:val="00D41F0E"/>
     <w:rsid w:val="00DC30B2"/>
+    <w:rsid w:val="00EF52E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1060,57 +1069,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>89</Words>
-  <Characters>509</Characters>
+  <Characters>508</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>597</CharactersWithSpaces>
+  <CharactersWithSpaces>596</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Жумагуль</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>