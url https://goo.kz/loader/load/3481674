--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -862,51 +862,60 @@
     <w:p w:rsidR="00EC6125" w:rsidRPr="002448D6" w:rsidRDefault="002A0244" w:rsidP="002448D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. </w:t>
       </w:r>
       <w:r w:rsidR="00EC6125" w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конкурс  проводится  </w:t>
+        <w:t> Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6125" w:rsidRPr="002448D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится  </w:t>
       </w:r>
       <w:r w:rsidR="00C16F3D" w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дистанционно.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC6125" w:rsidRPr="002448D6" w:rsidRDefault="002A0244" w:rsidP="002448D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -1066,60 +1075,62 @@
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.93@</w:t>
         </w:r>
         <w:r w:rsidRPr="002448D6">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
         <w:r w:rsidRPr="002448D6">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002448D6">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A0244" w:rsidRPr="002448D6" w:rsidRDefault="002A0244" w:rsidP="002448D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002448D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -2724,2782 +2735,75 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="009D2629" w:rsidRPr="0012216A" w:rsidRDefault="009D2629" w:rsidP="00FE50B7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0012216A" w:rsidRDefault="0012216A" w:rsidP="0012216A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E357D4" w:rsidRDefault="00E357D4" w:rsidP="0012216A">
-[...2678 lines deleted...]
-    <w:sectPr w:rsidR="00E357D4" w:rsidRPr="00E357D4" w:rsidSect="00EC6125">
+    <w:sectPr w:rsidR="0012216A" w:rsidSect="00EC6125">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2CE76751"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27E6FE24"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5558,356 +2862,103 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...236 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E7257"/>
     <w:rsid w:val="000863B4"/>
     <w:rsid w:val="0012216A"/>
-    <w:rsid w:val="0014517D"/>
-    <w:rsid w:val="001B12DE"/>
     <w:rsid w:val="001E7257"/>
     <w:rsid w:val="002448D6"/>
     <w:rsid w:val="002A0244"/>
-    <w:rsid w:val="0043601B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005D0A99"/>
     <w:rsid w:val="005E6A4F"/>
     <w:rsid w:val="006D4868"/>
     <w:rsid w:val="0079203E"/>
     <w:rsid w:val="007F559B"/>
     <w:rsid w:val="009D2629"/>
     <w:rsid w:val="00A55563"/>
     <w:rsid w:val="00AE325F"/>
-    <w:rsid w:val="00B21475"/>
-    <w:rsid w:val="00BC040D"/>
     <w:rsid w:val="00C16F3D"/>
     <w:rsid w:val="00DB41A0"/>
-    <w:rsid w:val="00E135FC"/>
     <w:rsid w:val="00E2113B"/>
-    <w:rsid w:val="00E357D4"/>
     <w:rsid w:val="00EC6125"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6034,69 +3085,50 @@
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E2113B"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -6123,326 +3155,55 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00EC6125"/>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A0244"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...131 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...136 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seylhan.pvl.93@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -6710,66 +3471,66 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F99041AA-E37A-484B-BC4E-69F7BE318888}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5788</Characters>
+  <Pages>2</Pages>
+  <Words>497</Words>
+  <Characters>2838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6790</CharactersWithSpaces>
+  <CharactersWithSpaces>3329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>