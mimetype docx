--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,2098 +1,2332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00463AF3" w:rsidRPr="007F0A9C" w:rsidRDefault="00463AF3" w:rsidP="00463AF3">
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-32"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Руководитель КГКП ЦЗРДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>____________Мухаметжанова А.Л.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«____»____________2021 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00873627" w:rsidRDefault="00873627" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение городского этапа областного конкурса эссе и стихотворений на антикоррупционную тематику </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Парасатты ұрпақ – ұлт болашағы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Настоящие правила проведения городского этапа областного конкурса эссе и стихотворений на антикоррупционную тематику «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Парасатты ұрпақ – ұлт болашағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936FA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>» (далее – Конкурс) определяют цель, задачи, формат, порядок его организации, проведения и подведения итогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Цель: привлечение школьников к участию в антикоррупционной деятельности, повышение правовой грамотности в сфере противодействия коррупции, формирование основ нравственности и антикоррупционного мировоззрения, развития гражданской инициативы учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. Задачи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- реализация мер, направленных на духовно-нравственное и гражданско-патриотическое воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRDefault="00936FA5" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>укрепление доверия школьников к институтам государственной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00936FA5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Участники конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В конкурсе принимают участие учащиеся от 13 до 18 лет общеобразовательных школ города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок проведения конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRPr="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936FA5" w:rsidRPr="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FE713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRPr="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">первый этап (отборочный) – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>городской с 10 по 19 ноября 2021 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE713B" w:rsidRDefault="00FE713B" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">второй этап – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE713B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>областной конкурс 24 ноября 2021 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64793" w:rsidRDefault="00C64793" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">подведение итогов Конкурса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64793">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25 ноября 2021 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C64793" w:rsidRDefault="00C64793" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C64793">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Эссе и стихотворение направляются на электронную почту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00CE2975">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>massovyy</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C64793">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CE2975">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>otdel</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C64793">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CE2975">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C64793">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CE2975">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C64793">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64793">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с пометкой «Конкурс эссе, стихотворение»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 19 ноября </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRDefault="003D0222" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>От одного участника может быть направлено не более одного эссе и стихотворение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRPr="0046251E" w:rsidRDefault="003D0222" w:rsidP="00FE713B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для проведения конкурса создается оргкомитет. В задачи оргкомитета входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азработка порядка и процедуры проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нформирование учащихся о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>существление функции жюри конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одготовка протокола по итогам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одведение итогов по итогам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRPr="0046251E" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аграждение победителей конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="0046251E">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D0222">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Требования к эссе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4.1. Представленные на Конкурс эссе должны соответствовать следующим требованиям к содержанию и оформлению:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- соответствовать теме конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0222" w:rsidRDefault="003D0222" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA12B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отражать индивидуальную позицию автора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- демонстрировать умение автора обосновывать свои суждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4.2. Конкурсная работа может быть выполнена на казахском, русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Работа в формате </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, интервал 1,0 шрифт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA12B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA12B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 14 кегль. Объем работы не должен превышать 2 листа. При использовании цитат. Иных мнений, в сносках указывается источник высказывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4.3. Требования к оформлению титульного листа эссе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- полное наименование образовательного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- тема;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- данные об авторе: фамилия, имя, отчество, номер контактного телефона, электронная почта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- сведения о руководителе, оказавшем консультативную или методическую помощь (если таковой имеется).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRDefault="00E751D0" w:rsidP="00E751D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4.4.  Эссе, выполненные с нарушением требований настоящего Положения, жюри Конкурса имеет право не рассматривать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E751D0" w:rsidRDefault="00E751D0" w:rsidP="00E751D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E751D0" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Требования к стихотворению:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006458B3" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.1. К участию принимаются произведения только собственного сочинения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006458B3" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.2. Стихотворение может быть выполнено на казахском, русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006458B3" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.3. Объем: от 8 до 32 зарифмованных стихотворных строк.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006458B3" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5.4. Формат: шрифт – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006458B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006458B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, размер шрифта – 14 пт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006458B3" w:rsidRDefault="006458B3" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5.5. Ко всем работам должно быть приложено </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7DF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">описание, содержащее: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7DF4" w:rsidRDefault="004C7DF4" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- ФИО автора произведения, дата рождения, место учебы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7DF4" w:rsidRDefault="004C7DF4" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- Лаконичное название;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7DF4" w:rsidRDefault="004C7DF4" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- Контактная информация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7DF4" w:rsidRDefault="004C7DF4" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.6. Участник, в работе которого прослеживается несамостоятельность создания поэтического произведения, отстраняется от участия в Конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E10FB" w:rsidRDefault="005E10FB" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.7. Работы поступившие позднее 19 ноября 2021 года, не рассматриваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E10FB" w:rsidRDefault="005E10FB" w:rsidP="006458B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="005E10FB" w:rsidP="0046251E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Подведение итогов конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E10FB" w:rsidRPr="005E10FB" w:rsidRDefault="0046251E" w:rsidP="0046251E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам Конкурса члены жюри определяют победителей. Победители награждаются дипломами  </w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB" w:rsidRPr="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB" w:rsidRPr="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="005E10FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> степеней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA12B9" w:rsidRPr="00690CD6" w:rsidRDefault="00CA12B9" w:rsidP="003D0222">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00463AF3" w:rsidRPr="007F0A9C" w:rsidRDefault="00463AF3" w:rsidP="00463AF3">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар дарыны»</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00463AF3" w:rsidRPr="007F0A9C" w:rsidRDefault="00463AF3" w:rsidP="00463AF3">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> БУҚБДДО МҚКК</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00463AF3" w:rsidRPr="007F0A9C" w:rsidRDefault="00463AF3" w:rsidP="00463AF3">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшысы</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________ А.Л.Мухаметжанова</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F0A9C">
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«____»___________2021ж</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046251E" w:rsidRDefault="0046251E" w:rsidP="007F0A9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1817 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId4"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0046251E" w:rsidSect="0046251E">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="009B203A" w:rsidRDefault="009B203A" w:rsidP="00690CD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="009B203A" w:rsidRDefault="009B203A" w:rsidP="00690CD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00690CD6" w:rsidRDefault="00F77CEF">
+  <w:p w:rsidR="00690CD6" w:rsidRDefault="00690CD6">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00690CD6" w:rsidRPr="00690CD6" w:rsidRDefault="00F77CEF">
+  <w:p w:rsidR="00690CD6" w:rsidRPr="00690CD6" w:rsidRDefault="00690CD6">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="a7"/>
       <w:rPr>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="009B203A" w:rsidRDefault="009B203A" w:rsidP="00690CD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="009B203A" w:rsidRDefault="009B203A" w:rsidP="00690CD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0BAE4302"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC3ECCFE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="750C176B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F0E7404"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1426" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="69"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="108"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00463AF3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F77CEF"/>
+    <w:rsidRoot w:val="00936FA5"/>
+    <w:rsid w:val="0010603F"/>
+    <w:rsid w:val="002E661D"/>
+    <w:rsid w:val="003D0222"/>
+    <w:rsid w:val="004330C4"/>
+    <w:rsid w:val="0046251E"/>
+    <w:rsid w:val="004C7DF4"/>
+    <w:rsid w:val="005060A9"/>
+    <w:rsid w:val="005E10FB"/>
+    <w:rsid w:val="006458B3"/>
+    <w:rsid w:val="00690CD6"/>
+    <w:rsid w:val="007F0A9C"/>
+    <w:rsid w:val="00873627"/>
+    <w:rsid w:val="00936FA5"/>
+    <w:rsid w:val="009B203A"/>
+    <w:rsid w:val="00B61F71"/>
+    <w:rsid w:val="00C64793"/>
+    <w:rsid w:val="00CA12B9"/>
+    <w:rsid w:val="00E751D0"/>
+    <w:rsid w:val="00E8105A"/>
+    <w:rsid w:val="00FE713B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2217,114 +2451,161 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00873627"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="footer"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C64793"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003D0222"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00463AF3"/>
+    <w:rsid w:val="00690CD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00690CD6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00690CD6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00463AF3"/>
+    <w:rsid w:val="00690CD6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2566,59 +2847,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B8207B5-1391-4CE0-A769-6D084AFBA00A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>522</Words>
-  <Characters>2981</Characters>
+  <Words>553</Words>
+  <Characters>3156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3497</CharactersWithSpaces>
+  <CharactersWithSpaces>3702</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>