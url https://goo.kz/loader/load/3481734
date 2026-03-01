--- v0 (2025-12-12)
+++ v1 (2026-03-01)
@@ -1,3657 +1,4205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EE2902" w:rsidRPr="00F43533" w:rsidRDefault="00EE2902" w:rsidP="00EE2902">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00F43533" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43533">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-        <w:t>УТВЕРЖДАЮ</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЕКІТЕМІН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE2902" w:rsidRPr="00F43533" w:rsidRDefault="00EE2902" w:rsidP="00EE2902">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00F43533" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                    И.о. руководителя </w:t>
+        <w:t xml:space="preserve">                                                                                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00F43533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F43533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>Г</w:t>
-      </w:r>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F43533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>КП «ЦЗРДО</w:t>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE2902" w:rsidRPr="00F43533" w:rsidRDefault="00EE2902" w:rsidP="00EE2902">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00F43533" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                    </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F43533">
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-        <w:t>«Павлодар дарыны»</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БУҚБДДО КМҚК басшы м.а.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43533">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE2902" w:rsidRPr="00F43533" w:rsidRDefault="00EE2902" w:rsidP="00EE2902">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00F43533" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                     _______ Кунанбаева А.Т</w:t>
+        <w:t xml:space="preserve">                                                                                      «___»  ______________2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00F43533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F43533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                      «___»  ______________2021</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> г.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE2902" w:rsidRDefault="00EE2902" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8962"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D223E6" w:rsidRDefault="000C3C03" w:rsidP="00ED3020">
-[...589 lines deleted...]
-    <w:p w:rsidR="005E568A" w:rsidRDefault="005C4ECE" w:rsidP="005E568A">
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED3020">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">3. Порядок проведения </w:t>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әуелсіздігінің 30 жылдығына арналған </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E568A" w:rsidRDefault="005E568A" w:rsidP="005E568A">
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Тәуелсіз Қазақстан: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әдениет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зияткерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>марафонын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00204302" w:rsidRPr="005E568A" w:rsidRDefault="005C4ECE" w:rsidP="005E568A">
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕРЕЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E568A">
-[...8 lines deleted...]
-      <w:r w:rsidR="0028278E" w:rsidRPr="005E568A">
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ереже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Тәуелсіз Қазақстан: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдениет"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қашықтықтан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зияткерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>марафонын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру және өткізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зияткерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марафонның ұйымдастырушысы Павлодар қаласы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру бөлімінің "Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бос уа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қамту және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дарындылығын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  орталығы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E568A">
-[...23 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мақсаты мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>індеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- қазақстандық патриотизм мен азаматтықты тәрбиелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстандықтардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін мақтаныш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Отанға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүйіспеншілік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әміздері мен заңдарын құрметтеуге баулу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- өз отанының, өз халқының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, оның әде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғұрыптары мен дәстүрлеріне, мәдениетіне танымдық қызығушылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салауатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бәсекелестік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да өз </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іскерліктерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зияткерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марафон" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>zoom</w:t>
       </w:r>
-      <w:r w:rsidR="00885002" w:rsidRPr="005E568A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үш кезеңде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-іріктеу кезеңі. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43 сұрақтан тұрады. Мұнда викторина қатысушылары Қазақстанның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәуелсіздігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Дұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұпай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00885002" w:rsidRPr="005E568A">
-[...62 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00204302" w:rsidRPr="00ED3020" w:rsidRDefault="00204302" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – "Сұра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аукцион". Бұл кезеңде қатысушылар өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезегінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әміздер, Президент, Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>географиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақ әдебиеті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұрақтар қоятын ұяшықты таңдайды. Дұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін 20 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұпай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00EA0D38" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшінші кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айқауы өтеді. Бұл кезеңде қатысушылар чатқа өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауабын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұпай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстанның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танымал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атаулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA0D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Жүргізуші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">барлық қатысушылар үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытта сұрақтар қояды. Сұрақта иллюстрациялық материалдың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="153" w:afterAutospacing="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C16B0F">
-[...67 lines deleted...]
-        <w:t>За правильный ответ 20 баллов.</w:t>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Сұрақты парақтан немесе компьютер экранынан жүргізуші оқиды. Сұраққа жауап беру үшін қатысушыларға бір минут беріледі. Минуттың аяқталуына 10 секунд қалғанда, қатысушылар қорытынды нұсқаны таңдап және чатқа жауап жазу үшін  жүргізуші  "10 секунд" уақыт  береді. Қазылар алқасы қатысушылардың жауаптарын бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00204302" w:rsidRPr="00ED3020" w:rsidRDefault="00204302" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="153" w:afterAutospacing="0"/>
-[...82 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...82 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">и записать ответ в чат. Жюри оценивают ответы участников. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00885002" w:rsidRPr="00EE2902" w:rsidRDefault="00885002" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="153" w:afterAutospacing="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE2902">
+      <w:r w:rsidRPr="00E95416">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B2658D" w:rsidRPr="00EE2902">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр кезеңнің соңында ең аз ұпай жинаған қатысушылар ойын</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2902">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нан шыға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...40 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC3D46" w:rsidRPr="00EE2902" w:rsidRDefault="0002322D" w:rsidP="00EE2902">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="153" w:afterAutospacing="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0002322D">
-[...6 lines deleted...]
-        <w:t>Подведение итогов</w:t>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды шығару</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-үш турдың қорытындысы есепке алынады, жинаған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...49 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұпай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны бойынша жеңімпаз анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028278E" w:rsidRPr="00ED3020" w:rsidRDefault="00530CA5" w:rsidP="00530CA5">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED3020">
-[...15 lines deleted...]
-        <w:t>. Участники «Интеллектуального марафона»</w:t>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F72A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F72A2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зияткерлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марафонға" қатысушылар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001719C3" w:rsidRDefault="001719C3" w:rsidP="001719C3">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.1. "Зияткерлік марафонға" қаланың жалпы білім беретін мектептерінің 8 сынып оқушылары қатысады (мектептен 3 қатысушыдан артық емес).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Қатысуға өтінімдер келесі </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="004377BC">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "mailto:massovyy.otdel@mail.ru"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="003005E0">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>massovyy.otdel@mail.ru</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  э</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лектрондық  поштаға   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 жылғы 10 желтоқсанға дейін қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Ұйымдастыру және өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.1 "Зияткерлік марафонды" өткізу мерзімі 2021 жылғы 13 желтоқсан сағат 10.00-де zoom платформасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.2. "Интеллектуалды марафонның" қорытындысы "Павлодар дарыны"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БУҚБДДО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтында және Instagram-да жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Қорытындылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.1. Жеңімпаздар мен жүлдегерлер (I, II, III орындар) "Павлодар дарыны"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БУҚБДДО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95416">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дипломдарымен марапатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="00E95416" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осымша 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Тәуелсіздігінің 30 жылдығына арналған "Тәуелсіз Қазақстан: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арих және мәдениет" зияткерлік марафонына қатысуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="0050536C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EC3D46">
-[...666 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10236" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="80"/>
         <w:gridCol w:w="1479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidTr="0075726A">
+      <w:tr w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidTr="004A2E36">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>ФИ участника</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қатысушы ТА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>школа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>класс</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>Язык обучения</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Дети, стоящие на учете </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есепте тұрған балалар </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әлеуметтік </w:t>
+            </w:r>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Социальный статус</w:t>
+              <w:t xml:space="preserve"> статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оның ішінде </w:t>
+            </w:r>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>из них получают АСП</w:t>
+              <w:t xml:space="preserve"> АСП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алатындар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Статус</w:t>
+              <w:t>С</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0075726A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>татус</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="395"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="80" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Ф.И. ответственного педагога, тел</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауапты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог, тел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidTr="0075726A">
+      <w:tr w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidTr="004A2E36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>ОДН</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КТІЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>ВШК</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МІБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«қауіпті топ»</w:t>
+            </w:r>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"Группе риска"</w:t>
+              <w:t xml:space="preserve"> риска"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t>/о</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t>/д</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0075726A">
-[...7 lines deleted...]
-              <w:t>д/с</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>лицей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>гимн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0075726A">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тереңдетілген </w:t>
+            </w:r>
             <w:r w:rsidRPr="0075726A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>углубление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0075726A" w:rsidRPr="0075726A" w:rsidRDefault="0075726A" w:rsidP="0048415E">
+          <w:p w:rsidR="004377BC" w:rsidRPr="0075726A" w:rsidRDefault="004377BC" w:rsidP="004A2E36">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE148E" w:rsidRPr="00ED3020" w:rsidRDefault="00EE148E" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRPr="00ED3020" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F61154" w:rsidRPr="00ED3020" w:rsidRDefault="00F61154" w:rsidP="00ED3020">
+    <w:p w:rsidR="004377BC" w:rsidRPr="0050536C" w:rsidRDefault="004377BC" w:rsidP="004377BC">
       <w:pPr>
-        <w:jc w:val="right"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F61154" w:rsidRDefault="00F61154" w:rsidP="00C95CD3">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="00ED3020" w:rsidRPr="00EE2902" w:rsidSect="00C95CD3">
+    <w:p w:rsidR="008A3255" w:rsidRDefault="008A3255"/>
+    <w:sectPr w:rsidR="008A3255" w:rsidSect="004377BC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...271 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D231C0"/>
-[...61 lines deleted...]
-    <w:rsid w:val="00FE2B30"/>
+    <w:rsidRoot w:val="004377BC"/>
+    <w:rsid w:val="004377BC"/>
+    <w:rsid w:val="008A3255"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3776,180 +4324,116 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001B01F2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D231C0"/>
+    <w:rsid w:val="004377BC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Emphasis"/>
-[...18 lines deleted...]
-  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001337B2"/>
+    <w:rsid w:val="004377BC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4191,90 +4675,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>592</Words>
-  <Characters>3375</Characters>
+  <Words>587</Words>
+  <Characters>3351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3960</CharactersWithSpaces>
+  <CharactersWithSpaces>3931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>