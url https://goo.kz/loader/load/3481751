--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -1,14143 +1,1180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003D2DE9" w:rsidRPr="003D2DE9" w:rsidRDefault="003D2DE9" w:rsidP="003D2DE9">
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="E85C73"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D2DE9">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="E85C73"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="003D2DE9">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="E85C73"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "http://kz.xn--h1adbc4dyb.kz/index.php/2015-12-26-04-54-25/sovety-roditelyam-po-bezopasnosti-detej" </w:instrText>
-[...4 lines deleted...]
-          <w:b/>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://xn--h1adbc4dyb.kz/index.php/2015-12-26-04-54-25/sovety-roditelyam-po-bezopasnosti-detej" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="E85C73"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="E85C73"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Советы родителям по безопасности детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="E85C73"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВАЖНОЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Говорить с ребенком о том, что может стать причиной всевозможных травм, заболеваний и грустных историй, нужно с раннего детства. Однако очень важно делает это корректно и грамотно с психологической точки зрения, что бы не закреплять в детях ненужных страхов и комплексов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Всегда рассказывайте детям о тех опасностях, которые их могут подстерегать в жизни, акцентируя внимание на том, что взрослые всегда и в любую минуту готовы прийти на помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не ругайте ребенка за излишние вопросы, чтобы он не замкнулся в себе и не пропустил важной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Постоянно формируйте в детях навыки безопасного и разумного поведения, учите ориентироваться в сложных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Изначально создавайте такие условия жизнедеятельности, при которых ребенок спокоен и защищен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дома без родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оставляя дома ребенка, позаботьтесь о его безопасности: исключите возможность контакта с электроприборами, различной техникой, легко воспламеняющимися предметами. Обеспечьте его играми, чтобы ребенок не скучал, а так же сообщите номера телефонов, по которым он сможет звонить, столкнувшись сословностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объясните ребенку, что, если в дверь позвонили, подходить и интересоваться, кто там, нельзя. Нельзя откликаться даже в том случае, когда незнакомый человек сообщает, что его прислала мама или папа или что ему нужна срочная помощь. Нельзя открывать, если кто-то за дверью представляется врачом, соседом или сантехником, потому что все эти люди приходят только по вызову или договоренности со взрослыми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А вот если стали ковыряться в замке, если дверь стали взламывать, сразу нужно звонить родителям, бабушке, дедушке, соседям. И, конечно, назубок нужно помнить номер телефона полиции, чтобы обращаться туда, если с родственниками связаться не получилось.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если ребенок потерялся в многолюдном месте?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Даже взрослые могут потерять друг друга в толпе или в шумных местах – например, на вокзале, в аэропорту или магазине, что уж говорить про детей! Поэтому, если ребенок вдруг отстал от родителей и не понимает, куда они запропастились, первое правило – не нервничать и не бегать из угла в угол.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите ребенку, что лучше всего в этой ситуации оставаться на том же месте, где это произошло, или рядом – в хорошо просматриваемом месте. Скорее всего, родители уже спешат на помощь. Но, если времени прошло много, а родителей все нет, нужно подойти к полицейскому или к человеку в служебной форме и попросить о помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проконтролируйте ребенка: он должен знать свою фамилию, домашний адрес и номера телефонов родителей. Важно заранее обсудить с ребенком, как нужно вести себя в сложных ситуациях: если он потерялся, если случайно вышел не на своей остановке или проехал ее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Неизвестные предметы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дети всегда любопытны и непосредственны, их всегда привлекает что-то неизвестное и незнакомое, особенно разные предметы и вещи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно объяснить детям, что ни при каких обстоятельствах нельзя трогать и уносить с собой непонятные предметы, свертки, сумки. Во-первых, потому, что найденные вещи могут стать причиной кожных или иных заболеваний. Во-вторых, в них могут находиться взрывчатые вещества или </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D2DE9">
-[...9 lines deleted...]
-        <w:t>Балалардың</w:t>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>травмоопасные</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D2DE9">
-[...183 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите детям, что если они обнаружили чужие вещи, нужно сообщить об этом родителям, которые проинформируют об этом полицию.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Каждый ребенок должен понимать, чем опасны бесхозные вещи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="82BE29"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D2DE9">
+      <w:r w:rsidRPr="00FE775A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="82BE29"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Маңыздылары</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D2DE9">
+        <w:t>На природе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На выходных люди часто отправляются семьями на природу. При этом необходимо познакомить ребенка с правилами поведения на природе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых, находясь у водоемов, объясните ребенку, что даже неглубокие озера и речки могут быть с илистым, а значит скользким дном, в водоемах часто скрываются не видимые глазу коряги и камни, о которые можно пораниться, или заросли, в которых можно запутаться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Следите за детьми во время купания в водоемах, не отвлекайтесь и не позволяйте им сильно шалить в воде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-вторых, важно помнить, как опасны костры, если за ними не следить иди подпускать к ним детей. Не оставляйте детей без присмотра возле огня.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Как вести себя с незнакомыми людьми?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И родители, и воспитатели учат детей быть вежливыми и внимательными с людьми – и это правильно. Но если на улице, на площадке, в подъезде к ребенку подходит человек, которого ребенок видит впервые, важно помнить: нельзя реагировать на любые просьбы незнакомца – нельзя садиться к нему в машину, нельзя заходить с ним в лифт и нельзя идти туда, куда он зовет – никогда и ни за что! Даже, если он очень упрашивает, улыбается, говорит ласковым голосом или предлагает угощения или игрушки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите ребенку, что если незнакомые люди хватают его за руки и куда-то насильно тащат, он должен привлекать внимание взрослых – просить позвонить родителям, громко кричать, сообщая о том, что сейчас с ним не папа и не мама, и при первой возможности – убегать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="82BE29"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...523 lines deleted...]
-      <w:r w:rsidRPr="003D2DE9">
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="82BE29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бытовые опасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Даже любимые игрушки могут надоесть, а в доме столько всего интересного и привлекательного – например, того, чем пользуются взрослые. Порой детей так и тянет включить электрический чайник, взять мамин фен или попробовать, как режет папин нож…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Строго настрого запретите ребенку самостоятельно пользоваться ножами, иголками, ножницами. Необходимо не провоцировать ребенка и убирать опасные предметы с глаз детей. Не забудьте о домашней аптечке – она должна быть недоступна для ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Не разрешайте детям пользоваться бытовыми предметами и товарами бытового назначения без присмотра взрослых.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...342 lines deleted...]
-      <w:r w:rsidRPr="003D2DE9">
+        <w:t>Дети и животные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитанные животные не станут причинять человеку зла. Однако, некоторые люди плохо воспитывают своих питомцев, а иногда бросают их – тогда животные могут стать причиной беды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объясните детям, что не следует подходить, гладить, кормить с рук, дразнить чужих кошек и собак – особенно на улице и особенно тех, у которых нет хозяев. Напомните детям, что животные не любят громких выкриков, детский визг, выпадов агрессии, собаки могут преследовать , если от них убегать или бросать камни, замахиваться палками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите детям, что животные еще опасны тем, что могут заразить разными болезнями или нанести травму. Приучайте ребенка мыть руки после общения с животными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если же животное поцарапало или укусило ребенка, он должен сразу сообщить об этом родителям, что бы они осмотрели и обработали рану.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE775A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...12870 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t>Что лучше, что хуже – жара или стужа?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как здорово, когда на улице тепло и приветливо светит солнце! Однако и солнце бывает опасным – особенно летом. Именно летом на пляже от перегрева организма можно получить ожог или солнечный и тепловой удар – и происходит это всегда незаметно и быстро.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не забудьте, голову и тело ребенка нужно защищать от солнца. В жару ребенок нуждается в питьевой воде гораздо больше, чем взрослый. Лучше находиться с ребенком в тени, но не забудьте, что в тени кожа тоже загорает, а тент может не спасти от теплового удара. В жару ограничьте время пребывания на улице, помните, что дети жару переносят хуже, чем взрослые и чем холод.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А вот в осеннее-зимний период важно не переохлаждаться, для этого нужно тепло одеваться, но помнить о том, что в стужу и при высокой влажности нет опаснее врага, чем мокрая одежда и обувь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE775A" w:rsidRPr="00FE775A" w:rsidRDefault="00FE775A" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE775A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите ребенку, что зимой на улице надо больше двигаться, и именно поэтому, одежда ребенка должна быть свободна для движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="003D426F" w:rsidRPr="00FE775A" w:rsidRDefault="003D426F" w:rsidP="00FE775A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0018155B" w:rsidRPr="003D2DE9">
+    <w:sectPr w:rsidR="003D426F" w:rsidRPr="00FE775A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00224735"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsidRoot w:val="005A772A"/>
+    <w:rsid w:val="003D426F"/>
+    <w:rsid w:val="005A772A"/>
+    <w:rsid w:val="00FE775A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14287,160 +1324,160 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -14576,177 +1613,177 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D2DE9"/>
+    <w:rsid w:val="00FE775A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="494732282">
+    <w:div w:id="1497333385">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -15016,54 +2053,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>786</Words>
-  <Characters>4484</Characters>
+  <Words>1087</Words>
+  <Characters>6199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5260</CharactersWithSpaces>
+  <CharactersWithSpaces>7272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>