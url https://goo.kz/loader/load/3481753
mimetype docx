--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -1,3670 +1,2991 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00AC06FB" w:rsidRPr="004E2BD9" w:rsidRDefault="00AC06FB" w:rsidP="00AC06FB">
+    <w:p w:rsidR="00520135" w:rsidRPr="0092699A" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092699A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бекітемің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092699A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="0092699A" w:rsidRDefault="00520135" w:rsidP="00520135">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>М.Әлімбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0092699A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0092699A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОББМ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="0092699A" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директоры  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004E2BD9">
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E2BD9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092699A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сентября</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="007446F3" w:rsidRPr="007446F3" w:rsidRDefault="007446F3" w:rsidP="007446F3">
+        <w:t>__ Мұхтар Д.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0092699A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2021 ж. «      » _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7605"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="7605"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ О БИБЛИОТЕКЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.       Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1.Библиотека организации среднего образования Республики Казахстан (далее школьная библиотека) является структурным подразделением организации среднего образования (далее школ) и осуществляет свою деятельность в соответствии с основными направлениями развития школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.2.   Школьная библиотека обеспечивает образовательной и педагогической литературой и информацией учебно-воспитательный процесс. Библиотека представляет всем участникам образовательного процесса: администрации школы, педагогическому коллективу, учащимся и родителям (далее читатели) свободный доступ к фондам библиотеки.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.3.Библиотека способствует реализации самостоятельности учащихся в обучении, развитии их познавательной и творческой деятельности, оказывает помощь педагогическому коллективу в предоставлении информации по педагогике и образованию, повышению их профессиональной квалификации, а также формированию информационной культуры читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.4. В своей деятельности школьная библиотека руководствуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-  Конституцией Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Законами Республики Казахстан, нормативно-правовыми актами Президента и Правительства Республики Казахстан, определяющими развитие образования и культуры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- приказами и распоряжениями Министерства образования и науки Республики Казахстан и его уполномоченных структурных подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- методическими рекомендациями Республиканской научно-педагогической библиотеки Министерства образования и науки Республики Казахстан (РНПБ МОН РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-приказами и распоряжениями областного управления образования, городского (районного) отдела образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-Уставом школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-Правилами внутреннего трудового распорядка школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-приказами и распоряжениями директора школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       1.5. Порядок доступа к библиотечным фондам и другой библиотечной информации, перечень основных услуг и условия их представления определяются в Правилах пользования библиотекой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.       Задачи библиотеки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1.Обеспечение учебно-воспитательного процесса и самообразования путем библиотечного и информационно-библиографического обслуживания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>читателей библиотеки в соответствии с их информационными запросами на основе широкого доступа к фондам библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.Формирование у учащихся навыков информационной культуры, обучение методам поиска информации, привитие потребности в систематическом чтении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.3.   Оказание помощи в систематическом повышении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>профессионального мастерства педагогических работников школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.4.  Совершенствование традиционных и освоение новых библиотечных технологий на основе внедрения инновационных информационных технологий, автоматизации библиотечных процессов и использования оргтехники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.       Основные функции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1.Основные функции школьной библиотеки: образовательная, информационная и культурная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.       Разработка перспективных и годовых планов работы библиотеки с целью совершенствования системы библиотечного и информационно-библиографического обслуживания учебно-воспитательного процесса школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.3.         Формирование библиотечного фонда в соответствии с образовательными программами, учебными планами школы и информационными потребностями читателей библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комплектование библиотечного фонда универсальной по отраслевому составу литературой на традиционных (книги, периодические издания) и электронных носителях (CD-ROM, мультимедиа) информации: учебной, художественной, справочной, научно-популярной, научно-педагогической и методической литературой.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.Ведение учета библиотечного фонда (суммарного, инвентарного, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>безынвентарного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), технической и научной обработки документов в соответствии с установленными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.6.Организация и ведение справочно-библиографического аппарата с учетом возрастных особенностей читателей-учащихся: традиционных каталогов (алфавитного, систематического) и картотек (систематической картотеки статей, тематических картотек) и электронных баз данных (электронного каталога), с целью многоаспектного информационно-библиографического раскрытия фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.7.Осуществление рационального размещения библиотечного фонда, обеспечение соответствующего санитарно-гигиенического режима хранения и сохранности библиотечного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.8.Исключение ветхой, дефектной, устаревшей по содержанию, излишне дублетной, непрофильной, малоиспользуемой и утерянной литературы из библиотечного фонда; осуществление перераспределения непрофильной и излишней (дублетной) литературы в соответствии с действующими нормативными и правовыми актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.9.      Организация дифференцированного библиотечного обслуживания на абонементе и в читальном зале, с учетом специфики школы и запросов читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.10.    Популяризация фонда библиотеки с помощью индивидуальных, групповых и массовых форм библиотечной работы (бесед, выставок, библиографических обзоров, обсуждений книг, читательских конференций, литературных вечеров, викторин и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.11.    Ведение учета обслуживания читателей библиотеки в соответствии с установленными правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.12.Формирование библиотечного актива, с целью привлечения читателей-учащихся к практической работе библиотеки и на правах совещательного органа - библиотечного совета, с целью оказания практической помощи в осуществлении мероприятий и рассмотрения актуальных вопросов работы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.13.Предоставление читателям других видов услуг, в том числе дополнительных (платных) библиотечно-информационных услуг, (составление трудоемких письменных библиографических справок, списков литературы; ксерокопирование печатных источников и др.), перечень которых определяется в Положении о платных услугах библиотеки (без ущерба основной деятельности библиотеки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.14.Информационно-библиографическое обслуживание читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.15.Составление в помощь учебной работе школы рекомендательных библиографических указателей, списков литературы, в целях удовлетворения информационных потребностей читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.16.    Организация библиотечных выставок, оформление плакатов, стендов и т.п. для обеспечения информирования читателей о ресурсах библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.17.Выполнение тематических, адресных, библиографических справок, проведение библиографических обзоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.18.Оказание консультативной и практической помощи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(индивидуальной, групповой, массовой) читателям библиотеки в поиске и выборе информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.19.Проведение в установленном порядке (по расписанию, плану) факультативных занятий, уроков и кружков по пропаганде основ библиотечно-библиографических знаний, обучение читателей методам поиска информации с использованием современных средств телекоммуникаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.20.Формирование фонда документов, создаваемых библиотекой школы (тематических папок-накопителей копий документов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.21.Осуществление мониторинга деятельности библиотеки (анализ читательских формуляров, использование библиотечного фонда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>книгообеспеченность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, информационные потребности пользователей и др.) с целью дальнейшего повышения качества работы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.22.Взаимодействие с библиотеками региона с целью более полного удовлетворения информационных потребностей читателей в образовательной и педагогической информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Организация, управления, штаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.1.Основное условие открытия библиотеки - это наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>первоначального фонда, стабильного ежегодного источника финансирования комплектования литературы и других расходов, штатных единиц, ответственных за сохранность фонда и обслуживание читателей, а также соответствующих санитарным нормам помещения и оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2.   Общее научно-методическое руководство школьными библиотеками осуществляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  на региональном уровне специалисты по библиотечным фондам школьных учебников областного управления образования, городского (районного) отделов образования, библиотекари Областных, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Астаны, Алматы институтов повышения квалификации и переподготовки педагогических кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-на республиканском уровне РНПБ МОН РК, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>являющийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отраслевым информационным и научно-методическим центром для всех библиотек организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3.Руководство библиотекой и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ее деятельностью осуществляет директор школы, который утверждает организационно-регламентирующие и технологические документы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.4.    Директор школы несет ответственность за все стороны деятельности библиотеки: комплектование и сохранность библиотечного фонда, создание комфортной среды для читателей и необходимых условий для качественной библиотечной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.5.Ряд функций управления библиотекой делегируются директором школы штатному работнику библиотеки (заведующему, библиотекарю).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.6. Проверка деятельности школьной библиотеки проводится по согласованию с директором школы, областным управлением образования, районным (городским) отделом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.7. За организацию работы и результаты деятельности библиотеки отвечает заведующий библиотекой (библиотекарь), который является членом педагогического коллектива и входит в состав педагогического совета школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.8. Заведующий (библиотекарь) несет полную ответственность за результаты деятельности библиотеки в пределах своей компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.9. Школьная библиотека имеет штамп с наименованием библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.10.Библиотека составляет годовые планы и отчеты о работе, которые обсуждаются на педагогическом совете и утверждаются директором школы. Годовой план библиотеки является частью общего годового плана учебно-воспитательной работы школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.11.График работы библиотеки устанавливается в соответствии с Правилами внутреннего трудового распорядка школы. С учетом специфики работы библиотеки - ежедневно один час рабочего времени выделяется на выполнение внутренних работ, один раз в месяц в библиотеке проводится санитарный день, в который библиотека не обслуживает читателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4.12.Штаты библиотеки и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>размеры оплаты труда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> устанавливаются в соответствии с действующими нормативными правовыми документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.13.Библиотечные работники 1 раз в 5 лет подлежат аттестации на соответствие занимаемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.14.Заведующий библиотекой (библиотекарь) систематически повышает квалификацию: на курсах повышения квалификации (один раз в пять лет), на семинарах библиотечных работников, совещаниях методических объединений школьных библиотекарей региона, а также путем самообразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.15.Один раз в неделю выделяется методический день библиотекаря, который используется для повышения квалификации: посещения совещания методических объединения школьных библиотекарей региона, изучения опыта работы других библиотек, подготовки к массовым мероприятиям и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.16.За активную работу работники библиотеки могут представляться к наградам, знакам отличия, предусмотренным для работников образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.17.Регулярно библиотека на педагогических советах отчитывается перед администрацией школы о своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.18.Администрация школы обеспечивает библиотеку:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- необходимым помещением и оборудованием, обеспечивающим сохранность библиотечного фонда и оборудования, в соответствии с действующими нормами, согласно которому хранение учебников осуществляется в отдельном помещении и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>противопожарнуюбезопасность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">- современной компьютерной и копировально-множительной техникой (принтером, сканером, ксероксом), при наличии в школе доступа в Интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыходом в Интернет;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- гарантированное финансирование комплектования фондов и другие расходы в соответствии с установленными нормативами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- библиотечной техникой (каталожными карточками, каталожными и книжными разделителями, читательскими формулярами и др.) и канцелярскими принадлежностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-систематическое повышение квалификации работников библиотеки: обучение на курсах повышения квалификации (не реже 1 раза в 5 лет), участие в работе методических объединений библиотекарей школ региона, конференциях, семинарах, прохождение стажировок, знакомство с опытом работы других библиотек и др. по проблемам организации работы библиотек, а также создание условий для их самообразования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Библиотечный совет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.1.      На правах совещательного органа в школьной библиотеке может быть создан библиотечный совет с целью согласования работы библиотеки с другими структурными подразделениями школы, оказания практической помощи в осуществлении мероприятий и рассмотрения актуальных вопросов работы библиотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2.Библиотечный совет согласует свою работу с основными направлениями и планами деятельности школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.3.  В состав библиотечного совета входят работники библиотеки, представители педагогического коллектива, актива родителей. Численный состав совета определяется в зависимости от объема работы, но не менее 5 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.4.Состав совета утверждается директором школы. Председателем является представитель администрации школы. Секретарем - заведующий библиотекой (библиотекарь). Члены совета закрепляются за определенным участком библиотечной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.5.Заседание библиотечного совета проводятся в соответствии с планом, который утверждает директор школы в установленные сроки (один раз в четверть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...72 lines deleted...]
-        <w:t>1.1. Орта білім беретін ұйымның  кiтапханасының (ә</w:t>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Права и ответственность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1. Библиотека имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.1. Самостоятельно определять содержание, формы и методы своей деятельности в соответствии с задачами, приведенными в настоящем Положении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.2.Представлять на рассмотрение и утверждение директору школы проекты документов (правила пользования библиотекой, положение о библиотеке, должностные инструкции и другие организационно-регламентирующие и технологические документы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.3.Устанавливать в соответствии с правилами пользования библиотекой вид и размер компенсаций ущерба, нанесенного читателями библиотеке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.4.На свободный доступ к информации, связанный с решением поставленных перед библиотекой задач: к образовательным программам, учебным планам, планам работы школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.5.  Представлять школу в различных учреждениях и организациях в пределах своей компетенции, принимать участие в работе совещаний, семинаров и конференций по вопросам библиотечной и информационно-библиографической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.6. Вести в установленном порядке переписку с другими библиотеками и организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.1.7. Входить в библиотечные объединения (Ассоциаций школьных библиотекарей и др.) в установленном действующим законодательством  порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         6.2. Работники библиотеки несут ответственность </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007446F3">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007446F3">
-[...3240 lines deleted...]
-    <w:sectPr w:rsidR="00D02966" w:rsidRPr="007446F3">
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.2.1. Ненадлежащее исполнение или неисполнение своих должностных обязанностей, служебной этики, в пределах определенных действующим трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.2.2.Правонарушения, совершенные в процессе осуществления своей деятельности, в пределах, определенных действующим административным, уголовным и гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00520135" w:rsidRPr="00520135" w:rsidRDefault="00520135" w:rsidP="00520135">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00520135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.2.3.Причинения материального ущерба в пределах, определенных действующим трудовым и гражданским законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D02966" w:rsidRPr="00520135" w:rsidRDefault="00D02966">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D02966" w:rsidRPr="00520135">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005871E4"/>
+    <w:rsidRoot w:val="00F70B5D"/>
     <w:rsid w:val="00052141"/>
     <w:rsid w:val="00060FFF"/>
     <w:rsid w:val="00087164"/>
     <w:rsid w:val="000B6FDD"/>
     <w:rsid w:val="0011250B"/>
     <w:rsid w:val="00116B45"/>
     <w:rsid w:val="00124E17"/>
     <w:rsid w:val="001867C0"/>
     <w:rsid w:val="001A5459"/>
     <w:rsid w:val="001E628F"/>
     <w:rsid w:val="001E78B9"/>
     <w:rsid w:val="00275A51"/>
     <w:rsid w:val="00306D0D"/>
     <w:rsid w:val="0033356D"/>
     <w:rsid w:val="00343CCD"/>
     <w:rsid w:val="00351206"/>
     <w:rsid w:val="00403B02"/>
     <w:rsid w:val="00416230"/>
     <w:rsid w:val="00440102"/>
     <w:rsid w:val="00442CB6"/>
     <w:rsid w:val="00452AE5"/>
     <w:rsid w:val="004C6DF6"/>
-    <w:rsid w:val="005871E4"/>
+    <w:rsid w:val="00520135"/>
     <w:rsid w:val="00662C19"/>
     <w:rsid w:val="00681520"/>
     <w:rsid w:val="006A70CF"/>
     <w:rsid w:val="00716E59"/>
-    <w:rsid w:val="007446F3"/>
     <w:rsid w:val="007468B2"/>
     <w:rsid w:val="007B75D9"/>
     <w:rsid w:val="007F594F"/>
     <w:rsid w:val="00804E84"/>
     <w:rsid w:val="00824393"/>
     <w:rsid w:val="00841635"/>
     <w:rsid w:val="008520FC"/>
     <w:rsid w:val="00935A00"/>
     <w:rsid w:val="009969B4"/>
     <w:rsid w:val="009D005C"/>
     <w:rsid w:val="009E0097"/>
     <w:rsid w:val="00A01CBF"/>
     <w:rsid w:val="00A26F3B"/>
     <w:rsid w:val="00A57A33"/>
-    <w:rsid w:val="00AC06FB"/>
     <w:rsid w:val="00BA51CD"/>
     <w:rsid w:val="00C03051"/>
     <w:rsid w:val="00C15695"/>
     <w:rsid w:val="00C968E9"/>
     <w:rsid w:val="00CE4F39"/>
     <w:rsid w:val="00D02966"/>
     <w:rsid w:val="00D27EBB"/>
     <w:rsid w:val="00E141D2"/>
     <w:rsid w:val="00E96014"/>
+    <w:rsid w:val="00F70B5D"/>
     <w:rsid w:val="00F82E44"/>
     <w:rsid w:val="00FD1C38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3841,69 +3162,68 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007446F3"/>
+    <w:rsid w:val="00520135"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007446F3"/>
+    <w:rsid w:val="00520135"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4059,81 +3379,80 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007446F3"/>
+    <w:rsid w:val="00520135"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007446F3"/>
+    <w:rsid w:val="00520135"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1312980915">
+    <w:div w:id="272368660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -4401,55 +3720,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10209</Characters>
+  <Pages>7</Pages>
+  <Words>2188</Words>
+  <Characters>12477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11977</CharactersWithSpaces>
+  <CharactersWithSpaces>14636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>