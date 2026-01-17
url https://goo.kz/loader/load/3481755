--- v0 (2025-12-05)
+++ v1 (2026-01-17)
@@ -1,648 +1,895 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006667B4" w:rsidRPr="006667B4" w:rsidRDefault="006667B4" w:rsidP="006667B4">
-      <w:pPr>
+    <w:p w:rsidR="00300BE6" w:rsidRPr="00300BE6" w:rsidRDefault="00300BE6" w:rsidP="00300BE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="006667B4">
-[...8 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        «Бекітемін»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00300BE6" w:rsidRPr="00300BE6" w:rsidRDefault="00300BE6" w:rsidP="00300BE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«Утверждаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Руководитель КГУ «СОШ им.М.Алимбаева»                                                                                                                                   ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Мұхтар Д.Б.    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006667B4" w:rsidRPr="006667B4" w:rsidRDefault="006667B4" w:rsidP="006667B4">
+    <w:p w:rsidR="00FE78B8" w:rsidRPr="00300BE6" w:rsidRDefault="00300BE6" w:rsidP="00300BE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="7296"/>
         </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">«___ » сентября 2021 года                                 </w:t>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сентября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300BE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 года                                 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00E10243" w:rsidRPr="00975EAA" w:rsidRDefault="00E10243" w:rsidP="00E10243">
-      <w:pPr>
+    <w:p w:rsidR="00FE78B8" w:rsidRPr="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:beforeAutospacing="0" w:after="280" w:afterAutospacing="0"/>
+        <w:ind w:left="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТНЫЕ ИНСТРУКЦИИ ЗАВЕДУЮЩЕЙ ШКОЛЬНОЙ БИБЛИОТЕКОЙ СОШ</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> им. М.Алимбаева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E10243" w:rsidRPr="00975EAA">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Организует и обеспечивает выполнение основных задач и функций школьной библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Организует комплектование, учет, расстановку и хранение книжного фонда. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">З. Осуществляет обслуживание читателей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Обеспечивает пропаганду книг и использование различных средств, форм и методов библиотечной работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организует каталоги и картотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Применяет различные формы библиотечно-библиографического обслуживания с целью наиболее полного      обеспечения читателей информацией и наиболее полного использования фонда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Ведет документацию библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Составляет планы и отчеты деятельности библиотеки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Изучает передовой опыт работы отечественных библиотек и внедряет его в практику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.Занимается пропагандой библиотечно-библиографических знаний среди учащихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.Организует актив читателей для оказания помощи библиотеке и с целью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Указы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Президента и Постановления Правительства, определяющие развитие культуры и библиотечного дела; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инструктивно-методические материалы вышестоящих органов по вопросам образования и библиотечного дела; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Теорию и практику библиотечного дела; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Передовой опыт работы отечественных и зарубежных библиотек; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахскую, русскую и зарубежную литературу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила по охране труда, технике безопасности и противопожарной защите. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00975EAA">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Должностные требования:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE78B8" w:rsidRDefault="00FE78B8" w:rsidP="00FE78B8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009262F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умение работать с читателями детского, подросткового и юношеского возраста; обладать высокой культурой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009262F0">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...334 lines deleted...]
-    <w:sectPr w:rsidR="00D02966">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009262F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">речи; иметь организаторские способности; быть уравновешенным, требовательным, ответственным. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009262F0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D02966" w:rsidRPr="00FE78B8" w:rsidRDefault="00D02966">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D02966" w:rsidRPr="00FE78B8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00655E0A"/>
+    <w:rsidRoot w:val="00F92B05"/>
     <w:rsid w:val="00052141"/>
     <w:rsid w:val="00060FFF"/>
     <w:rsid w:val="00087164"/>
     <w:rsid w:val="000B6FDD"/>
     <w:rsid w:val="0011250B"/>
     <w:rsid w:val="00116B45"/>
     <w:rsid w:val="00124E17"/>
     <w:rsid w:val="001867C0"/>
     <w:rsid w:val="001A5459"/>
     <w:rsid w:val="001E628F"/>
     <w:rsid w:val="001E78B9"/>
     <w:rsid w:val="00275A51"/>
+    <w:rsid w:val="00300BE6"/>
     <w:rsid w:val="00306D0D"/>
     <w:rsid w:val="0033356D"/>
     <w:rsid w:val="00343CCD"/>
     <w:rsid w:val="00351206"/>
     <w:rsid w:val="00403B02"/>
     <w:rsid w:val="00416230"/>
     <w:rsid w:val="00440102"/>
     <w:rsid w:val="00442CB6"/>
     <w:rsid w:val="00452AE5"/>
-    <w:rsid w:val="004C358D"/>
     <w:rsid w:val="004C6DF6"/>
-    <w:rsid w:val="00655E0A"/>
     <w:rsid w:val="00662C19"/>
-    <w:rsid w:val="006667B4"/>
     <w:rsid w:val="00681520"/>
     <w:rsid w:val="006A70CF"/>
     <w:rsid w:val="00716E59"/>
     <w:rsid w:val="007468B2"/>
     <w:rsid w:val="007B75D9"/>
     <w:rsid w:val="007F594F"/>
     <w:rsid w:val="00804E84"/>
     <w:rsid w:val="00824393"/>
     <w:rsid w:val="00841635"/>
     <w:rsid w:val="008520FC"/>
-    <w:rsid w:val="008F662D"/>
     <w:rsid w:val="00935A00"/>
     <w:rsid w:val="009969B4"/>
     <w:rsid w:val="009D005C"/>
     <w:rsid w:val="009E0097"/>
     <w:rsid w:val="00A01CBF"/>
     <w:rsid w:val="00A26F3B"/>
     <w:rsid w:val="00A57A33"/>
     <w:rsid w:val="00BA51CD"/>
     <w:rsid w:val="00BC221B"/>
     <w:rsid w:val="00C03051"/>
     <w:rsid w:val="00C15695"/>
-    <w:rsid w:val="00C84110"/>
     <w:rsid w:val="00C968E9"/>
     <w:rsid w:val="00CE4F39"/>
     <w:rsid w:val="00D02966"/>
     <w:rsid w:val="00D27EBB"/>
-    <w:rsid w:val="00E10243"/>
     <w:rsid w:val="00E141D2"/>
     <w:rsid w:val="00E96014"/>
     <w:rsid w:val="00F82E44"/>
+    <w:rsid w:val="00F92B05"/>
     <w:rsid w:val="00FD1C38"/>
+    <w:rsid w:val="00FE78B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -669,50 +916,51 @@
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -785,134 +1033,146 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E10243"/>
+    <w:rsid w:val="00FE78B8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00FE78B8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -985,87 +1245,98 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E10243"/>
+    <w:rsid w:val="00FE78B8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00FE78B8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1326,55 +1597,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1801</Characters>
+  <Pages>2</Pages>
+  <Words>329</Words>
+  <Characters>1876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2112</CharactersWithSpaces>
+  <CharactersWithSpaces>2201</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>