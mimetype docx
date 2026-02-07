--- v0 (2025-12-12)
+++ v1 (2026-02-07)
@@ -1,3828 +1,4708 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002B267C" w:rsidRDefault="002B267C" w:rsidP="00C64601">
-[...13 lines deleted...]
-    <w:p w:rsidR="001F1E11" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+    <w:p w:rsidR="00CE7697" w:rsidRPr="00873305" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="001F1E11" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRPr="00873305" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="001F1E11" w:rsidRDefault="000D2A4D" w:rsidP="00C64601">
+        </w:rPr>
+        <w:t>Руководитель КГКП ЦЗРДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRPr="00873305" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRPr="00873305" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>____________Мухаметжанова А.Л.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRPr="00873305" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«____»____________2021 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRDefault="00CE7697" w:rsidP="00CE7697">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA1CF3" w:rsidRDefault="00B40C24" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009037E4" w:rsidRDefault="00B40C24" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о п</w:t>
+      </w:r>
+      <w:r w:rsidR="00476D2A" w:rsidRPr="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роведении </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлы дала әуені</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRDefault="00A143CB" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:t>БУҚБДДО МҚКК</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященного</w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 160 – летию Дины Нурпеисовой</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F1E11">
-[...11 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A143CB" w:rsidRPr="00CE7697" w:rsidRDefault="00A143CB" w:rsidP="00CE7697">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A143CB" w:rsidRPr="00A143CB" w:rsidRDefault="00A143CB" w:rsidP="00A143CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общее положение</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2FBC" w:rsidRPr="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B267C" w:rsidRDefault="002B267C" w:rsidP="00B22AB5">
-[...1135 lines deleted...]
-    <w:p w:rsidR="002B267C" w:rsidRPr="001F1E11" w:rsidRDefault="00407B4B" w:rsidP="00407B4B">
+    <w:p w:rsidR="00B40C24" w:rsidRPr="007648E1" w:rsidRDefault="009C359C" w:rsidP="009C359C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7</w:t>
-[...30 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Настоящее Положение </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о городском </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5978">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсе «</w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4" w:rsidRPr="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұлы дала әуені</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в рамках реализации программы «Рухани Жаңғыру»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященной </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A" w:rsidRPr="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>160 – летию Дины Нурпеисовой</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - Положение) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяет </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697" w:rsidRPr="00193D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядок организации и пров</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едения </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">),  порядок участия,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цели и</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачи</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697" w:rsidRPr="00193D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядок награждения участников</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1" w:rsidRPr="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007648E1" w:rsidRDefault="009C359C" w:rsidP="007648E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="002B267C" w:rsidRPr="001F1E11" w:rsidRDefault="00407B4B" w:rsidP="00407B4B">
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CF3" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Целью </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1CF3" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7697" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>восп</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ит</w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ание</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1" w:rsidRPr="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интерес</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и уважения к культуре казахского народа, п</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риобщ</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ение </w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1" w:rsidRPr="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей к инструментальному иску</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сству</w:t>
+      </w:r>
+      <w:r w:rsidR="007648E1" w:rsidRPr="007648E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4539" w:rsidRPr="00C516CE" w:rsidRDefault="00A143CB" w:rsidP="007648E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4539" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3. Задачи</w:t>
+      </w:r>
+      <w:r w:rsidR="00C516CE" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4539" w:rsidRPr="00C516CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008970D6" w:rsidRPr="008970D6" w:rsidRDefault="00C516CE" w:rsidP="00C516CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         - </w:t>
+      </w:r>
+      <w:r w:rsidR="008970D6" w:rsidRPr="008970D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>способствование развитию художественного и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эстетического вкуса</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у молодого </w:t>
+      </w:r>
+      <w:r w:rsidR="008970D6" w:rsidRPr="008970D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>поколения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008970D6" w:rsidRPr="008970D6" w:rsidRDefault="00C516CE" w:rsidP="00C516CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008970D6" w:rsidRPr="008970D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выявление и поддержка талантливых детей и подростков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C516CE" w:rsidRDefault="00C516CE" w:rsidP="00C516CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>создать условия для проявления и активизации творческого потенциала детей</w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5B3F" w:rsidRPr="00784C87" w:rsidRDefault="00EE5B3F" w:rsidP="00EE5B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- популяризация детского и юношеского исполнительства на </w:t>
+      </w:r>
+      <w:r w:rsidR="00807970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>музыкальном инструменте</w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0DCC" w:rsidRPr="00880A95" w:rsidRDefault="009C359C" w:rsidP="00E529CE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00537A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организатор </w:t>
+      </w:r>
+      <w:r w:rsidR="00537A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и жюри конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0DCC" w:rsidRPr="004009A4" w:rsidRDefault="009C359C" w:rsidP="00BF0DCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1. Организатором </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00957B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является «Центр занятости и раз</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вития детс</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00957B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кой одаренности “Павлодар дарыны”</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образован</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00957B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее Организатор). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700622" w:rsidRDefault="009C359C" w:rsidP="00FC2FBC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00700622" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для организацион</w:t>
+      </w:r>
+      <w:r w:rsidR="00700622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">но-методического обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidR="009037E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смотра </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00700622" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создается оргкомитет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B834B8" w:rsidRPr="00850D1E" w:rsidRDefault="00A143CB" w:rsidP="00850D1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. Оргкомитет </w:t>
+      </w:r>
+      <w:r w:rsidR="00700622" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяет порядок, </w:t>
+      </w:r>
+      <w:r w:rsidR="00700622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроки</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00700622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирует состав жюри;</w:t>
+      </w:r>
+      <w:r w:rsidR="00700622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анализирует и обобщает итоги </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00700622" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;  определяет победителе</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и распределяет призовые места</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7697" w:rsidRDefault="00BF0DCC" w:rsidP="00DF4539">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00A00452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Основные правила проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRDefault="00A143CB" w:rsidP="00C51D19">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3660"/>
+          <w:tab w:val="left" w:pos="1110"/>
           <w:tab w:val="center" w:pos="5102"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.1.У</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>частник</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и конкурса долж</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы сыграть кюй из </w:t>
+      </w:r>
+      <w:r w:rsidR="00807970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">произведения Дины Нурпеисовы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(р</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егламент не более 5 минут)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0221A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D24555" w:rsidRDefault="00807970" w:rsidP="00C51D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...57 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">          3.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В конкурсе используется только живое исполнение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807970" w:rsidRPr="00D0221A" w:rsidRDefault="00D24555" w:rsidP="00C51D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00807970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Участники выступают в казахской национальной одежде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606B62" w:rsidRPr="00606B62" w:rsidRDefault="00A143CB" w:rsidP="00606B62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24555">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00606B62" w:rsidRPr="00606B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Участие в конкурсе осуществляется в четырёх возрастных категориях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606B62" w:rsidRDefault="00606B62" w:rsidP="00606B62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I группа: </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 классы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II группа: </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00807970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, III группа: </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8  - 11 классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00784C87" w:rsidRPr="00606B62" w:rsidRDefault="00784C87" w:rsidP="00606B62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="00606B62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="00C51D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0043646D" w:rsidRDefault="00C51D19" w:rsidP="00C51D19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1110"/>
+          <w:tab w:val="center" w:pos="5102"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D80F05" w:rsidRPr="009C359C" w:rsidRDefault="008B37B6" w:rsidP="009C359C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00C64601" w:rsidRDefault="00C64601" w:rsidP="00C64601">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C359C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Критерии оценки конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB" w:rsidRPr="009C359C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D80F05" w:rsidRDefault="00A143CB" w:rsidP="00317535">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87" w:rsidRPr="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-м</w:t>
+      </w:r>
+      <w:r w:rsidR="008B37B6" w:rsidRPr="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>узыкальная исполнительская культура;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007011C8" w:rsidRPr="007011C8" w:rsidRDefault="007011C8" w:rsidP="007011C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007011C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>исполнительское мастерство и артистизм участников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007011C8" w:rsidRPr="007011C8" w:rsidRDefault="007011C8" w:rsidP="007011C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007011C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сценическая культура исполнения, костюм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007011C8" w:rsidRDefault="007011C8" w:rsidP="007011C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007011C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соответствие репертуара возрастным и индивидуальным возможностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007011C8" w:rsidRDefault="007011C8" w:rsidP="00317535">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF4539" w:rsidRPr="00BF0DCC" w:rsidRDefault="00A15CE2" w:rsidP="00A15CE2">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00C64601" w:rsidRDefault="00C64601" w:rsidP="00C64601">
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="009C359C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Участники </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRDefault="009C359C" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26686" w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участниками</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются учащиеся</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  классов общеобразовательных школ города</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0DCC" w:rsidRPr="00857A0D" w:rsidRDefault="00A143CB" w:rsidP="00857A0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="009C359C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.2. З</w:t>
+      </w:r>
+      <w:r w:rsidR="00C922EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аявки и работы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должны быть представлены с </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D" w:rsidRPr="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по 3декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по форме (</w:t>
+      </w:r>
+      <w:r w:rsidR="004869F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 1) </w:t>
+      </w:r>
+      <w:r w:rsidR="004869F6" w:rsidRPr="00955EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на электронную почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00A919DD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>massovyy</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00A919DD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00A919DD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>otdel</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00857A0D">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00A919DD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00857A0D">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00857A0D" w:rsidRPr="00A919DD">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00A143CB" w:rsidRDefault="00A143CB" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF0DCC" w:rsidRPr="00BF0DCC" w:rsidRDefault="009C359C" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роки</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF0DCC" w:rsidRDefault="009C359C" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверки </w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="002C77D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B40C24" w:rsidRPr="001A404E" w:rsidRDefault="009C359C" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="0008281F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Форма проведения – дистанционно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3448" w:rsidRDefault="003E3448" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E76CE3" w:rsidRDefault="009C359C" w:rsidP="003A4618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00A00452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Порядок проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B834B8" w:rsidRPr="00B834B8" w:rsidRDefault="009C359C" w:rsidP="00854F5F">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00C64601" w:rsidRDefault="00C64601" w:rsidP="00C64601">
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок </w:t>
+      </w:r>
+      <w:r w:rsidR="00B834B8" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проведения конкурса утверждает оргкомитет</w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E76CE3" w:rsidRPr="00B834B8" w:rsidRDefault="009C359C" w:rsidP="00854F5F">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B834B8" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B834B8" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивает  жюри, в состав которого входят  специалисты ЦЗРДО </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0DCC" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Павлодар дарыны»</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F" w:rsidRPr="00B834B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00606B62" w:rsidRPr="00784C87" w:rsidRDefault="009C359C" w:rsidP="00784C87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40C24" w:rsidRPr="00A00452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Подведение итогов</w:t>
+      </w:r>
+      <w:r w:rsidR="00854F5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00452" w:rsidRDefault="00B40C24" w:rsidP="00854F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B40C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87" w:rsidRPr="00606B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в каждой категории </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">победители </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>награжда</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся диплом</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57" w:rsidRPr="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidR="00A143CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">степеней </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5E57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все участники </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">награждаются </w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертиф</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...159 lines deleted...]
-        <w:ind w:right="-240"/>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>икатами</w:t>
+      </w:r>
+      <w:r w:rsidR="00784C87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5E57" w:rsidRPr="009E5E57" w:rsidRDefault="009E5E57" w:rsidP="00854F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00520B65" w:rsidRDefault="00520B65" w:rsidP="00B834B8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3721" w:rsidRDefault="00CD3721" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807970" w:rsidRDefault="00807970" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807970" w:rsidRDefault="00807970" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807970" w:rsidRDefault="00807970" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3721" w:rsidRDefault="00CD3721" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00857A0D" w:rsidRPr="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F36B8" w:rsidRPr="003F36B8" w:rsidRDefault="003F36B8" w:rsidP="003F36B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F36B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Қосымша </w:t>
-[...17 lines deleted...]
-        <w:ind w:right="-240"/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F36B8" w:rsidRDefault="003F36B8" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE3681" w:rsidRDefault="00CE3681" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00953393">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006975DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявка на участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="00953393">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidR="00857A0D" w:rsidRPr="00857A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ұлы дала әуені»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00953393" w:rsidRPr="006975DA" w:rsidRDefault="00953393" w:rsidP="00953393">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="10739" w:type="dxa"/>
+        <w:tblW w:w="10477" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
-        <w:gridCol w:w="1418"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="1386"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="443"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidTr="00407B4B">
+      <w:tr w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidTr="00857A0D">
         <w:trPr>
           <w:trHeight w:val="798"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B267C">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1386" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қатысушы ТАӘ</w:t>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.И.О. участника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="00C64601" w:rsidRDefault="001F1E11" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Мектеп</w:t>
+              <w:t>Школа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="00C64601" w:rsidRDefault="001F1E11" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Сынып</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="443" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="00C64601" w:rsidRDefault="001F1E11" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
+              <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Оқыту тілі</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00953393">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уч-ся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="333333"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Есепте тұрған балалар</w:t>
+              <w:t>тоя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>щие на учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B267C">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="00C64601">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-              <w:ind w:right="-240"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...16 lines deleted...]
-              <w:t>қиды</w:t>
+          </w:p>
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обучаются</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>байлан тел</w:t>
+          </w:p>
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О. ответственного учителя, контактные данные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidTr="00407B4B">
+      <w:tr w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidTr="00857A0D">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1386" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="443" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>КТІЖ</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОДН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>МІБ</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ВШК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Қауіпті топ</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="001F1E11" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="00953393" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-              <w:t>а</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
             </w:r>
-            <w:r w:rsidR="002B267C" w:rsidRPr="002B267C">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="333333"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қ</w:t>
+              <w:t>о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="00953393" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="333333"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>к/б</w:t>
+              <w:t>м/д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="001F1E11" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>б</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>д/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="001F1E11" w:rsidRDefault="002B267C" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B267C">
-[...5 lines deleted...]
-              <w:t>лицей</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лицейск.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00DB1230">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гимназ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="001F1E11" w:rsidP="001F1E11">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Тереңдетілген </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>углубл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRDefault="00857A0D" w:rsidP="006E4A98">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidTr="00407B4B">
+      <w:tr w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidTr="00857A0D">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B267C">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1386" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="443" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidTr="00407B4B">
+      <w:tr w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidTr="00857A0D">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B267C">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1386" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="443" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="002D6DF8">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="460" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="532" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
+          <w:p w:rsidR="00857A0D" w:rsidRPr="003F36B8" w:rsidRDefault="00857A0D" w:rsidP="00AB1358">
             <w:pPr>
-              <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="006E4A98" w:rsidRPr="003F36B8" w:rsidRDefault="006E4A98" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E4A98" w:rsidRPr="00BC0CCB" w:rsidRDefault="00CB5F8F" w:rsidP="00CB5F8F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5775"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="00407B4B" w:rsidP="002B267C">
-[...67 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="006E4A98" w:rsidRPr="00BC0CCB" w:rsidRDefault="006E4A98" w:rsidP="006E4A98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0CCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC0CCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC0CCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етписбаева Ж.А  87076092905</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823751" w:rsidRPr="00823751" w:rsidRDefault="00823751" w:rsidP="00823751">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B267C" w:rsidRPr="002B267C" w:rsidRDefault="002B267C" w:rsidP="002B267C">
-[...211 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="006E4A98" w:rsidRDefault="006E4A98" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B16CDA" w:rsidRPr="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00B16CDA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B16CDA" w:rsidRDefault="00B16CDA" w:rsidP="00700622">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD0B8D" w:rsidRPr="009615A0" w:rsidRDefault="00AD0B8D" w:rsidP="009615A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00B16CDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0B8D" w:rsidRPr="008E2EC3" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
+    <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AD0B8D" w:rsidRPr="008E2EC3" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AD0B8D" w:rsidRPr="008E2EC3" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00AD0B8D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AD0B8D" w:rsidRPr="008E2EC3" w:rsidRDefault="00AD0B8D" w:rsidP="00B16CDA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00B16CDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00B16CDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidRDefault="00AD0B8D" w:rsidP="00B16CDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AD0B8D" w:rsidRPr="00B92886" w:rsidSect="00CE7697">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="10512A79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="439AEAFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3929,199 +4809,50 @@
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="115E7470"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="116B6204"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="17126334"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4190,200 +4921,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="1A3E7955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="913296B4"/>
     <w:lvl w:ilvl="0" w:tplc="DB58540A">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4452,56 +5034,56 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="2EAD599E"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2A4F6130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A0348E76"/>
+    <w:tmpl w:val="EB305576"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
-      <w:start w:val="1"/>
+      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -4541,349 +5123,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...297 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="760C7DAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0348E76"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4929,560 +5213,220 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="7"/>
-[...10 lines deleted...]
-  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00201DC6"/>
     <w:rsid w:val="0006390C"/>
     <w:rsid w:val="0008281F"/>
-    <w:rsid w:val="000D2A4D"/>
     <w:rsid w:val="00105380"/>
     <w:rsid w:val="00125537"/>
     <w:rsid w:val="001A404E"/>
-    <w:rsid w:val="001C22D0"/>
     <w:rsid w:val="001D0C21"/>
-    <w:rsid w:val="001F1E11"/>
     <w:rsid w:val="00201DC6"/>
     <w:rsid w:val="002351CB"/>
     <w:rsid w:val="002520D4"/>
     <w:rsid w:val="00272FE9"/>
     <w:rsid w:val="002A1E94"/>
-    <w:rsid w:val="002B267C"/>
     <w:rsid w:val="002C77D4"/>
     <w:rsid w:val="00316837"/>
     <w:rsid w:val="00317535"/>
     <w:rsid w:val="003658FE"/>
-    <w:rsid w:val="00372F00"/>
     <w:rsid w:val="003A4618"/>
     <w:rsid w:val="003E3448"/>
     <w:rsid w:val="003E49C5"/>
     <w:rsid w:val="003F0226"/>
     <w:rsid w:val="003F36B8"/>
     <w:rsid w:val="004009A4"/>
-    <w:rsid w:val="00407B4B"/>
     <w:rsid w:val="0043646D"/>
     <w:rsid w:val="00476D2A"/>
     <w:rsid w:val="004869F6"/>
-    <w:rsid w:val="004A5484"/>
     <w:rsid w:val="00520B65"/>
     <w:rsid w:val="00537A0C"/>
     <w:rsid w:val="00542964"/>
     <w:rsid w:val="00575918"/>
     <w:rsid w:val="00577BEE"/>
     <w:rsid w:val="005F6369"/>
     <w:rsid w:val="00606B62"/>
     <w:rsid w:val="0067568C"/>
     <w:rsid w:val="006A3477"/>
     <w:rsid w:val="006B413C"/>
     <w:rsid w:val="006E4A98"/>
     <w:rsid w:val="00700622"/>
     <w:rsid w:val="007011C8"/>
     <w:rsid w:val="007648E1"/>
     <w:rsid w:val="00784C87"/>
-    <w:rsid w:val="00787862"/>
     <w:rsid w:val="00794D37"/>
     <w:rsid w:val="007A2792"/>
     <w:rsid w:val="007E5983"/>
     <w:rsid w:val="007F1005"/>
     <w:rsid w:val="00807970"/>
     <w:rsid w:val="008116ED"/>
     <w:rsid w:val="008174AB"/>
     <w:rsid w:val="00823751"/>
     <w:rsid w:val="00830FCF"/>
     <w:rsid w:val="00850D1E"/>
     <w:rsid w:val="00854F5F"/>
     <w:rsid w:val="00857A0D"/>
     <w:rsid w:val="00873305"/>
-    <w:rsid w:val="008803F3"/>
     <w:rsid w:val="00892E49"/>
     <w:rsid w:val="008970D6"/>
     <w:rsid w:val="008B37B6"/>
-    <w:rsid w:val="008E2EC3"/>
     <w:rsid w:val="009037E4"/>
     <w:rsid w:val="00953393"/>
     <w:rsid w:val="00955EB3"/>
     <w:rsid w:val="009615A0"/>
     <w:rsid w:val="009C1FF6"/>
+    <w:rsid w:val="009C359C"/>
     <w:rsid w:val="009D7FC1"/>
     <w:rsid w:val="009E5E57"/>
     <w:rsid w:val="00A00452"/>
     <w:rsid w:val="00A143CB"/>
     <w:rsid w:val="00A15CE2"/>
     <w:rsid w:val="00AD0B8D"/>
     <w:rsid w:val="00AD16B5"/>
     <w:rsid w:val="00AD5978"/>
     <w:rsid w:val="00AF6CF9"/>
     <w:rsid w:val="00B16CDA"/>
-    <w:rsid w:val="00B22AB5"/>
     <w:rsid w:val="00B40C24"/>
     <w:rsid w:val="00B7395F"/>
     <w:rsid w:val="00B834B8"/>
     <w:rsid w:val="00B853D4"/>
     <w:rsid w:val="00B85684"/>
     <w:rsid w:val="00B92886"/>
     <w:rsid w:val="00BB0904"/>
     <w:rsid w:val="00BF0DCC"/>
     <w:rsid w:val="00C26686"/>
     <w:rsid w:val="00C516CE"/>
     <w:rsid w:val="00C51D19"/>
-    <w:rsid w:val="00C64601"/>
     <w:rsid w:val="00C66EB2"/>
     <w:rsid w:val="00C80A94"/>
     <w:rsid w:val="00C922EA"/>
     <w:rsid w:val="00C95E8B"/>
     <w:rsid w:val="00CB5F8F"/>
     <w:rsid w:val="00CD3721"/>
     <w:rsid w:val="00CE3681"/>
     <w:rsid w:val="00CE7697"/>
     <w:rsid w:val="00D0221A"/>
     <w:rsid w:val="00D24555"/>
     <w:rsid w:val="00D80F05"/>
     <w:rsid w:val="00D8190E"/>
     <w:rsid w:val="00DB1230"/>
     <w:rsid w:val="00DF4539"/>
     <w:rsid w:val="00E22E40"/>
     <w:rsid w:val="00E529CE"/>
     <w:rsid w:val="00E71A34"/>
     <w:rsid w:val="00E76CE3"/>
     <w:rsid w:val="00E90FAF"/>
     <w:rsid w:val="00EA1CF3"/>
     <w:rsid w:val="00ED7845"/>
     <w:rsid w:val="00EE5B3F"/>
     <w:rsid w:val="00F05061"/>
     <w:rsid w:val="00F16F09"/>
     <w:rsid w:val="00F91034"/>
     <w:rsid w:val="00FC2FBC"/>
-    <w:rsid w:val="00FE5BEB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...320 lines deleted...]
-<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5716,591 +5660,338 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B16CDA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C80A94"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="Balloon Text"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B16CDA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00407B4B"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BF0DCC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006E4A98"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00955EB3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-    <w:name w:val="Текст выноски Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B16CDA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00407B4B"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C80A94"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="650794379">
-[...503 lines deleted...]
-    </w:div>
     <w:div w:id="1642537412">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1545673418">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -6388,51 +6079,51 @@
           <w:divsChild>
             <w:div w:id="1319000650">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6680,75 +6371,75 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2970</Characters>
+  <Pages>3</Pages>
+  <Words>516</Words>
+  <Characters>2946</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3484</CharactersWithSpaces>
+  <CharactersWithSpaces>3456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-927733213</vt:i4>
   </property>
 </Properties>
 </file>