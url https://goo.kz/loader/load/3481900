--- v0 (2025-12-10)
+++ v1 (2025-12-12)
@@ -246,134 +246,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>педагог – психо</w:t>
       </w:r>
       <w:r w:rsidRPr="00E64948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лог в классах с русским языком обучения с 1-3 классы.</w:t>
-[...5 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>лог в классах с русским языком обучения с 1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C607F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>11</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E64948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Акумбаева</w:t>
-[...56 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> классы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF331E" w:rsidRDefault="00FF331E" w:rsidP="00FF331E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FF331E" w:rsidRPr="002316A8" w:rsidRDefault="00FF331E" w:rsidP="00FF331E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -787,72 +724,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002316A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.У.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00653184">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidTr="00653184">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
@@ -1028,72 +943,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002316A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.У.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00653184">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidTr="00653184">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
@@ -1269,72 +1162,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002316A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.У.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00653184">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidTr="00653184">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
@@ -1510,72 +1381,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002316A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.У.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00653184">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidTr="00653184">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
@@ -1751,72 +1600,52 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002316A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.У.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00653184">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FF331E" w:rsidRPr="00F52953" w:rsidRDefault="00FF331E" w:rsidP="00FF331E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
@@ -2091,103 +1920,104 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оптимальных условий развития ребенка;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
+        <w:t>–   создание и поддержание условий для обучения психогигиеническим навыкам поведения детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F52953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«группы риска», и становление их как социально - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F52953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компетентностных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F52953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>–   создание и поддержание условий для обучения психогигиеническим навыкам поведения детей</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> людей;</w:t>
+        <w:t>людей;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>–   создание   и   поддержание   психологического климата в коллективе, развитие психолого-педагогической компетентности педагогов;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F52953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>–   содействие в повышении   квалификации педагогов,   работающих с талантливыми детьми.</w:t>
       </w:r>
     </w:p>
@@ -2656,54 +2486,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FF331E" w:rsidRDefault="00FF331E" w:rsidP="00FF331E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA7273" w:rsidRDefault="00CA7273">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00CA7273" w:rsidRDefault="00CA7273"/>
     <w:sectPr w:rsidR="00CA7273">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -2788,68 +2615,70 @@
     <w:rsid w:val="005F1965"/>
     <w:rsid w:val="00607EC1"/>
     <w:rsid w:val="006156EA"/>
     <w:rsid w:val="006264E3"/>
     <w:rsid w:val="006379F4"/>
     <w:rsid w:val="00683E0A"/>
     <w:rsid w:val="00692D62"/>
     <w:rsid w:val="006C00D0"/>
     <w:rsid w:val="006D4E08"/>
     <w:rsid w:val="0071180B"/>
     <w:rsid w:val="00712AD6"/>
     <w:rsid w:val="00732F34"/>
     <w:rsid w:val="00735F16"/>
     <w:rsid w:val="00763316"/>
     <w:rsid w:val="00773174"/>
     <w:rsid w:val="007B6223"/>
     <w:rsid w:val="007F6597"/>
     <w:rsid w:val="00811B6A"/>
     <w:rsid w:val="008208CE"/>
     <w:rsid w:val="00852C8A"/>
     <w:rsid w:val="00856736"/>
     <w:rsid w:val="008B601C"/>
     <w:rsid w:val="008C3271"/>
     <w:rsid w:val="00965DF3"/>
     <w:rsid w:val="009900D7"/>
+    <w:rsid w:val="009A1E13"/>
     <w:rsid w:val="009C18CD"/>
     <w:rsid w:val="009D7D3C"/>
     <w:rsid w:val="009E3E35"/>
     <w:rsid w:val="00A10454"/>
     <w:rsid w:val="00A1675F"/>
     <w:rsid w:val="00A802FD"/>
     <w:rsid w:val="00AA7F4F"/>
     <w:rsid w:val="00AF1111"/>
     <w:rsid w:val="00B3002A"/>
     <w:rsid w:val="00B37D2C"/>
     <w:rsid w:val="00B51792"/>
     <w:rsid w:val="00BB58F0"/>
     <w:rsid w:val="00BB7D6E"/>
     <w:rsid w:val="00BE2870"/>
     <w:rsid w:val="00C00392"/>
     <w:rsid w:val="00C435C6"/>
     <w:rsid w:val="00C436EF"/>
     <w:rsid w:val="00C576CF"/>
+    <w:rsid w:val="00C607F4"/>
     <w:rsid w:val="00C63E5A"/>
     <w:rsid w:val="00C97619"/>
     <w:rsid w:val="00CA7273"/>
     <w:rsid w:val="00CF379A"/>
     <w:rsid w:val="00D36E02"/>
     <w:rsid w:val="00D71B8A"/>
     <w:rsid w:val="00D86C35"/>
     <w:rsid w:val="00DA1479"/>
     <w:rsid w:val="00DB03E4"/>
     <w:rsid w:val="00DC09CC"/>
     <w:rsid w:val="00DD23DF"/>
     <w:rsid w:val="00E553ED"/>
     <w:rsid w:val="00EE5D32"/>
     <w:rsid w:val="00F06F68"/>
     <w:rsid w:val="00F41851"/>
     <w:rsid w:val="00F43080"/>
     <w:rsid w:val="00F544DD"/>
     <w:rsid w:val="00F67FBD"/>
     <w:rsid w:val="00F714E0"/>
     <w:rsid w:val="00F72764"/>
     <w:rsid w:val="00F77FB6"/>
     <w:rsid w:val="00FE4687"/>
     <w:rsid w:val="00FF0E4F"/>
     <w:rsid w:val="00FF331E"/>
   </w:rsids>
@@ -3540,54 +3369,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>523</Words>
-  <Characters>2986</Characters>
+  <Words>497</Words>
+  <Characters>2835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3502</CharactersWithSpaces>
+  <CharactersWithSpaces>3326</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>user</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>