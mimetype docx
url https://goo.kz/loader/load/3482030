--- v0 (2025-12-06)
+++ v1 (2026-03-01)
@@ -1,5779 +1,2271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000D383D" w:rsidRPr="00873305" w:rsidRDefault="00B070DF" w:rsidP="000D383D">
-[...26 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00132399" w:rsidRPr="009465F1" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
-        <w:jc w:val="right"/>
-[...1066 lines deleted...]
-    <w:p w:rsidR="00493DE7" w:rsidRDefault="00493DE7" w:rsidP="00B070DF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10205"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БУҚБДДО МҚКК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________ А.Л.Мухаметжанова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«____»___________2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="009465F1" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10205"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="009465F1" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5430"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009465F1">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="009465F1" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009465F1">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009465F1">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тәуелсіздік күнінің 30 жылдығына арналған </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009465F1">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A7083">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Елімізге Арнау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A7083">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалалық  буриме-байқауын өткізу туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Жалпы  ереже </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="006E3160">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          «Тәуелсіздік Әні»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқауын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да (бұдан әрі - Байқау) – әдеби </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылықтың ойын жанры - «Буриме» қағидасы (Франц. boutsrimes –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рифмалы аяқтау)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ойынға қатысушылар алдын-ала ұсынылған кілт сөздер бойынша өлең жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Байқаудың мақсаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- балаларды поэтикалық шығармашылыққа  баулу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сөздер арқылы біздің  еліміздің   тарихына   туған  жерге патриоттық  қарым – қатынасын  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дамыту ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- поэзия жанры арқылы патриотизмді білдіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- балалардың   шығармашылық  әлеуетін   ынталандыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Байқау  міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- поэтикалық жанрда дарындылықты айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- шығармашылық әлеуетті дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өз і шығармаларының   дарынды авторларын анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1485"/>
+          <w:tab w:val="left" w:pos="2895"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Байқауды ұйымдастырушылар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        «Павлодар дарыны»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос уақытты қамту және  балалардың дарындылығын  дамыту орталығы» КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Байқау     қатысушылары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқауға 10 жастан 15 жасқа дейінгі қаланың   жалпы  білім беру  мектептерінің оқушылары  қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Байқау  тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.1. Байқау 2021 жылғы 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсанда  (ZOOM платформа) қашықтықтан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. Өтініштер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00AC6FD8">
           <w:rPr>
-            <w:rStyle w:val="a8"/>
+            <w:rStyle w:val="a5"/>
+            <w:b/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Bureme</w:t>
-[...31 lines deleted...]
-          <w:t>ru</w:t>
+          <w:t>sholpan_9395@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 жылғы 2</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a8"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсан аралығында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  қабылданады .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.3. Байқау қазақ және   орыс   тілінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.4.Қатысушыларға болашақ өлеңде міндетті түрде кездесетін түйінді тіркестер беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>.1</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.5. Байқау  қатысушыларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өлең шығаруға уақыт беріледі, оны қатаң сақтау керек (1 сағат).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.6 Берілген уақыттың аяқталуы туралы хабарландырудан кейін жұмыстар 3 минут ішінде </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-          <w:szCs w:val="28"/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000A7083">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "mailto:Bureme@inbox.ru"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC6FD8">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bureme@inbox.ru</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A03A79">
-[...52 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>поштасына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.7. «Тоқта» пәрменінен  және жіберуге бөлінген уақыттан   кейін жіберілген байқау материалдары  есептелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.8. Қазылар алқасы мүшелерінің жұмыстарын талқылау 10-14 желтоқсан аралығында өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.9. 15 желтоқсанда қорытындылар  жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Конкурсқа қатысуға қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.1 Байқауға қатысушылар  өтініш формасын толтырып, белгіленген мерзімде тапсыруы керек (1-нысан, 3-бетті қараңыз).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.2 Байқаудың   материалы  поэтикалық жанрдың канондарына сәйкес жазылуы керек (бағанада).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.3 Қатысушылар поэзияның кез келген стилінде жаза алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.4 Жұмыс қатаң түрде жеке болуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3150"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Бағалау өлшемдері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- берілген сөздердің қолданыс ерекшелігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- байқау ережелерін сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өлеңнің рифмологиясы мен стилистикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- шығарманың идеялық мазмұны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Байқаудың қазылар алқасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - Қазылар алқасының шешімі хаттамамен ресімделеді, түпкілікті болып табылады, оны талқылауға немесе өзгертуге болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Әділқазылар алқасының мүшелері жұмысты байқау шарттарына сәйкес келмесе, дисквалификациялауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Қатысушыларды марапаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00C934FB" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00493DE7" w:rsidRDefault="00493DE7" w:rsidP="00493DE7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ең көп ұпай жинаған байқау жеңімпаздары «Павлодар дарыны» БУҚБДДО  I, II, III дәрежелі дипломдарымен марапатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00A8052F" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A8052F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша  1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3510"/>
+          <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...117 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан   Республикасы  Тәуелсіздік күнінің 30 жылдығына арналған  «Елімізге Арнау», қалалық  қашықтықтан  буриме-байқауына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2490"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...313 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="9883" w:type="dxa"/>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10714" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="425"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="383"/>
+        <w:gridCol w:w="834"/>
+        <w:gridCol w:w="695"/>
+        <w:gridCol w:w="834"/>
+        <w:gridCol w:w="695"/>
+        <w:gridCol w:w="694"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="695"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="834"/>
+        <w:gridCol w:w="1575"/>
+        <w:gridCol w:w="789"/>
+        <w:gridCol w:w="1157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidTr="0049070E">
+      <w:tr w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidTr="00177483">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="383" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="834" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...35 lines deleted...]
-              <w:t>учас.</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қатысушы Т.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Школа</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="834" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Класс</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сынып </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Язык обучения</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="1945" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Из них АСП</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оның ішінде  АСП алатындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="3198" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">            Обучение</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            Оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00334976">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...17 lines deleted...]
-              <w:t>, тел</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекші, тел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidTr="0049070E">
+      <w:tr w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidTr="00177483">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="1433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="383" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="834" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="834" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="694" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...6 lines deleted...]
-              <w:t>м/д</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="556" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>м/о</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>д/с</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="973" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="834" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Лицейские кл</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лицей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Гимназ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="789" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRPr="00BC1F21" w:rsidRDefault="00493DE7" w:rsidP="00BC1F21">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC1F21">
-[...7 lines deleted...]
-              <w:t>Углубление</w:t>
+            <w:r w:rsidRPr="00240DEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тереңдетілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00493DE7" w:rsidRDefault="00493DE7" w:rsidP="00D511D0">
+          <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00177483">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...135 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00493DE7" w:rsidRPr="001B501C" w:rsidRDefault="00493DE7" w:rsidP="00493DE7">
-[...119 lines deleted...]
-      <w:r w:rsidRPr="00493DE7">
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Сулейменова Ш.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұялы тел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240DEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 87015288508, (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00240DEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>WhatsApp</w:t>
       </w:r>
-      <w:r w:rsidRPr="00493DE7">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00240DEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)8 7475288508</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00493DE7" w:rsidRPr="00A03A79" w:rsidRDefault="00493DE7" w:rsidP="00493DE7">
-[...19 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:p w:rsidR="00132399" w:rsidRPr="00240DEF" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132399" w:rsidRDefault="00132399" w:rsidP="00132399">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A104B2" w:rsidRDefault="00A104B2"/>
+    <w:sectPr w:rsidR="00A104B2" w:rsidSect="00813F7A">
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="142" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...26 lines deleted...]
-    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="000D383D" w:rsidRDefault="000D383D" w:rsidP="000D383D">
+  <w:p w:rsidR="000D383D" w:rsidRDefault="00A104B2" w:rsidP="000D383D">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a3"/>
       <w:ind w:right="110"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2529 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="116"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="140"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001D3E2E"/>
-[...109 lines deleted...]
-    <w:rsid w:val="00F25888"/>
+    <w:rsidRoot w:val="00132399"/>
+    <w:rsid w:val="00132399"/>
+    <w:rsid w:val="00A104B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5875,487 +2367,456 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007D6FA0"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D383D"/>
+    <w:rsid w:val="00132399"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="10" w:right="617" w:hanging="10"/>
     </w:pPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="000D383D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...15 lines deleted...]
-    <w:rsid w:val="000D383D"/>
+    <w:rsid w:val="00132399"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF3022"/>
+    <w:rsid w:val="00132399"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0036601B"/>
+    <w:rsid w:val="00132399"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20%20Bureme@inbox.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sholpan_9395@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sholpan_9395@mail.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>483</Words>
-  <Characters>2755</Characters>
+  <Words>507</Words>
+  <Characters>2890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3232</CharactersWithSpaces>
+  <CharactersWithSpaces>3391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>nkvdman@live.com</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>