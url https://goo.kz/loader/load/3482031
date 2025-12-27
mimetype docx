--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2739 +1,3187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00261643" w:rsidRPr="002448D6" w:rsidRDefault="00261643" w:rsidP="00261643">
+    <w:p w:rsidR="00C66A6D" w:rsidRDefault="00C66A6D" w:rsidP="004F488F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-32"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БУҚБДДО МҚКК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________ А.Л.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77820">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мухаметжанова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRPr="00C934FB" w:rsidRDefault="004F488F" w:rsidP="004F488F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«____»___________2021ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C934FB">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...112 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00261643" w:rsidRDefault="00261643" w:rsidP="00261643">
-      <w:pPr>
+    <w:p w:rsidR="004F488F" w:rsidRDefault="004F488F" w:rsidP="006C0141">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="004F4543" w:rsidP="006C0141">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Тәуелсіздік күніне арналған </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F4543" w:rsidRPr="004F488F" w:rsidRDefault="004F4543" w:rsidP="006C0141">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...69 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Екі дауыс" байқауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F4543" w:rsidRPr="004F488F" w:rsidRDefault="004F4543" w:rsidP="006C0141">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="004F4543" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Екі дауыс"</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқауы (бұдан әрі - байқау) - қазақстандық авторлар мен композиторлардың әндерінің дуэтті орындалуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="004F4543" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаудың ұйымдастырушылары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар Дарыны"</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос уақытты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамту және балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дарындылығын дамыту орталығы</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқауға қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Байқауға 10-15 жас аралығындағы қала мектептерінің оқушылары қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты мен міндеттері: </w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алаларды бірлескен шығармашылыққа ынталандыру. Отандық авторлар мен композиторлардың әндеріне деген патриоттық қатынасты дамыту. Отанымызды жырлайтын қазіргі заманғы қазақстандық мәдениет пен туындыларды танымал ету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F4543" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқау шарттары:</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Байқауға вокалдық дуэттер қатысады. Байқау әндерінің авторлығы қазақстандық авторлар мен композиторларға тиесілі болуы тиіс, сондай-ақ авторлық шығармашылыққа немесе мәтіннің көп бөлігі қазақстандық авторларға тиесілі қандай да бір материалды аударуға жол беріледі. Конкурсқа қатысушылар нысан бойынша өтінімді толтырып, көрсетілген мерзімде жіберуі тиіс. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="00C33B21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="00C33B21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4543" w:rsidRPr="00C33B21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B709B5" w:rsidRPr="00B709B5" w:rsidRDefault="000269D6" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау материалы  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00B709B5" w:rsidRPr="00F16509">
+          <w:rPr>
+            <w:rStyle w:val="a9"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>massovyy.otdel@mai.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00B709B5" w:rsidRPr="00F16509">
+          <w:rPr>
+            <w:rStyle w:val="a9"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sholpan_9395@mail.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>поштасына  жіберіледі Байқауға "+1 " фонограммасын пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қатысу қағидасы:</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байқау екі турдан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000269D6" w:rsidRPr="004F488F" w:rsidRDefault="000269D6" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 тур – "Online" форматы 6.12-14.12.2021 ж.: дуэт қатысушылары өз орындауларын видеоға жақсы сапада жазуы тиіс. Көп ұпай жинаған дуэттер екінші турға өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRPr="004F488F" w:rsidRDefault="00B709B5" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 тур – Offline форматта 22</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсан 2021 жыл: финалистердің қатысуымен гала-концерт. Қазылар алқасы әр қойылымды бағалайды. Жиналған </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұпай</w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байқау </w:t>
+      </w:r>
+      <w:r w:rsidR="000269D6" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеңімпаздары мен лауреаттары анықталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRPr="004F488F" w:rsidRDefault="000269D6" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егер туындыны қазақстандық автор жазса, әнді кез келген тілде орындауға болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRPr="004F488F" w:rsidRDefault="000269D6" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таңдалған шығарманың идеясын ашу үшін би сүйемелдеуін, бейне роликтерді, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ото слайдтарды, тіректерді қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"-1" фонограммасын, "жанды" аспаптық сүйемелдеуді пайдалануға жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B709B5" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау өлшемдері:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көркемдік, орындау техникасы мен сапасы, бейнені ашу. Орындалатын материалдың берілуін күшейту әдістерін, бейненің техникалық сапасын түпнұсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0141" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сын </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдалану. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B709B5" w:rsidRPr="004F488F" w:rsidRDefault="00C60514" w:rsidP="00B709B5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу тәртібі:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінімдер мен жұмыстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021 жылғы 6-14 желтоқсан аралығында </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00B709B5" w:rsidRPr="00F16509">
+          <w:rPr>
+            <w:rStyle w:val="a9"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>massovyy.otdel@mai.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық пошта бойынша  қабылданады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B709B5" w:rsidRDefault="00B709B5" w:rsidP="00B709B5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C0141" w:rsidRPr="004F488F" w:rsidRDefault="00C60514" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқау 2021 жыл</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0141" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B709B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желтоқсанында Offline форматта өтеді. Уақыт пен орын кейінірек хабарланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C0141" w:rsidRPr="004F488F" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытындылау:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRPr="004F488F" w:rsidRDefault="00C60514" w:rsidP="00F77820">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазылар алқасы әр қойылымды бағалайды. Жиналған </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0141" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұпай </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижелері бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0141" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">байқау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеңімпаздары мен лауреаттары анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRPr="004F488F" w:rsidRDefault="00C06A88" w:rsidP="00F77820">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00C60514" w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://sozdik.kz/ru/translator/" \t "_blank" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="00FA7D35" w:rsidRDefault="00C06A88" w:rsidP="00FA7D35">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004F24BE" w:rsidRPr="00C33B21">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F24BE" w:rsidRPr="00C33B21">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F24BE" w:rsidRPr="00FA7D35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="00C33B21" w:rsidRDefault="004F24BE" w:rsidP="004F488F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F488F" w:rsidRDefault="004F24BE" w:rsidP="004F488F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1148 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Тәуелсіздік күніне арналған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F488F" w:rsidRDefault="004F24BE" w:rsidP="004F488F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...196 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Екі дауыс"қашықтықтан  қалалық  байқауына</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="11483" w:type="dxa"/>
-        <w:tblInd w:w="-911" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="523" w:tblpY="674"/>
+        <w:tblW w:w="11152" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="494"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="850"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="567"/>
-        <w:gridCol w:w="852"/>
+        <w:gridCol w:w="426"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="850"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1134"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="917"/>
+        <w:gridCol w:w="1452"/>
+        <w:gridCol w:w="1162"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00261643" w:rsidRPr="0054099C" w:rsidTr="00177483">
+      <w:tr w:rsidR="00F77820" w:rsidRPr="009B3A53" w:rsidTr="00F77820">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="369" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ф.И</w:t>
-[...26 lines deleted...]
-              <w:t>учас.</w:t>
+              <w:t>Оқушы Т.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="494" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Школа</w:t>
+              <w:t xml:space="preserve">Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Класс</w:t>
+              <w:t>сынып</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Из них АСП</w:t>
+              <w:t>Оның ішінде АСП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2618" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Обучение</w:t>
+              <w:t>Оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Название произведения, автор</w:t>
+              <w:t>Шығарма атауы, автор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Примечания</w:t>
+              <w:t xml:space="preserve">Ескерту </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(вид выступления, тех. средства и эл.носители)</w:t>
+              <w:t>(орындау түрі, тех. құрал  эл.тасығыш)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261643" w:rsidRPr="0054099C" w:rsidTr="00177483">
+      <w:tr w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidTr="00F77820">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="369" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcW w:w="494" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="948" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
-[...41 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>м/о</w:t>
+              <w:t>к/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>д/с</w:t>
+              <w:t>а/қ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77820">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж/б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лицейские кл</w:t>
+              <w:t xml:space="preserve">Лицей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Гимназ.</w:t>
+              <w:t>Гим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E01DF3">
+            <w:r w:rsidRPr="00F77820">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Углуб</w:t>
+              <w:t>тереңдет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261643" w:rsidRPr="00E01DF3" w:rsidRDefault="00261643" w:rsidP="00177483">
+          <w:p w:rsidR="00F77820" w:rsidRPr="00F77820" w:rsidRDefault="00F77820" w:rsidP="00F77820">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="993"/>
+                <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00261643" w:rsidRDefault="00261643" w:rsidP="00261643">
-      <w:pPr>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F488F" w:rsidRDefault="004F24BE" w:rsidP="004F488F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F488F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтінім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F24BE" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F24BE" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRDefault="004F24BE" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F77820" w:rsidRPr="004F24BE" w:rsidRDefault="00F77820" w:rsidP="004F24BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құрастырған </w:t>
+      </w:r>
+      <w:r w:rsidR="004F24BE" w:rsidRPr="004F24BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Сулейменова Ш.А </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F488F" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байланыс </w:t>
+      </w:r>
+      <w:r w:rsidR="004F24BE" w:rsidRPr="004F24BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тел: 32 23  43; тел. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F24BE" w:rsidP="00F77820">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F24BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Составила: Сулейменова Ш.А </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00261643" w:rsidRDefault="00261643" w:rsidP="00261643">
+        <w:t>8 701 528 85 08, 8 747 528 85 08 (ватцап)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F24BE" w:rsidRPr="004F24BE" w:rsidRDefault="004F24BE" w:rsidP="00F77820">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9355"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B16272">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C60514" w:rsidRDefault="00C60514" w:rsidP="00B16272">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B16272">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A1957" w:rsidRPr="00C60514" w:rsidRDefault="00B16272" w:rsidP="00B16272">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9355"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C60514">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-    <w:sectPr w:rsidR="000E4D7F" w:rsidRPr="00261643">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991EFF" w:rsidRPr="00C60514" w:rsidRDefault="00991EFF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00991EFF" w:rsidRPr="00C60514" w:rsidSect="00F77820">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00A7508A" w:rsidRDefault="00A7508A" w:rsidP="00B44A66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00A7508A" w:rsidRDefault="00A7508A" w:rsidP="00B44A66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="919683254"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00B44A66" w:rsidRDefault="00C06A88">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00B44A66">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="009B3A53">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00B44A66" w:rsidRDefault="00B44A66">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00A7508A" w:rsidRDefault="00A7508A" w:rsidP="00B44A66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00A7508A" w:rsidRDefault="00A7508A" w:rsidP="00B44A66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="58016208"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34586CEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="72C839F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FEC42E14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00261643"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00261643"/>
+    <w:rsidRoot w:val="00421D3E"/>
+    <w:rsid w:val="000269D6"/>
+    <w:rsid w:val="000C23D7"/>
+    <w:rsid w:val="000C7FFE"/>
+    <w:rsid w:val="000E4A31"/>
+    <w:rsid w:val="002167E3"/>
+    <w:rsid w:val="00244C1F"/>
+    <w:rsid w:val="002C18AE"/>
+    <w:rsid w:val="003A1264"/>
+    <w:rsid w:val="003A1957"/>
+    <w:rsid w:val="003E1A89"/>
+    <w:rsid w:val="003E32C8"/>
+    <w:rsid w:val="00407EF6"/>
+    <w:rsid w:val="00421D3E"/>
+    <w:rsid w:val="00497D86"/>
+    <w:rsid w:val="004C6A36"/>
+    <w:rsid w:val="004E0850"/>
+    <w:rsid w:val="004F24BE"/>
+    <w:rsid w:val="004F4543"/>
+    <w:rsid w:val="004F488F"/>
+    <w:rsid w:val="00502CB2"/>
+    <w:rsid w:val="00542FDB"/>
+    <w:rsid w:val="00566C2D"/>
+    <w:rsid w:val="00582E4A"/>
+    <w:rsid w:val="005A5FD2"/>
+    <w:rsid w:val="005E4FE9"/>
+    <w:rsid w:val="00681B6D"/>
+    <w:rsid w:val="006B37AC"/>
+    <w:rsid w:val="006C0141"/>
+    <w:rsid w:val="006D3694"/>
+    <w:rsid w:val="0077717B"/>
+    <w:rsid w:val="00794F7C"/>
+    <w:rsid w:val="00800D61"/>
+    <w:rsid w:val="009137CC"/>
+    <w:rsid w:val="00991EFF"/>
+    <w:rsid w:val="009A0B23"/>
+    <w:rsid w:val="009B3A53"/>
+    <w:rsid w:val="009E4B56"/>
+    <w:rsid w:val="009E5F0A"/>
+    <w:rsid w:val="00A11F48"/>
+    <w:rsid w:val="00A31AEB"/>
+    <w:rsid w:val="00A66E6B"/>
+    <w:rsid w:val="00A7508A"/>
+    <w:rsid w:val="00A92E22"/>
+    <w:rsid w:val="00B16272"/>
+    <w:rsid w:val="00B204FE"/>
+    <w:rsid w:val="00B23DBD"/>
+    <w:rsid w:val="00B42A54"/>
+    <w:rsid w:val="00B44A66"/>
+    <w:rsid w:val="00B709B5"/>
+    <w:rsid w:val="00C06A88"/>
+    <w:rsid w:val="00C151CE"/>
+    <w:rsid w:val="00C33B21"/>
+    <w:rsid w:val="00C60514"/>
+    <w:rsid w:val="00C66A6D"/>
+    <w:rsid w:val="00C66E94"/>
+    <w:rsid w:val="00C704F2"/>
+    <w:rsid w:val="00C762FE"/>
+    <w:rsid w:val="00D23899"/>
+    <w:rsid w:val="00D5311C"/>
+    <w:rsid w:val="00D66801"/>
+    <w:rsid w:val="00E01DF3"/>
+    <w:rsid w:val="00E1539D"/>
+    <w:rsid w:val="00E25BD7"/>
+    <w:rsid w:val="00F71DAF"/>
+    <w:rsid w:val="00F77820"/>
+    <w:rsid w:val="00FA3567"/>
+    <w:rsid w:val="00FA7D35"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2840,146 +3288,756 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00566C2D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000269D6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00261643"/>
+    <w:rsid w:val="00A66E6B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B44A66"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B44A66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B44A66"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B44A66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00261643"/>
+    <w:rsid w:val="009E5F0A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00261643"/>
+    <w:rsid w:val="009137CC"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000269D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="organictitlecontentspan">
+    <w:name w:val="organictitlecontentspan"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00C60514"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00566C2D"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A66E6B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B44A66"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B44A66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B44A66"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B44A66"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E5F0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009137CC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1600259742">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2039505017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1944992405">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="200479094">
+                  <w:marLeft w:val="-240"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="150"/>
+                  <w:marBottom w:val="600"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1897625889">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1364944536">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="465"/>
+                          <w:marTop w:val="105"/>
+                          <w:marBottom w:val="600"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="23403597">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="465582183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="550580598">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1751541449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1022439998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1981809132">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="144245440">
+                  <w:marLeft w:val="-240"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="150"/>
+                  <w:marBottom w:val="600"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1579316993">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1496192471">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="465"/>
+                          <w:marTop w:val="105"/>
+                          <w:marBottom w:val="600"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="100534668">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1275668569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="512034658">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mai.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sholpan_9395@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mai.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sholpan_9395@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mai.ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mai.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3013,84 +4071,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3226,54 +4286,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>463</Words>
-  <Characters>2641</Characters>
+  <Words>474</Words>
+  <Characters>2707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3098</CharactersWithSpaces>
+  <CharactersWithSpaces>3175</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Елена</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>