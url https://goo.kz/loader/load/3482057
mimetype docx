--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -1,537 +1,433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1233" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6665"/>
         <w:gridCol w:w="7452"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidTr="005866B0">
         <w:trPr>
           <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="008A1391">
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A1391">
+              <w:t>«Согласовано»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="00DD67BA" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007A49B3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD67BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE097B" w:rsidRPr="00DD67BA" w:rsidRDefault="008A1391" w:rsidP="008A1391">
+              <w:t>Заместитель руководителя  отдела</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="00DD67BA" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD67BA">
+            <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD67BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD67BA">
+              </w:rPr>
+              <w:t>бразования</w:t>
+            </w:r>
+            <w:r w:rsidR="005615C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>а</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD67BA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>города Павлодара</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD67BA">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A49B3">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Калиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A49B3">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.Ж. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="008A1391">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="00FE097B">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00FE097B">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:right="-5494"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD67BA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7452" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">____________ </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A1391" w:rsidRPr="007A49B3">
+            </w:pPr>
+            <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">З.Ж. </w:t>
+              <w:t>«Утверждаю»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A49B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Руководитель КГКП</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A49B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Калиева</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="008A1391">
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:ind w:right="-5494"/>
+            <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">________ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Мухаметжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007A49B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> А.Л.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...6 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE097B" w:rsidRPr="007A49B3" w:rsidRDefault="00FE097B" w:rsidP="00FE097B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...111 lines deleted...]
-                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="000370EA" w:rsidRPr="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="005866B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE097B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00FE097B" w:rsidRDefault="00FE097B" w:rsidP="005866B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE097B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2021-2022 </w:t>
+        <w:t xml:space="preserve">детских представительств  по вопросам защиты прав детей школ </w:t>
       </w:r>
-      <w:r w:rsidR="008A1391">
-[...8 lines deleted...]
-      <w:r w:rsidR="008A1391" w:rsidRPr="00FE097B">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE097B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
+        <w:t>г</w:t>
       </w:r>
-      <w:r w:rsidR="008A1391">
-[...8 lines deleted...]
-      <w:r w:rsidR="008A1391" w:rsidRPr="00FE097B">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE097B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...28 lines deleted...]
-        <w:t>әселелері бойынша балалар өкілеттілігінің  жұмыс жоспары</w:t>
+        <w:t>. Павлодара на 2021-2022 учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="8363"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="4677"/>
@@ -542,19257 +438,7238 @@
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005866B0" w:rsidRPr="008A1391" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Іс –шара атауы </w:t>
+          <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005866B0" w:rsidRPr="008A1391" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...16 lines deleted...]
-              <w:t>Орындау мерзімі</w:t>
+          <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005866B0" w:rsidRPr="008A1391" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Жауапты орындаушылар </w:t>
+          <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственные исполнители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED604E" w:rsidTr="008A1391">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00F642BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED604E" w:rsidRPr="00ED604E" w:rsidRDefault="008A1391" w:rsidP="008A1391">
-[...34 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED604E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь 2021 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005866B0" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="005866B0" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005866B0" w:rsidRPr="00E2734C" w:rsidRDefault="005866B0" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="005866B0" w:rsidRDefault="005866B0" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A773AB" w:rsidRPr="0083496C" w:rsidRDefault="00A773AB" w:rsidP="00A773AB">
-[...70 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005866B0" w:rsidRPr="001F5798" w:rsidRDefault="001F5798" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Фестиваль – конкурс лучших школьных проектов «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамға қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005866B0" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005866B0" w:rsidRPr="001F5798" w:rsidRDefault="001F5798" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ктябрь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5798" w:rsidRPr="00E2734C" w:rsidRDefault="001F5798" w:rsidP="00FE4440">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Мектеп басшылары </w:t>
+          <w:p w:rsidR="001F5798" w:rsidRDefault="001F5798" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005866B0" w:rsidRPr="001F5798" w:rsidRDefault="001F5798" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00A773AB" w:rsidP="00A773AB">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> өткізу</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00434ADD" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434ADD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение акции «Безопасный город, двор»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00434ADD" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434ADD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ктябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00163314" w:rsidP="00163314">
-[...161 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00434ADD" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация консультаций, лекторий «Твои права и обязанности» с представителями правоохранительных органов, здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="009C4CB5" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00163314" w:rsidP="00163314">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> ұйымдастыру.</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с заведующей сектором опеки и попечительства Дюсембековой А.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="009C4CB5" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="006C6004">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">"Ашық алаң" диалоговая площадка </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00B27284">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00B27284">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> конференция</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...14 lines deleted...]
-              <w:t>Подготовка вопросов</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">«Павлодар </w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00110C07" w:rsidRPr="00E2734C">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері</w:t>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00094451">
+      <w:tr w:rsidR="00ED604E" w:rsidTr="00094451">
         <w:trPr>
           <w:trHeight w:val="1006"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00ED604E" w:rsidRDefault="00ED604E" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="0083496C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00094451" w:rsidRDefault="00ED604E" w:rsidP="00094451">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с Руководителями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела Физкультуры и спорта </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
-[...15 lines deleted...]
-              <w:t>ене</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ергабулов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ым</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
-[...152 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д. К.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, отдела соц</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00163314" w:rsidRPr="0083496C">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">"Ашық алаң" диалог алаңы ZOOM конференция  </w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> защиты и соц</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программ </w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Беляевой Г. Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00A05914" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00A05914" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектептердің </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED604E" w:rsidRPr="00B27284" w:rsidRDefault="00ED604E" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t>балалар</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өкілдіктері </w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...21 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00163314" w:rsidP="00163314">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
-[...23 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28 октября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00A24046">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="008A1391">
-[...38 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00015D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ноябрь 2021 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> бейнеролик қалалық байқауы</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="001F5798" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Городской конкурс видеороликов «Менің бақытты отбасым»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қараша </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="001F5798" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...35 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
-[...164 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация онлайн-встреч в прямом эфире «Көзқарас» с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>представителем «Отдела по защите прав детей» Управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қараша</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C6004" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Сұрақтар  дайындау </w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қараша</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> «Павлодар </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="0083496C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="0083496C" w:rsidRDefault="006C6004" w:rsidP="0083496C">
-[...110 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00094451" w:rsidRDefault="00015D5F" w:rsidP="00094451">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-              <w:t>конференция</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководителем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жилищно-коммунального хозяйства, пассажирского транспорт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а и автомобильных дорог города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қараша</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектептердің </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t>балалар</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өкілдіктері  «Павлодар </w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
-[...23 lines deleted...]
-              <w:t>Қараша</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26 ноября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
-[...105 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="001F5798" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация мероприятий, посвященных международному Дню ребенка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A02C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рава ребенка – права человека»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="008A1391">
-[...46 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="001F5798" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ноябрь-декабрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F5798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00BB6D78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="008A1391">
-[...48 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00015D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="000840C1" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
-[...88 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000840C1">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форум </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000840C1">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>посвященный Дню независимости Рес</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>публики Казахстан на тему "Патриотизм в среде молодежи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000840C1">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>"</w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="00FE4440">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> өткізу</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00434ADD" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434ADD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение акции «Безопасный город, двор»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00434ADD" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="006C6004" w:rsidP="006C6004">
-[...145 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с Зинаидой Багненко</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководителем общественного объединения инвалидов «Реабилитационный центр «Самал», города Павлодара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B7C2C" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00094451">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «Павлодар </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00110C07" w:rsidRPr="00E2734C">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidTr="00ED604E">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B7C2C" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...33 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>образования города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="008A1391" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Желтоқсан</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектептердің </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t>балалар</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өкілдіктері  «Павлодар </w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...21 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="0083496C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00ED604E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1391" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="008A1391">
-[...37 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27 декабря</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00814A7D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...39 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00015D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Январь 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...176 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00594621" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594621">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение анкетирования среди учащихся 8-11 классов «Классный руководитель глазами детей»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қаңтар </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00594621" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00594621">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...121 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00434ADD" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация консультаций, лекторий «Твои права и обязанности» с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>представителями правоохранительных органов, здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...145 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с руководителем «Павлодарского областного художественного музея» Нургамисовой А.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...43 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="009C4CB5" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B7C2C" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «Павлодар </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B7C2C" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...34 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>социальной защиты города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00A05914" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектептердің </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t>балалар</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өкілдіктері  «Павлодар </w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00074915">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00B27284" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
-[...33 lines deleted...]
-              <w:t>Қаңтар</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27 января</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7121D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00E92A90">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...38 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00015D5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Февраль 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00015D5F" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00015D5F" w:rsidRDefault="00015D5F" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="001B7C2C">
-[...134 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="007D5757" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D5757">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение благотворительных мероприятий в рамках проекта «Знаю, умею, делюсь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Ақпан </w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="007D5757" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00015D5F" w:rsidRPr="00E2734C" w:rsidRDefault="00A773AB" w:rsidP="00FE4440">
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> жасақтары</w:t>
+          <w:p w:rsidR="00015D5F" w:rsidRPr="007D5757" w:rsidRDefault="00015D5F" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D5757">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьные волонтерские отряды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00167727" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00167727" w:rsidRDefault="00167727" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="001B7C2C" w:rsidP="00BB11F8">
-[...114 lines deleted...]
-              <w:t xml:space="preserve"> ұйымдастыру.</w:t>
+          <w:p w:rsidR="00167727" w:rsidRDefault="00167727" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с директором «Центра занятости населения» г. Павлодар Акзамовой Д.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Ақпан</w:t>
+          <w:p w:rsidR="00167727" w:rsidRDefault="00167727" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...34 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00167727" w:rsidRDefault="00167727" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00167727" w:rsidRPr="009C4CB5" w:rsidRDefault="00167727" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB11F8" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Ақпан</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">«Павлодар </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00110C07" w:rsidRPr="00E2734C">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB11F8" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...34 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>культуры города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Ақпан</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00A05914" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00A05914" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектептердің </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t>балалар</w:t>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өкілдіктері  «Павлодар </w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...21 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
-[...42 lines deleted...]
-              <w:t>қпан</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24 февраля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7121D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="002C718B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...39 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апрель 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00FE4440">
-[...121 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="007D5757" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D5757">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение благотворительных мероприятий в рамках проекта «Знаю, умею, делюсь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...16 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="007D5757" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00A773AB" w:rsidP="00FE4440">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> жасақтары</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="007D5757" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D5757">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Школьные волонтерские отряды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...137 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00434ADD" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Круглый стол «Отцы и дети» с участием родительской общественности (родительский комитет, совет отцов, матерей и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...15 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="009C4CB5" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="005866B0">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="005866B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...165 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с представителем «Департамента молодежной политики» города Павлодар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...15 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="009C4CB5" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB11F8" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...15 lines deleted...]
-              <w:t>Сәуір</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">«Павлодар </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00110C07" w:rsidRPr="00E2734C">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">імінің" </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>архитектуры и градостроительства города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00A05914" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00A05914" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>басшысымен</w:t>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
-[...69 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-            </w:pPr>
-[...72 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00FE4440">
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00B27284" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="00AE7C1F">
-[...35 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28 апреля</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7121D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="006F2E58">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...38 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Март 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00DA0A28" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00DA0A28" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00FE4440">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> өткізу</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00434ADD" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434ADD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение акции «Безопасный город, двор»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA0A28" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...16 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRPr="00434ADD" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...36 lines deleted...]
-              <w:t>Мектеп басшылары</w:t>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA0A28" w:rsidRDefault="00DA0A28" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...176 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с руководителем «Центра развития молодежных инициатив»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...15 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB11F8" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00BB11F8">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00AE7C1F">
-[...15 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «Павлодар </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00BB11F8" w:rsidP="00FE4440">
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">әсіпкерлік және </w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2411">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>предпринимательства и сельского хозяйства города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220308" w:rsidRPr="00A05914" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00A05914" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>ауыл</w:t>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
-[...110 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-            </w:pPr>
-[...72 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="00AE7C1F">
-[...23 lines deleted...]
-              <w:t>Наурыз</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7121D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidTr="008A1391">
+      <w:tr w:rsidR="00220308" w:rsidTr="002932B9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15417" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="00074915">
-[...48 lines deleted...]
-              <w:t>жыл</w:t>
+          <w:p w:rsidR="00220308" w:rsidRPr="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220308">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00FE4440" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00FE4440" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00120466">
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRPr="00D1246D" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение диалоговой площадки «Балалық шақты бірге қорғайық» с представителями государственных органов, НПО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00FE4440" w:rsidP="00074915">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">мыр </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008147B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE4440" w:rsidRPr="009C4CB5" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00FE4440" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00FE4440" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00120466">
-[...170 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRPr="00434ADD" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация консультаций, лекторий «Твои права и обязанности» с представителями правоохранительных органов, здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE4440" w:rsidRPr="00E2734C" w:rsidRDefault="00FE4440" w:rsidP="00074915">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">мыр </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008147B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00110C07" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00110C07">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00FE4440" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE4440" w:rsidRPr="009C4CB5" w:rsidRDefault="00FE4440" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00120466">
-[...87 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00220308" w:rsidRPr="00434ADD" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «Школа территория комфорта и безопасности»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00120466">
-[...16 lines deleted...]
-              <w:t>«Жаңа көзқарас</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация онлайн-встреч в прямом эфире «Көзқарас» с представителем дебатного клуба «Жаңа көзқарас</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00E2734C">
-[...133 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00074915">
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="0083496C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00120466" w:rsidRPr="00E2734C" w:rsidRDefault="00120466" w:rsidP="00120466">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E2734C">
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00003B31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>Сұрақтар  дайындау</w:t>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Подготовка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="0083496C">
-[...15 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="00FE4440">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> «Павлодар </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E2734C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00074915" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00074915" w:rsidRPr="00E2734C" w:rsidRDefault="00E2734C" w:rsidP="00FE4440">
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E2734C">
-[...31 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Ашық</w:t>
+            </w:r>
+            <w:r w:rsidR="00003B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң" диалоговая площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с Руководителем "Отдела</w:t>
+            </w:r>
+            <w:r w:rsidR="00003B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>экономики города П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>авлодара"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00220308" w:rsidRPr="00A05914" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Руководители отделов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00A05914" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00120466" w:rsidRPr="00E2734C">
-[...6 lines deleted...]
-              <w:t>басшысымен</w:t>
+            <w:r w:rsidRPr="00A05914">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00120466" w:rsidRPr="00E2734C">
-[...70 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00A05914">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
               </w:rPr>
-            </w:pPr>
-[...72 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00A773AB" w:rsidRPr="00E2734C">
-[...20 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220308" w:rsidRPr="0083496C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="008A1391">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00E2734C" w:rsidP="00E2734C">
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00220308" w:rsidRPr="00434ADD" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация мероприятий, посвященных Дню защиты детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="0083496C">
-[...43 lines deleted...]
-              <w:t>маусым</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май-июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="00FE4440">
-[...36 lines deleted...]
-              <w:t xml:space="preserve">Білім беру мекемелерінің басшылары </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЦЗРДО «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C4CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководители </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учреждений образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidTr="00DA0A28">
+      <w:tr w:rsidR="00220308" w:rsidRPr="009C4CB5" w:rsidTr="00DA0A28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="0083496C" w:rsidRDefault="00220308" w:rsidP="008A1391">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00495C4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00E2734C" w:rsidP="00FE4440">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00220308" w:rsidRPr="00B27284" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B27284">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конференция с детскими представителями о проделанных работах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00220308" w:rsidP="0083496C">
-[...33 lines deleted...]
-              <w:t>мыр</w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23 мая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00220308" w:rsidRPr="00E2734C" w:rsidRDefault="00110C07" w:rsidP="00FE4440">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> өкілдіктері  </w:t>
+          <w:p w:rsidR="00220308" w:rsidRDefault="00220308" w:rsidP="00FE4440">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7121D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Детские представительства школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005866B0" w:rsidRPr="00E2734C" w:rsidRDefault="005866B0" w:rsidP="005866B0">
-[...551 lines deleted...]
-    <w:p w:rsidR="008A1391" w:rsidRPr="008A1391" w:rsidRDefault="008A1391" w:rsidP="008A1391">
+    <w:p w:rsidR="005866B0" w:rsidRPr="00050CF5" w:rsidRDefault="005866B0" w:rsidP="005866B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...7209 lines deleted...]
-    <w:sectPr w:rsidR="008A1391" w:rsidRPr="00050CF5" w:rsidSect="005866B0">
+    <w:sectPr w:rsidR="005866B0" w:rsidRPr="00050CF5" w:rsidSect="005866B0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...155 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE097B"/>
     <w:rsid w:val="00003B31"/>
     <w:rsid w:val="00015D5F"/>
     <w:rsid w:val="00027F90"/>
     <w:rsid w:val="000370EA"/>
     <w:rsid w:val="00050CF5"/>
-    <w:rsid w:val="00074915"/>
     <w:rsid w:val="000840C1"/>
     <w:rsid w:val="00094451"/>
-    <w:rsid w:val="000A48A7"/>
     <w:rsid w:val="000D6E91"/>
-    <w:rsid w:val="00110C07"/>
-    <w:rsid w:val="00120466"/>
     <w:rsid w:val="00151A72"/>
-    <w:rsid w:val="00163314"/>
     <w:rsid w:val="00167727"/>
-    <w:rsid w:val="001B7C2C"/>
     <w:rsid w:val="001F5798"/>
     <w:rsid w:val="001F68A7"/>
     <w:rsid w:val="00220308"/>
     <w:rsid w:val="002342C3"/>
     <w:rsid w:val="00265D10"/>
     <w:rsid w:val="00331806"/>
     <w:rsid w:val="00434ADD"/>
-    <w:rsid w:val="00452134"/>
     <w:rsid w:val="0049464B"/>
     <w:rsid w:val="004C2411"/>
     <w:rsid w:val="00504E95"/>
     <w:rsid w:val="005615C2"/>
     <w:rsid w:val="005866B0"/>
     <w:rsid w:val="00594621"/>
     <w:rsid w:val="005C06E5"/>
     <w:rsid w:val="005C388D"/>
     <w:rsid w:val="0065718F"/>
     <w:rsid w:val="006967ED"/>
     <w:rsid w:val="006A1ECA"/>
-    <w:rsid w:val="006C6004"/>
     <w:rsid w:val="007D5757"/>
     <w:rsid w:val="007E13AD"/>
     <w:rsid w:val="007E7970"/>
-    <w:rsid w:val="0083496C"/>
     <w:rsid w:val="00871AEF"/>
-    <w:rsid w:val="008A1391"/>
     <w:rsid w:val="008D1056"/>
     <w:rsid w:val="00944B84"/>
     <w:rsid w:val="009650BB"/>
     <w:rsid w:val="009A594F"/>
     <w:rsid w:val="00A02C94"/>
     <w:rsid w:val="00A05914"/>
     <w:rsid w:val="00A10251"/>
-    <w:rsid w:val="00A773AB"/>
     <w:rsid w:val="00A86B27"/>
     <w:rsid w:val="00AA7FDF"/>
-    <w:rsid w:val="00AE7C1F"/>
-    <w:rsid w:val="00BB11F8"/>
     <w:rsid w:val="00CA22E5"/>
     <w:rsid w:val="00D1246D"/>
     <w:rsid w:val="00D54795"/>
     <w:rsid w:val="00DA0A28"/>
     <w:rsid w:val="00DE525E"/>
     <w:rsid w:val="00DF6479"/>
-    <w:rsid w:val="00E2734C"/>
     <w:rsid w:val="00ED604E"/>
     <w:rsid w:val="00F72690"/>
     <w:rsid w:val="00F84661"/>
     <w:rsid w:val="00FE097B"/>
     <w:rsid w:val="00FE4440"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -19919,69 +7796,50 @@
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000370EA"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -20035,295 +7893,61 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00FE097B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007E13AD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...24 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...204 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -20585,67 +8209,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6C4A507-68F5-4FCC-A673-08773631B94C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>13268</Characters>
+  <Pages>5</Pages>
+  <Words>1153</Words>
+  <Characters>6574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15564</CharactersWithSpaces>
+  <CharactersWithSpaces>7712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>