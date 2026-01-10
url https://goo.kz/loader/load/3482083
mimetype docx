--- v0 (2025-12-10)
+++ v1 (2026-01-10)
@@ -1,7060 +1,2147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...461 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О мерах по реализации Закона Республики Казахстан от 6 октября 2020 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам противодействия коррупции"</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распоряжение Премьер-Министра Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...74 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 30 октября 2020 года № 140-р</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...428 lines deleted...]
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z1"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="1" w:name="z3"/>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қоса</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемый перечень правовых актов, принятие которых необходимо в целях реализации Закона Республики Казахстан от 6 октября 2020 года "О внесении изменений и дополнений в некоторые законодательные акты Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...559 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан по вопросам противодействия коррупции" (далее – перечень).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z2"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2. </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...232 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Государственным органам Республики Казахстан разработать и внести в Правительство Республики Казахстан проекты правовых актов согласно перечню.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z3"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="3" w:name="z5"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       3. </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Агентству Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блики Казахстан по противодействию коррупции (Антикоррупционной службе) (по согласованию) принять соответствующий ведомственный правовой акт согласно перечню и не позднее 20 числа месяца следующего квартала проинформировать Правительство Республики Казахст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...511 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ан о принятых мерах.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6024"/>
+        <w:gridCol w:w="6004"/>
         <w:gridCol w:w="15"/>
-        <w:gridCol w:w="3449"/>
-        <w:gridCol w:w="289"/>
+        <w:gridCol w:w="3467"/>
+        <w:gridCol w:w="291"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="380" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="4"/>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А.Мамин</w:t>
+              <w:t>Мамин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965" w:rsidRPr="00CC7278">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...25 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>распоряжением Премьер-Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 30 октября 2020 года № 140-р</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z5"/>
-      <w:r>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовых актов, принятие которых необходимо в целях реализации Закона Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...449 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6 октября 2020 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам противодействия коррупции"</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="402"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="369"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="1645"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="1572"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965" w:rsidRPr="00CC7278">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcW w:w="511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="5"/>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7070" w:type="dxa"/>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Құқықтық</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>актінің</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правового</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>атауы</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1443" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Актінің</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>нысаны</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...61 lines deleted...]
-            <w:tcW w:w="1327" w:type="dxa"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственный орган, ответственный за исполнение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Орындау</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>мерзімі</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ния</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...136 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лицо, ответственное за качество, своевременность разработки и принятие правовых актов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcW w:w="511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7070" w:type="dxa"/>
+            <w:tcW w:w="7018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1443" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcW w:w="511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-            <w:tcW w:w="7070" w:type="dxa"/>
+              <w:t xml:space="preserve"> 1. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...535 lines deleted...]
-            <w:tcW w:w="1443" w:type="dxa"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Об утверждении Правил исчисления размера, назначения, перерасчета, осуществления, прекращения, приостановления и возобновления жилищных выплат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сотрудникам оперативно-следственных подразделений уполномоченного органа по противодействию коррупции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z9"/>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Қазақстан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>постановление</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Республикасы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правительства</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:rPr>
-                <w:b/>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Үкіметінің</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...29 lines deleted...]
-            <w:tcW w:w="717" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="5"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>СҚА (</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>АПК (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>келісу</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>бойынша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>согласованию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>жылғы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> 2020 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>желтоқсан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бектенов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.А.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcW w:w="511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:tcW w:w="7070" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...550 lines deleted...]
-            <w:tcW w:w="1443" w:type="dxa"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "О внесении изменений и дополнения в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>постановление Правительства Республики Казахстан от 26 июля 2002 года № 833 "Некоторые вопросы учета, хранения, оценки и дальнейшего использования имущества, обращенного (поступившего) в собственность государства по отдельным основаниям"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z10"/>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Қазақстан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановление</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Республикасы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прав</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ительства</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Үкіметінің</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...20 lines deleted...]
-            <w:tcW w:w="717" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="6"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>жылғы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>желтоқсан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Шолпанқұлов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шолпанкулов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Ш.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B23">
+      <w:tr w:rsidR="003A6965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcW w:w="511" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            <w:tcW w:w="7070" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...561 lines deleted...]
-            <w:tcW w:w="1443" w:type="dxa"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Об утверждении Правил осуществления жилищных выплат сотрудникам оперативно-следственных подразделений уполномоченного органа по противодействию коррупции, проходящим службу в особом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> порядке для выполнения специальных оперативных заданий, и штатным негласным сотрудникам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...237 lines deleted...]
-            <w:tcW w:w="717" w:type="dxa"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7278">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказ председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>СҚА (</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>АПК (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>келісу</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>бойынша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>согласованию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1327" w:type="dxa"/>
+            <w:tcW w:w="1287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>жылғы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>желтоқсан</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1216" w:type="dxa"/>
+            <w:tcW w:w="1313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+          <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бектенов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.А.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A6965" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ескерпе</w:t>
+        <w:t>Примечание</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>аббревиатуралардың</w:t>
+        <w:t>расшифровка</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>толық</w:t>
+        <w:t>аббревиатур</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      СҚА - </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...168 lines deleted...]
-        <w:t>)</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АПК – Агентство Республики Казахстан по противодействию коррупции (Антикоррупционная служба)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRPr="00CE2C18" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z13"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE2C18">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қаржымині - Қазақстан Республикасы Қаржы министрлігі</w:t>
+        <w:t xml:space="preserve"> МФ – Министерство финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRPr="00CE2C18" w:rsidRDefault="00CE2C18">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE2C18">
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00CE2C18">
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B82B23" w:rsidRPr="00CE2C18" w:rsidRDefault="00CE2C18">
+    <w:p w:rsidR="003A6965" w:rsidRPr="00CC7278" w:rsidRDefault="00CC7278">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE2C18">
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат и</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE2C18">
+        <w:t xml:space="preserve">© 2012. РГП на ПХВ «Институт законодательства и правовой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7278">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>нституты» ШЖҚ РМК</w:t>
+        <w:t>информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B82B23" w:rsidRPr="00CE2C18">
+    <w:sectPr w:rsidR="003A6965" w:rsidRPr="00CC7278">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B82B23"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CE2C18"/>
+    <w:rsidRoot w:val="003A6965"/>
+    <w:rsid w:val="003A6965"/>
+    <w:rsid w:val="00CC7278"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A253D333-A4FE-4CEB-88AB-20EFDBCD9746}"/>
+  <w15:docId w15:val="{4DA62337-4F38-4E20-8388-964477D5FAB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7962,65 +3049,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>530</Words>
-  <Characters>3021</Characters>
+  <Words>467</Words>
+  <Characters>2664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3544</CharactersWithSpaces>
+  <CharactersWithSpaces>3125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Айгерим</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>