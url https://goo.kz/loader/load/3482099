--- v0 (2025-12-17)
+++ v1 (2026-01-11)
@@ -1,11630 +1,7069 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
-[...49 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон определяет формы и методы социальной, медико-педагогической коррекционной поддержки детей с ограниченными возможностями, направлен на создание эффективной системы помощи детям с недостатками в развитии, решение проблем, связанных с их воспитанием, обучением, трудовой и профессиональной подготовкой, профилактику детской инвалидности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы</w:t>
-[...444 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+        <w:t>Статья 1. Термины и определения, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) специальные условия для получения образования – условия, включающие специальные учебные и индивидуально развивающие программы, методы обучения, технические, учебные и иные средства, среду жизнедеятельности, психолого-педагогическое сопровождение, медицинские, социальные и иные услуги, без которых невозможно освоение образовательных программ детьми с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ребенок (дети) с ограниченными возможностями - ребенок (дети) до восемнадцати лет с физическими и (или) психическими недостатками, имеющий ограничение жизнедеятельности, обусловленное врожденными, наследственными, приобретенными заболеваниями или последствиями травм, подтвержденными в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ребенок группы "риска" - ребенок (дети) до трех лет, имеющий высокую вероятность отставания в физическом и (или) психическом развитии при отсутствии раннего вмешательства и оказания социальной и медико-педагогической коррекционной поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) физический недостаток - стойкое нарушение развития и (или) функционирования органа (органов), требующее длительной социальной, медицинской и коррекционно-педагогической поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) диагностика – комплекс медицинских услуг, направленных на установление факта наличия или отсутствия заболевания у детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) психический недостаток - временный или постоянный недостаток в развитии и (или) функционировании психики человека, включая: последствия сенсорных нарушений; нарушения речи; нарушения эмоционально-волевой сферы; последствия повреждения мозга; нарушения умственного развития, в том числе умственную отсталость; задержку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) күрдел</w:t>
-[...276 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>психического развития и связанные с этим специфические трудности в обучении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) сложный недостаток - любое сочетание психического и физического недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) тяжелый недостаток - психический и (или) физический недостаток, выраженный в такой степени, что образование в соответствии с государственными (в том числе специальными) образовательными стандартами является недоступным и возможности обучения ограничиваются овладением навыками самообслуживания, элементарными знаниями об окружающем мире и простыми трудовыми навыками или узкой профессиональной подготовкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) раннее вмешательство (ранняя поддержка) - социальная и медико-педагогическая коррекционная поддержка детей раннего возраста (до трех лет), включающая в себя скрининг психофизических нарушений, диагностику, лечение, развивающее обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) социальная адаптация - активное приспособление детей с ограниченными возможностями к условиям социальной среды путем усвоения и восприятия ценностей, правил и норм поведения, принятых в обществе, и трудовой подготовки в процессе целенаправленной социальной и медико-педагогической коррекционной поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) социальная работа - деятельность по оказанию помощи отдельным лицам, семьям в реализации их социальных прав и гарантий компенсацией нарушенных или утраченных функций, препятствующих их полноценному социальному функционированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) скрининг - массовое стандартизированное обследование с целью выявления детей группы "риска";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z37"/>
+      <w:bookmarkStart w:id="1" w:name="z55"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
-[...123 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) медицинская реабилитация - комплекс медицинских мероприятий, направленных на лечение, восстановление нарушенных или утраченных функций организма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13-1) социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями – деятельность организаций образования, социальной защиты населения, здравоохранения, предоставляющих специальные социальные, медицинские и образовательные услуги, обеспечивающие детям с ограниченными возможностями условия для преодоления и компенсации ограничения жизнедеятельности и направленные на создание им равных с другими гражданами возможностей участия в жизни общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="z39"/>
+      <w:bookmarkStart w:id="2" w:name="z57"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
-[...49 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) специальное образование - образование, предоставляемое детям с ограниченными возможностями с созданием специальных условий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z41"/>
+      <w:bookmarkStart w:id="3" w:name="z59"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
-[...49 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) специальные организации образования - организации, созданные для диагностики и консультирования, психолого-педагогической поддержки, обучения и воспитания детей с ограниченными возможностями: психолого-медико-педагогические консультации, реабилитационные центры, кабинеты психолого-педагогической коррекции, детские сады, логопедические пункты при школах и другие организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="z43"/>
+      <w:bookmarkStart w:id="4" w:name="z61"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
-[...373 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) психологическое обследование - определение особенностей психического состояния и потенциальных возможностей психического развития детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) социальное обследование - определение степени социальной недостаточности, которая может быть обусловлена ограничением физической независимости, мобильности, способности заниматься обычной деятельностью, экономической самостоятельности и способности к интеграции в общество с учетом возрастных нормативов для детей соответствующего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) медицинское обследование - определение вида, тяжести нарушения (отсутствия) функции (функций) отдельного органа или организма в целом, обусловливающих ограничение жизнедеятельности детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) педагогическое обследование - определение особенностей интеллектуального развития детей и их потенциальных возможностей к игровой деятельности, получению образования и общению с учетом возрастных нормативов для детей соответствующего возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) профессиональная диагностика - определение потенциальных возможностей детей к усвоению и выполнению навыков трудовой деятельности или профессии с учетом имеющегося психического и (или) физического недостатка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) индивидуальная программа реабилитации ребенка с ограниченными возможностями - перечень медицинских, психологических, педагогических и социальных мероприятий, направленных на восстановление способности ребенка к бытовой, общественной, профессиональной деятельности в соответствии со структурой его потребностей, кругом интересов, уровнем притязаний с учетом прогнозирования уровня его соматического состояния, психофизической выносливости, социального статуса семьи и возможностей социальной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) уполномоченный государственный орган (далее - уполномоченный орган) - центральные исполнительные органы, осуществляющие руководство в области охраны здоровья граждан, образования, социальной защиты населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 с изменениями, внесенными Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z3"/>
+      <w:bookmarkStart w:id="5" w:name="z4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналы</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 2. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...8 lines deleted...]
-        <w:t>      1. Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы заңдары Қазақстан Республикасының </w:t>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями основывается на </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="z31" w:history="1">
-        <w:r w:rsidRPr="00410ED4">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституциясына</w:t>
+          <w:t>Конституции</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...135 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Отношения, связанные с государственной поддержкой детей-сирот, детей с психическими заболеваниями, малообеспеченных семей и иных категорий лиц, нуждающихся в государственной поддержке, регулируются настоящим Законом лишь в той части, в какой это связано с социальной и медико-педагогической коррекционной поддержкой детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z4"/>
+      <w:bookmarkStart w:id="6" w:name="z6"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Кемтар балаларды әлеуметтiк және медициналы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+        <w:t>Статья 3. Социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями, ее цели, задачи и принципы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями начинается с рождения ребенка до достижения им совершеннолетнего возраста путем проведения массового комплексного медицинского, психологического, педагогического и социального обследований и профессиональной диагностики, разработки индивидуальной программы реабилитации, оказания медицинских, педагогических, психологических, социальных услуг и трудового обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Целями социальной и медико-педагогической коррекционной поддержки являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) раннее (с рождения) выявление врожденных и наследственных заболеваний, отклонений от нормального развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) профилактика отставания и нарушений в развитии детей, предупреждение тяжелых форм инвалидности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) снижение уровня детской инвалидности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) компенсация или восстановление физических, психических и иных способностей детей с ограниченными возможностями, реализация их социальных прав, содействие наиболее полной их социальной адаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Задачами социальной и медико-педагогической коррекционной поддержки являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) создание единой государственной системы выявления и учета детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) развитие сети организаций, осуществляющих специальные образовательные и специальные социальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) социальная адаптация детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) социальная поддержка семей, имеющих детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) кадровое, научное и организационно-методическое обеспечение организаций, осуществляющих социальную и медико-педагогическую коррекционную поддержку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) интеграция деятельности организаций социальной защиты населения, здравоохранения, образования по вопросам социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Социальная и медико-педагогическая коррекционная поддержка основывается на следующих принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) гарантированность оказания социальной поддержки и реабилитационной помощи детям с ограниченными возможностями и их семьям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) сотрудничество семьи, имеющей ребенка с ограниченными возможностями, и специалистов организаций, осуществляющих социальную и медико-педагогическую коррекционную поддержку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) доступность и равные права детей на раннюю поддержку и образование, независимо от степени ограничения способностей, возраста, социального статуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) индивидуальность подхода к каждому ребенку и дифференциация оказания социальной и медико-педагогической коррекционной поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Государственное регулирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>вопросов социальной и медико-педагогической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>коррекционной поддержки детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қ-</w:t>
-[...988 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 4. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z6"/>
-[...118 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z285" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...131 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) определяет стандарты социального обслуживания и социального обеспечения в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) по представлению уполномоченного органа в области охраны здоровья граждан утверждает бесплатный гарантированный объем медицинской помощи в сфере социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) выполняет иные функции, возложенные на него </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституциясымен</w:t>
+          <w:t>Конституцией</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...35 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 4 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="497" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 31-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z285" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Компетенция уполномоченного органа в области охраны здоровья граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области охраны здоровья граждан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) определяет порядок организации скрининга для максимально раннего выявления детей группы "риска" в субъектах (объектах) здравоохранения, оказывающих услуги родовспоможения, организациях здравоохранения, оказывающих первичную медико-санитарную и (или) консультативно-диагностическую помощь, и направления результатов скрининга и детей группы "риска" в психолого-медико-педагогические консультации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) определяет порядок организации диагностики, лечения различных видов патологии детей с физическими и (или) психическими недостатками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечивает совместно с уполномоченным органом в области образования подготовку врачей общей практики, педиатров и средних медицинских работников по вопросам раннего выявления детей группы "риска";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) способствует использованию международного опыта по диагностике и лечению детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 5 с изменением, внесенным Законом РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z498" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z7"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:bookmarkStart w:id="9" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Азаматтардың денсаулығын сақтау саласындағы уәк</w:t>
-[...356 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 6. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) определяет единые принципы и нормативы специальных условий для получения образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z286" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) устанавливает перечень типов и видов специальных организаций образования; определяет необходимое количество мест в организациях образования для лиц, нуждающихся в специальном образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) устанавливает обязательные минимальные требования к материально-техническому и учебно-методическому оснащению и обеспечению организаций образования, осуществляющих обучение детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) определяет методики аттестации обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) совместно с уполномоченными органами в области охраны здоровья граждан, социальной защиты разрабатывает и утверждает нормативные требования на технические средства обучения детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) осуществляет координацию деятельности по научно-методическому обеспечению организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) осуществляет государственный контроль за исполнением законодательства Республики Казахстан и нормативных правовых актов в области специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z286" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) (исключен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 6 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z108" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2005); от 27.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 19.03.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z203" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 258-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z499" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z286" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z8"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Б</w:t>
-[...699 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 7. Компетенция уполномоченного органа в области социальной защиты населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган в области социальной защиты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) (исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>&lt;*&gt;</w:t>
-[...289 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z9"/>
-[...121 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>&lt;*&gt;</w:t>
-[...28 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z287" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...123 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) определяет функции и характер деятельности социальных работников, устанавливает перечень специальностей и квалификационные требования к ним, оказывает методическую помощь социальным работникам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) разрабатывает социальные нормативы, виды и формы предоставления специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) (исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>&lt;*&gt;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> исключен Законом РК от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 159-V</w:t>
+          <w:t>№ 159-V</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...73 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) разрабатывает стандарты социального обслуживания, порядок бесплатного социального обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) исключен Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z323" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...61 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 7 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z108" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2005); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="500" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 31-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z323" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z287" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>N 159-V</w:t>
+          <w:t>№ 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z10"/>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Жерг</w:t>
-[...796 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 8. Компетенция органов местного государственного управления</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Местные представительные органы области, города республиканского значения, столицы осуществляют в соответствии с законодательством Республики Казахстан полномочия по обеспечению прав и законных интересов граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Местные исполнительные органы области (города республиканского значения, столицы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) разрабатывают положение об отделении социальной помощи на дому детям с ограниченными возможностями из числа инвалидов, создают отделения социальной помощи на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осуществляют материально-техническое обеспечение государственных организаций, занятых вопросами социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) организуют скрининг в субъектах (объектах) здравоохранения, оказывающих услуги родовспоможения, организациях здравоохранения, оказывающих первичную медико-санитарную и (или) консультативно-диагностическую помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) обеспечивают с согласия родителей или иных законных представителей направление результатов скрининга и детей группы "риска" в психолого-медико-педагогические консультации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) организуют обучение детей с ограниченными возможностями в специальных организациях образования и создают условия для их обучения в других организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) (исключен)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) планируют и организуют переподготовку, повышение квалификации и аттестацию кадров, работающих в специальных организациях образования и в сфере выявления, учета и коррекции психических и (или) физических недостатков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) координируют деятельность по организации и оказанию социальной помощи по уходу за детьми с тяжелыми недостатками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) обеспечивают реализацию прав на гарантированное медицинское обслуживание и бесплатное образование с соблюдением общегосударственных стандартов, а также получение социальной помощи и специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) обеспечивают защиту прав и консультативную помощь семьям, воспитывающим детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) содействуют в трудоустройстве детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) осуществляют в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Решением акима области, города республиканского значения, столицы создаются психолого-медико-педагогические консультации в городах республиканского и областного значения, столице, а также в районных центрах на шестьдесят тысяч детского населения; реабилитационные центры – в городах республиканского и областного значения, столице; кабинеты психолого-педагогической коррекции – в городах республиканского и областного значения, столице, а также в районных центрах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 8 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z108" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2005); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="501" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 13.10.2011); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z288" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қолданысқа</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие с 01.01.2016); от 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z117" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 165-VІ</w:t>
+          <w:t>№ 165-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Деятельность по оказанию социальной и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>медико-педагогической коррекционной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>поддержки детям с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z12"/>
+      <w:bookmarkStart w:id="12" w:name="z20"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">9-бап. Кемтар </w:t>
-[...864 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 9. Организации, оказывающие медицинские, специальные образовательные и специальные социальные услуги детям с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Медицинские услуги оказываются субъектами здравоохранения, имеющими профилактическую, диагностическую, лечебную, реабилитационную и паллиативную направленность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. К медицинским услугам относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) массовое стандартизированное обследование детей раннего возраста с целью выявления детей группы "риска" (скрининг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) углубленная диагностика врожденной, наследственной и приобретенной патологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) медицинская коррекция и реабилитация детей с отклонениями в психофизическом развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) иные услуги, оказываемые в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Специальные образовательные услуги для детей с ограниченными возможностями оказывают специальные организации: психолого-медико-педагогические консультации, кабинеты психолого-педагогической коррекции, реабилитационные центры, логопедические пункты, детские сады и другие организации образования в порядке, установленном законодательством Республики Казахстан об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. К специальным образовательным услугам относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) углубленное и комплексное обследование детей с целью оценки особых образовательных потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) специальная психолого-педагогическая поддержка детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обучение и воспитание по специальным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) иные услуги, оказываемые в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Организациями, оказывающими специальные социальные услуги, являются организации образования, здравоохранения и социальной защиты населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. К специальным социальным услугам относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) оказание социальной помощи в порядке, установленном законодательством Республики Казахстан в области социальной защиты инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) предоставление услуг по протезированию и обеспечению протезно-ортопедическими изделиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обеспечение специальными техническими и компенсаторными средствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оказание консультативной помощи семьям, воспитывающим детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) предоставление услуг социальных работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правовой статус социальных работников определяется законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 9 с изменениями, внесенными законами РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қолданысқа</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие с 01.01.2016); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z13"/>
+      <w:bookmarkStart w:id="13" w:name="z22"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10-бап. Психологиялы</w:t>
-[...206 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 10. Психолого-медико-педагогические консультации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Психолого-медико-педагогическая консультация является организацией образования, осуществляющей обследование и консультирование детей, оценку особых образовательных потребностей и специальных условий для получения образования, определение образовательной программы, а также направляющей на специальную психолого-педагогическую поддержку детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Организация деятельности психолого-медико-педагогических консультаций определяется правилами, утверждаемыми уполномоченным органом в области образования по согласованию с уполномоченными органами в области охраны здоровья граждан и в области социальной защиты населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Психолого-медико-педагогические консультации направляют детей с ограниченными возможностями в специальные организации образования и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг только с согласия родителей и иных законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 10 с изменениями, внесенными законами РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 1 января 2005 г.); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z14"/>
+      <w:bookmarkStart w:id="14" w:name="z24"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-бап. Кемтар </w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 11. Организация образования детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Исключен Законом РК от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...161 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Дети с ограниченными возможностями имеют право на получение образования в порядке, установленном законодательством Республики Казахстан об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государство содействует профессиональной подготовке детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Специальные организации образования создают специальные условия для получения образования детьми, имеющими нарушения опорно-двигательного аппарата, нарушения зрения и (или) слуха, и (или) речи, с использованием жестового языка, азбуки Брайля, других альтернативных шрифтов и методов общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными законами РК от 27.07.2007 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 07.12.2009 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-б</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z51" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z137" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>қолданысқа</w:t>
+          <w:t>вводится</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие с 01.01.2016); от 27.12.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 294-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z15"/>
+      <w:bookmarkStart w:id="15" w:name="z26"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Мемлекетт</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 12. Государственная статистическая отчетность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 12 исключена Законом РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z204" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 258-IV</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...23 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z16"/>
+      <w:bookmarkStart w:id="16" w:name="z28"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Әлеуметтiк және медициналы</w:t>
-[...82 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 13. Финансирование социальной и медико-педагогической коррекционной поддержки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Финансирование социальной и медико-педагогической коррекционной поддержки осуществляется за счет бюджетных средств, а также иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. В статью 13 внесены изменения - Законом РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 1 января 2005 г.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z17"/>
+      <w:bookmarkStart w:id="17" w:name="z30"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">14-бап. Кемтар балаларды еңбекке даярлау және </w:t>
-[...206 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 14. Трудовая подготовка и профессиональное образование детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дети с ограниченными возможностями могут получать профессиональное образование в соответствии с законодательными актами Республики Казахстан об образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Трудовая подготовка детей с ограниченными возможностями проводится в семье, в специальных организациях образования. Для определения возможностей и характера будущей профессиональной деятельности детей с ограниченными возможностями проводится профессиональная диагностика в профессионально-консультативных центрах, специальных организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Техническое и профессиональное образование детей с ограниченными возможностями осуществляется в специальных организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 14 с изменением, внесенным законами РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 1 января 2005 г.); Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z47" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. Права детей с ограниченными возможностями,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>права и обязанности их родителей и иных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>законных представителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:bookmarkStart w:id="18" w:name="z33"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Кемтар балалардың құқықтары</w:t>
-[...503 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 15. Права детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Дети с ограниченными возможностями имеют право на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) гарантированное бесплатное получение социальной и медико-педагогической коррекционной поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бесплатное обследование в субъектах здравоохранения, психолого-медико-педагогических консультациях или отделах медико-социальной экспертизы и бесплатную медицинскую помощь в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бесплатную медико-психолого-педагогическую коррекцию физической или психической недостаточности с момента обнаружения, независимо от степени ее выраженности, в соответствии с заключением психолого-медико-педагогической консультации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) бесплатное обеспечение по медицинским показаниям протезно-ортопедическими изделиями и обувью, печатными изданиями со специальным шрифтом, звукоусиливающей аппаратурой и сигнализаторами, компенсаторными техническими средствами в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) получение бесплатного предшкольного и общего среднего образования в специальных организациях образования или государственных организациях образования в соответствии с заключением психолого-медико-педагогических консультаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) бесплатное, на конкурсной основе, техническое и профессиональное, послесреднее, высшее образование в государственных организациях образования в пределах государственных образовательных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) трудоустройство по окончании обучения в соответствии с полученным образованием и (или) профессиональной подготовкой в порядке, определяемом законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При участии в конкурсе на получение бесплатного государственного образования через бюджетное финансирование, образовательных грантов в случае одинаковых показателей преимущественное право имеют инвалиды I и II групп, инвалиды с детства, которым согласно заключению отделов медико-социальной экспертизы не противопоказано обучение в соответствующих организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Дети с ограниченными возможностями из числа сирот и оставшихся без попечения родителей, находящиеся на полном государственном обеспечении, после окончания пребывания в специальных организациях образования и достижения совершеннолетия обеспечиваются жильем местными исполнительными органами в установленном законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 15 с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>2-баптан</w:t>
+          <w:t>ст.2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); от 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z20"/>
+      <w:bookmarkStart w:id="19" w:name="z35"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">16-бап. Кемтар балалардың ата-аналары мен өзге де </w:t>
-[...282 lines deleted...]
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+        <w:t>Статья 16. Права родителей и иных законных представителей детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Родители и иные законные представители детей с ограниченными возможностями имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) присутствовать при освидетельствовании ребенка в психолого-медико-педагогической консультации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) получать достоверную информацию о результатах обследования ребенка, целях и результатах индивидуальной социальной и медико-педагогической коррекционной поддержки, консультироваться в органах и организациях, занимающихся оказанием медицинских, специальных образовательных и специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) на получение их детьми установленной законодательством Республики Казахстан социальной и медико-педагогической коррекционной поддержки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) на возмещение затрат на обучение на дому детей с ограниченными возможностями из числа инвалидов по индивидуальному учебному плану в порядке и размерах, определяемых по решению местных представительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00410ED4">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 16 с изменением, внесенным Законом РК от 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z324" w:history="1">
+        <w:r w:rsidRPr="00D81D46">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00410ED4">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:bookmarkStart w:id="20" w:name="z37"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00410ED4">
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">17-бап. Кемтар балалардың ата-аналары мен өзге де </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+        <w:t>Статья 17. Обязанности родителей и иных законных представителей детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Родители и иные законные представители детей с ограниченными возможностями, помимо обязанностей, установленных законодательством, должны обеспечивать своим детям содержание, воспитание, образование, медицинский осмотр, лечение, осуществлять уход за ними, защищать их права и интересы, участвовать в реализации индивидуальной программы реабилитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Родители и иные законные представители детей с ограниченными возможностями за уклонение от выполнения обязанностей по уходу и воспитанию детей, жестокое обращение с ними, нанесение вреда их здоровью несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 5. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z42"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>заңды</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410ED4">
+        <w:t>Статья 18. Ответственность за нарушение законодательства Республики Казахстан в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Лица, виновные в нарушении законодательства Республики Казахстан в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями, несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z43"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00D81D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өкілдерiнiң мiндеттерi</w:t>
-[...438 lines deleted...]
-    <w:p w:rsidR="00A70CD3" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4">
+        <w:t>Статья 19. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон вводится в действие с 1 января 2003 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A70CD3" w:rsidRPr="00D81D46" w:rsidRDefault="0051513F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A70CD3" w:rsidRPr="00410ED4" w:rsidSect="00C457F5">
+    <w:sectPr w:rsidR="00A70CD3" w:rsidRPr="00D81D46" w:rsidSect="00695209">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00410ED4"/>
+    <w:rsidRoot w:val="00D81D46"/>
+    <w:rsid w:val="000D27F1"/>
     <w:rsid w:val="0040479C"/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="0051513F"/>
+    <w:rsid w:val="00695209"/>
     <w:rsid w:val="00B5619C"/>
-    <w:rsid w:val="00C457F5"/>
+    <w:rsid w:val="00D81D46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11749,189 +7188,189 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C457F5"/>
+    <w:rsid w:val="00695209"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00410ED4"/>
+    <w:rsid w:val="00D81D46"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1539975606">
+    <w:div w:id="1976718119">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000165" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000294" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000094_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000165" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12177,51 +7616,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>32188</Characters>
+  <Pages>18</Pages>
+  <Words>5805</Words>
+  <Characters>33090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>268</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>275</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37759</CharactersWithSpaces>
+  <CharactersWithSpaces>38818</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>