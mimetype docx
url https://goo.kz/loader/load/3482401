--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -19,90 +19,90 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487575552">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="7556500" cy="10414000"/>
+            <wp:extent cx="7556500" cy="10693400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="image1.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7556500" cy="10414000"/>
+                      <a:ext cx="7556500" cy="10693400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16400"/>
-      <w:pgMar w:top="1560" w:bottom="280" w:left="1680" w:right="1680"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1600" w:bottom="280" w:left="1680" w:right="1680"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>