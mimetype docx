--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -7,8293 +7,10221 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002C5C65" w:rsidRPr="007478B7" w:rsidRDefault="002C5C65" w:rsidP="00AA45F6">
+    <w:p w:rsidR="00BC719B" w:rsidRDefault="00BC719B" w:rsidP="005670F1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRDefault="002C5C65" w:rsidP="005670F1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                        </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="002C5C65" w:rsidRDefault="002C5C65" w:rsidP="00AA45F6">
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4749"/>
+        <w:gridCol w:w="4821"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidTr="009F633C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A355D6" w:rsidRPr="00A73673" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы қаржы басқармасының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A355D6" w:rsidRPr="00A73673" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27C6F" w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жылғы «__» ____________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A355D6" w:rsidRPr="00A73673" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№ ___________ бұйрығымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73673">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC719B" w:rsidRDefault="00AD7507" w:rsidP="00A355D6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="002C5C65" w:rsidRDefault="002C5C65" w:rsidP="00AA45F6">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>облысының білім беру басқармасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00362261">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қаласы білім беру бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC719B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының № 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E69">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC719B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00F27C6F" w:rsidP="00A355D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="002C5C65" w:rsidRPr="007478B7" w:rsidRDefault="002C5C65" w:rsidP="00AA45F6">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуналдық </w:t>
+      </w:r>
+      <w:r w:rsidR="00A355D6" w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік қазыналық кәсіпорнының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="002C5C65" w:rsidRDefault="002C5C65" w:rsidP="00AA45F6">
+      </w:pPr>
+      <w:r w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жарғысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...32 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00A355D6" w:rsidRDefault="00A355D6" w:rsidP="00A355D6">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004E7C62">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A355D6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...140 lines deleted...]
-    <w:p w:rsidR="001C6CC4" w:rsidRPr="00ED296D" w:rsidRDefault="001C6CC4" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6CC4" w:rsidRPr="00A355D6" w:rsidRDefault="001C6CC4" w:rsidP="005670F1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C6CC4" w:rsidRPr="008E46A1" w:rsidRDefault="001C6CC4" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A355D6" w:rsidRPr="00CE2E69" w:rsidRDefault="00A355D6" w:rsidP="00362261">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E69" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>облысының білім беру басқармасы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E69" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қаласы білім беру б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өлімінің «Павлодар қаласының № 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E69" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуналдық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қазыналық кәсіпорны (бұдан әрі – Кәсіпорын) ұйымдық-құқықтық нысанындағы мемлекеттік кәсіпорынның жедел басқару құқығында заңды тұлға болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27C6F" w:rsidRDefault="001C6CC4" w:rsidP="00F27C6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...150 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...33 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0059667F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорын Павлодар қаласы әкімдігінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2010 жылғы 26 наурыздағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00B939BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» мемлекеттік қазыналық коммуналдық кәсіпорны туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 371/9</w:t>
+      </w:r>
+      <w:r w:rsidR="00362261">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007207FE">
-[...178 lines deleted...]
-    <w:p w:rsidR="006D433C" w:rsidRDefault="006D433C" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00A355D6" w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қаулысына сәйкес құрылды, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы әкімдігінің 2020 жылғы 23 желтоқсандағы «Коммуналдық меншіктің кейбір мәселелері туралы» № 276/5 қаулысына сәйкес атауы өзгертілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D433C" w:rsidRPr="006D4838" w:rsidRDefault="006D433C" w:rsidP="00F27C6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-      <w:r w:rsidR="005061DB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D4838">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB1822">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED296D">
-[...37 lines deleted...]
-    <w:p w:rsidR="00CB1822" w:rsidRDefault="006D433C" w:rsidP="00AA45F6">
+      <w:r w:rsidR="006D4838" w:rsidRPr="006D4838">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның құрылтайшысы жергілікті атқарушы орган - Павлодар облысының әкімдігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D433C" w:rsidRPr="008F6DE9" w:rsidRDefault="006D433C" w:rsidP="00362261">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00195A37">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED296D">
-[...51 lines deleted...]
-    <w:p w:rsidR="001C6CC4" w:rsidRPr="00195A37" w:rsidRDefault="001C6CC4" w:rsidP="00AA45F6">
+      <w:r w:rsidR="008F6DE9" w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның мүлкіне қатысты мемлекеттік коммуналдық меншік құқығы субъектісінің құқықтарын </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6DE9" w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ергілікті атқарушы орган – Павлодар облысының әкімдігі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F6DE9" w:rsidRDefault="006D433C" w:rsidP="00362261">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00195A37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000442BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6DE9" w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорынды басқаруды жүзеге асыратын орган </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласы білім беру бөлімі» </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6DE9" w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекемесі (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="000442BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6DE9" w:rsidRPr="008F6DE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органы) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6CC4" w:rsidRPr="00195A37" w:rsidRDefault="001C6CC4" w:rsidP="00362261">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00195A37">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:r w:rsidRPr="000442BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00195A37">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...50 lines deleted...]
-      <w:r w:rsidR="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000442BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="000442BC" w:rsidRPr="000442BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорынның мемлекеттік тілдегі атауы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>облысының білім беру басқармасы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қаласы білім беру б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өлімінің «Павлодар қаласының № 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="00CE2E69">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="00A355D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуналдық мемлекеттік қазыналық кәсіпорны</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F" w:rsidRPr="0059111C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6CC4" w:rsidRPr="00195A37" w:rsidRDefault="001C6CC4" w:rsidP="00AA45F6">
+    <w:p w:rsidR="001C6CC4" w:rsidRPr="00195A37" w:rsidRDefault="000442BC" w:rsidP="00362261">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00195A37">
+      <w:r w:rsidRPr="000442BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наименование Предприятия на  русском  языке: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00332042" w:rsidRPr="00332042">
+        <w:t xml:space="preserve">Кәсіпорынның орыс тіліндегі атауы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Коммунальное государственное казенное предприятие «Ясли-сад</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00332042">
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F" w:rsidRPr="0059111C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00332042" w:rsidRPr="00332042">
+        <w:t xml:space="preserve">оммунальное </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№ 18 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00195A37">
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00362261" w:rsidRPr="0059111C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00550F7A" w:rsidRPr="00CB1822" w:rsidRDefault="001C6CC4" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственное казенное предприятие </w:t>
+      </w:r>
+      <w:r w:rsidR="00161CBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ясли-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сад № 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F" w:rsidRPr="0059111C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела образования города Павлодара, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27C6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>управления образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F" w:rsidRPr="00195A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000442BC" w:rsidRPr="000442BC" w:rsidRDefault="000442BC" w:rsidP="00362261">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00195A37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000442BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F818B9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның орналасқан жері: </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00195A37">
+        <w:t xml:space="preserve">Қазақстан Республикасы, Павлодар облысы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F818B9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>140000</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F" w:rsidRPr="0059111C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB1822">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00195A37">
+        <w:t xml:space="preserve"> Павлодар қаласы, Мир</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007355EC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00362261">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область, 140000, город Павлодар, улица Мира, 11/1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00195A37">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37813">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00980E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006125E5" w:rsidRDefault="006125E5" w:rsidP="00AA45F6">
+    <w:p w:rsidR="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="005670F1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорынның заңды мәртебесі  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Кәсіпорынның дербес балансы, заңнамаға сәйкес банктерде шоттары, бланкілері, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген және Кәсіпорынның атауы бар мөрі болады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00935811" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-300"/>
+        </w:tabs>
+        <w:ind w:left="-30" w:firstLine="691"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00935811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00935811" w:rsidRPr="00935811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорын Қазақстан Республикасының заңдарында көзделген жағдайларды </w:t>
+      </w:r>
+      <w:r w:rsidR="00935811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r w:rsidR="00935811" w:rsidRPr="00935811">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, заңды тұлғаларды құра алмайды, сондай-ақ басқа заңды тұлғаның құрылтайшысы (қатысушысы) бола алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-300"/>
+        </w:tabs>
+        <w:ind w:left="-30" w:firstLine="691"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын Қазақстан Республикасының заңнамасына сәйкес филиалдар мен өкілдіктер құруына болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C51E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Кәсіпорын жасасқан және міндетті мемлекеттік немесе өзге тіркеуге жататын азаматтық-құқықтық мәмілелер Қазақстан Республикасының заңнамалық актілеріне сәйкес, егер басқасы Қазақстан Республикасының заңнамалық актілерімен көзделмесе, тіркелгеннен сәттен бастап жасалған болып саналады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C51E0" w:rsidRPr="004C51E0" w:rsidRDefault="004C51E0" w:rsidP="004C51E0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRPr="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорын қызметінің мәні мен мақсаттары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRPr="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRPr="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Кәсіпорын қызметінің мәні  мектепке дейінгі тәрбие мен білім беру саласындағы қызметті жүзеге асыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRPr="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Кәсіпорын қызметінің мақсаты мектепке дейінгі тәрбиелеу және оқыту саласында мемлекеттік саясатты іске асыру болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRPr="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Кәсіпорын алға қойған мақсаттарын іске асыру үшін қызметтің мынадай түрлерін жүзеге асырады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006654F6" w:rsidRDefault="006654F6" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1)  мектеп жасына дейінгі тәрбиеленушілердің өмірі мен денсаулығын қорғау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D57831" w:rsidRDefault="00D57831" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006654F6" w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57831">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің, оның ішінде ерекше білім беру қажеттіліктері мен жеке мүмкіндіктері бар тәрбиеленушілер үшін дене</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бітімін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D57831">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, зияткерлік және жеке дамуын қамтамасыз ететін оңтайлы жағдайлар жасау;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553C11" w:rsidRDefault="00D57831" w:rsidP="006654F6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006654F6" w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды тәрбиелеудің, оқытудың, дамытудың және сауықтырудың бірлігі қағидатын ескере отырып, мектепке дейінгі және бастауыш білім берудің сабақтастығы мен үздіксіздігін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009120E8" w:rsidRPr="00553C11" w:rsidRDefault="00D57831" w:rsidP="00553C11">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006654F6" w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушінің толық</w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тай</w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамуын қамтамасыз ету үшін отбасымен өзара іс-қимыл жасау;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6658D" w:rsidRPr="006654F6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008907C5" w:rsidRPr="008907C5" w:rsidRDefault="008907C5" w:rsidP="00AA45F6">
-[...387 lines deleted...]
-    <w:p w:rsidR="009120E8" w:rsidRPr="009120E8" w:rsidRDefault="009120E8" w:rsidP="00AA45F6">
+    <w:p w:rsidR="00B4006C" w:rsidRPr="00553C11" w:rsidRDefault="00D57831" w:rsidP="008318ED">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009120E8">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009120E8" w:rsidRPr="00553C11">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008318ED">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009120E8">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-аналарға тәрбиеленушілерді тәрбиелеу, оқыту, дамыту және денсаулықты қорғау мәселелері бойынша к</w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...8 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>еңес беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және әдістемелік көмек көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553C11" w:rsidRPr="00553C11" w:rsidRDefault="00C0385E" w:rsidP="00553C11">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...55 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00553C11" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын осы Жарғыда бекітілген қызметтің мәні мен  мақсатына сай келмейтін қызметпен айналысуға, сондай – ақ келісімдер жасауға құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553C11" w:rsidRDefault="00553C11" w:rsidP="00553C11">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...174 lines deleted...]
-    <w:p w:rsidR="00E0306B" w:rsidRPr="00C3692F" w:rsidRDefault="00C0385E" w:rsidP="00AA45F6">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7D58" w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңдарымен немесе құрылтайшы құжаттарымен шектелген қызметтің мақсатына қайшы немесе басшының жарғылық құзыретін бұза отырып жасалған келісім  ж</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7D58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ергілікті атқарушы органның, б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асқару органының, жергілікті бюджеттен қаржыландырылатын, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7D58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553C11">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуналдық мүлікті басқаруға                уәкілетті атқарушы органның немесе прокурордың талабы бойынша жарамсыз деп танылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553C11" w:rsidRPr="00553C11" w:rsidRDefault="00553C11" w:rsidP="001B7D58">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0306B" w:rsidRPr="00BC719B" w:rsidRDefault="00E0306B" w:rsidP="001B7D58">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...116 lines deleted...]
-      <w:r w:rsidR="009D762B" w:rsidRPr="00AF489C">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="001B7D58" w:rsidRDefault="001B7D58" w:rsidP="001B7D58">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іске асырылатын білім беру бағдарламаларының тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B7D58" w:rsidRPr="001B7D58" w:rsidRDefault="001B7D58" w:rsidP="001B7D58">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B25B2F" w:rsidRPr="001B7D58" w:rsidRDefault="00B25B2F" w:rsidP="00B25B2F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...63 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B7D58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">17. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00444347">
-[...40 lines deleted...]
-    <w:p w:rsidR="005670F1" w:rsidRPr="00776DE2" w:rsidRDefault="004D56FE" w:rsidP="00AA45F6">
+      <w:r w:rsidR="001B7D58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын м</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7D58" w:rsidRPr="001B7D58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ектепке дейінгі тәрбие мен оқыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7591">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>удың үлгілік оқу бағдарламасын жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B7D58" w:rsidRPr="001B7D58" w:rsidRDefault="001B7D58" w:rsidP="00F81713">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CF1C74" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1C74">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00FD230A" w:rsidRPr="00776DE2">
+      <w:r w:rsidR="00CF1C74" w:rsidRPr="00CF1C74">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B76002">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Білім беру ұйымына қабылдау тәртібі, тәрбиеленушілерді </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1C74">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FD230A" w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балабақшадан </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1C74" w:rsidRPr="00CF1C74">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005670F1" w:rsidRPr="00776DE2" w:rsidRDefault="005670F1" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығару негіздері мен тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CF1C74" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="006E48BD" w:rsidRDefault="009651FF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D5D7A" w:rsidRDefault="000D5D7A" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E48BD" w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18. К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5D7A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорынға </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E48BD" w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5D7A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрбиеленушілерді қабылдау Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5D7A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекетт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік көрсетілетін қызметтер туралы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5D7A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заңына сәйкес мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D5D7A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="00F24E3D">
-[...20 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5D7A" w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеленушінің мектепке дейінгі ұйымдағы орны мынадай жағдайларда сақталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000173F8" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленуші</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енсаулық сақтау, білім беру ұйымдарында және өзге де ұйымдарда емделуі, сауықтырылуы, түзетілуі және оңалтылуы</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезінде</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (көрсетілім</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і,</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:r w:rsidR="000173F8" w:rsidRPr="000173F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1460B" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1460B" w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәрбиеленушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бір </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1460B" w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-анасының немесе заңды өкілінің жылына екі айға дейінгі мерзімге демалысқа немесе сауықтыруға жазбаша өтініші берілген кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1460B" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1460B" w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елді мекенде енгізілген төтенше жағдай кезеңінде (әлеуметтік, табиғи, техногендік сипаттағы төтенше жағдайлар).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34B7F" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1460B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="00F24E3D">
-[...85 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34B7F" w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеленушілерді мектепке дейінгі ұйымнан шығару мынадай жағдайларда жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34B7F" w:rsidRPr="00D34B7F" w:rsidRDefault="00D34B7F" w:rsidP="00D34B7F">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="480"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34B7F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі ұйым мен тәрбиеленушінің ата-анасы немесе өзге д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е заңды өкілі арасындағы шарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34B7F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын бұзу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00A0666A" w:rsidRDefault="00F81713" w:rsidP="00D34B7F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34B7F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A" w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушінің себептерсіз және әкімшілік</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A" w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ескерт</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пей</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A" w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір айдан астам</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балабақшада болмаған кезінде</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0666A" w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A0666A" w:rsidRPr="00A0666A" w:rsidRDefault="00A0666A" w:rsidP="00A0666A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F24E3D">
-[...20 lines deleted...]
-    <w:p w:rsidR="006125E5" w:rsidRPr="00776DE2" w:rsidRDefault="006125E5" w:rsidP="00AA45F6">
+      <w:r w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дәрігерлік консультациялық комиссияның анықтамасы негізінде оның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балабақшада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0666A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуына кедергі келтіретін меди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>циналық қарсы айғақтардың болуы кезінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00A0666A" w:rsidRDefault="00F81713" w:rsidP="00A0666A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="1200"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00A0666A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2055"/>
         </w:tabs>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="005670F1" w:rsidRPr="00776DE2" w:rsidRDefault="004D56FE" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRPr="00BC719B" w:rsidRDefault="00F81713" w:rsidP="00B60260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FD230A" w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00BC719B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00FD230A" w:rsidRPr="00776DE2" w:rsidRDefault="00FD230A" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру процесін ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00B60260" w:rsidP="00B60260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="005670F1" w:rsidRPr="00776DE2" w:rsidRDefault="005670F1" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(оның ішінде оқыту және тәрбиелеу тілі (тілдері), тәрбиеленушілердің сабақ режимі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRPr="00B60260" w:rsidRDefault="00B60260" w:rsidP="00B60260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="009651FF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRDefault="00F81713" w:rsidP="00B60260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру процесінің қатысушылары тәрбиеленушілер, тәрбиеленушілердің заңды өкілдері, педагогтар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00867DFB" w:rsidRPr="00BC719B" w:rsidRDefault="00F81713" w:rsidP="00B60260">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="005C2828">
-[...25 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00867DFB" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі ұйымдағы білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдерісі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік жалпыға міндетті білім беру стандарттарының (бұдан әрі – МЖМБС) негізінде әзірленген үлгілік жоспарларға және үлгілік бағдарламаға сәйк</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ес жүзеге асырылады, сондай-ақ м</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ектепке дейінгі ұйымның жарғысында айқындалады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00006D0E" w:rsidRPr="005C2828">
-[...39 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRDefault="00F81713" w:rsidP="00BE7591">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="00F24E3D">
+      <w:r w:rsidR="00B25B2F" w:rsidRPr="00BE7591">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі ұйымдардың педагогтері кәсіптік қызметті жүзеге асыру кезінде МЖМБС талаптарын сақтаған жағдайда тәрбие-білім беру п</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үдерісін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...229 lines deleted...]
-    <w:p w:rsidR="00444347" w:rsidRPr="005C2828" w:rsidRDefault="00444347" w:rsidP="00444347">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырудың тәсілдері мен нысандарын дербес таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRDefault="00B25B2F" w:rsidP="00B60260">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7591">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорын білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үдерісін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік жалпыға міндетті стандарт негізінде мемлекеттік, орыс тілдерінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B25B2F" w:rsidRPr="00B60260" w:rsidRDefault="00B25B2F" w:rsidP="00B60260">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0963">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7591">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәрбиеленушілердің сабақ режимі мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартына, санитариялық-эпидемиологи</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ялық қағидалар мен нормаларға, д</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енсаулық сақтау және білім беру органдарының оқу жоспарлары мен ұсынымдарына сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60260" w:rsidRDefault="00B25B2F" w:rsidP="00B60260">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0963">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7591">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың дамуын бағалау жүйесі білім беру саласындағы уәкілетті ор</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ган бекіткен м</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B25B2F" w:rsidRPr="00B60260" w:rsidRDefault="00B25B2F" w:rsidP="00B60260">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7591">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B60260" w:rsidRPr="00B60260">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі ұйымдардың педагогтері жыл сайын медициналық тексеруден өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00B60260" w:rsidRDefault="00F81713" w:rsidP="00B25B2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...82 lines deleted...]
-    <w:p w:rsidR="00FD230A" w:rsidRPr="00776DE2" w:rsidRDefault="004D56FE" w:rsidP="00AA45F6">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FD230A" w:rsidRPr="00776DE2">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF64B1" w:rsidRPr="00BF64B1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00323AA4">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақылы қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF64B1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Порядок</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD230A" w:rsidRPr="00776DE2">
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF64B1" w:rsidRPr="00BF64B1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001E55F3" w:rsidRPr="00776DE2" w:rsidRDefault="001E55F3" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="006E48BD" w:rsidRPr="00F24E3D" w:rsidRDefault="00D85A0B" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006E48BD" w:rsidRPr="00F24E3D">
+      <w:r w:rsidR="00F81713" w:rsidRPr="00AD7507">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006E48BD" w:rsidRPr="00F24E3D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF64B1" w:rsidRPr="00AD7507">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын осы кәсіпорынмен қамтылмаған және қамтылмаған тәрбиеленушілер үшін жұмыс күндері және демалыс күндері білім беру, сауықтыру сипатындағы қосымша ақылы қызметтер көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00D67E72" w:rsidRDefault="006E48BD" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF64B1" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақылы қызметтерден түскен қаражат мамандарға жалақы есептеуге, құралдар сатып алуға, тиісті даму ортасын құруға жұмсалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F149CA" w:rsidRPr="00F149CA" w:rsidRDefault="00F149CA" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00AA45F6" w:rsidRPr="00AA45F6" w:rsidRDefault="00AA45F6" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00FF63F1" w:rsidRDefault="00FF63F1" w:rsidP="00FF63F1">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="5224"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C2828">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымының тәрбиеленушілермен және (немесе) олардың ата-аналарымен және өзге де заңды өкілдерімен қатынастарын ресімдеу тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF63F1" w:rsidRPr="00FF63F1" w:rsidRDefault="00FF63F1" w:rsidP="00FF63F1">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="5224"/>
         </w:tabs>
-        <w:jc w:val="center"/>
+        <w:ind w:left="1070"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="009651FF" w:rsidRPr="005C2828" w:rsidRDefault="00D85A0B" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF63F1" w:rsidRDefault="00B25B2F" w:rsidP="00FF63F1">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C2828">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF63F1">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009651FF" w:rsidRPr="005C2828">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="005C2828">
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FF63F1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009651FF" w:rsidRPr="005C2828">
+      <w:r w:rsidR="00FF63F1" w:rsidRPr="00FF63F1">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="009651FF" w:rsidRPr="005C2828" w:rsidRDefault="00D85A0B" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын мен заңды өкілдер арасындағы қарым-қатынас баланы мектепке дейінгі ұйымға қабылдау кезінде жасалатын шартпен реттеледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF63F1" w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиеленушінің, ата-ананың және кәсіпорын қызметкерлерінің қарым-қатынасы ынтымақтастық, білім беру </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үдерісіне</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF63F1" w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF63F1" w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өзара сыйластығы негізінде және жеке ерекшеліктеріне сәйкес тәрбиеленушіге даму еркіндігін беруді ескере отырып құрылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555B15" w:rsidRDefault="00B25B2F" w:rsidP="00555B15">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF63F1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00134DFC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00555B15" w:rsidRPr="00555B15">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі ұйымдардың тәрбиеленушілері тәрбиеленушілердің жасына, психофизиологиялық ерекшеліктеріне, қабілеттеріне, қызығушылықтарына және қажеттіліктеріне сәйкес мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарты шеңберінде сапалы білім алуға, дамудың бұзылуын түзетуге және әлеуметтік бейімделуге, медициналық бақылауға, сондай-ақ қарауға, күтіп-бағуға және сауықтыруға, оның ішінде бір жастан 1-сыныпқа қабылданғанға дейін инклюзивті білім алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134DFC" w:rsidRDefault="00FF4744" w:rsidP="00134DFC">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009651FF" w:rsidRPr="005C2828">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00555B15">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555B15">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00134DFC" w:rsidRPr="00134DFC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәмелетке толмаған балалардың ата-аналары мен өзге де заңды өкілдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің құқығ</w:t>
+      </w:r>
+      <w:r w:rsidR="00134DFC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00134DFC" w:rsidRPr="00134DFC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF2342" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналар комитеті, қамқоршылық кеңесі арқылы кәсіпорынды басқару органдарының жұмысына қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF2342" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорыннан балаларды тәрбиелеу және оқыту, ұстау жағдайлары туралы ақпарат алу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF2342" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларды оқыту және тәрбиелеу мәселелері бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF2342" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олардың балаларының шарт </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негізде қосымша ақылы білім қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін алуға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="00AF2342" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342" w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шартты біржақты тәртіппен бұзу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2342">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="00AD7507" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00564DBF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналар мен заңды өкілдер міндетті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="00AD7507" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00A13209" w:rsidRPr="005C2828" w:rsidRDefault="003E58F9" w:rsidP="00A13209">
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз баласының денсаулығына қамқорлық жасау</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="00AD7507" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="00AF1443" w:rsidRDefault="00FF4744" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның дене</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бітімін</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, психикалық, адамгершілік және рухани дамуы үшін қажетті өмір сүру жағдайларын қамтамасыз ету</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1443">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="008C0320" w:rsidRDefault="00FF4744" w:rsidP="00EB0963">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0320" w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың міндетті мектепал</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0320">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ды даярлық алуын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="00FF4744">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="644"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арттың талаптарын сақтау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4744" w:rsidRPr="008C0320" w:rsidRDefault="00FF4744" w:rsidP="00EB0963">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="008C0320" w:rsidRDefault="00F81713" w:rsidP="00FF4744">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...486 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0320" w:rsidRPr="008C0320">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...19 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынды басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Жергілікті атқарушы орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         1) Кәсіпорынды құру, қайта ұйымдастыру және тарату туралы шешімдер қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2) Кәсіпорын Жарғысын бекітеді, оған өзгерістер мен толықтыруларды  енгізеді немесе осыған </w:t>
+      </w:r>
+      <w:r w:rsidR="00456A71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облыстық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуналдық мүлікті басқаруға уәкілетті жергілікті бюджеттен қаржыландырылатын атқарушы органды уәкілетті етеді;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3) Кәсіпорынға коммуналдық мүлікті бекітеді;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        4) Кәсіпорынға филиалдар мен өкілдіктер құруға келісімін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        5) Кәсіпорын мүлкін пайдалану туралы шешім қабылайды, оның ішінде, оны кепілдікке, жалға беруге, өтеусіз пайдалануға және сенімгерлікпен  басқаруға тапсыру туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0320" w:rsidRPr="008C0320" w:rsidRDefault="008C0320" w:rsidP="008C0320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C0320">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        6) осы Жарғымен және Қазақстан Республикасының заңнамасымен жүктелген өзге өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="003B2AC3" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Басқару органы Қазақстан Республикасының заңнамасында белгіленген тәртіпте келесі қызметтерді  жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Кәсіпорынды құру, қайта ұйымдастыру және тарату туралы ұсыныстарды енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Кәсіпорын Жарғысын бекітуге тапсырады, оған өзгерістер мен толықтырулар енгізуге бастамашы болады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Кәсіпорынның бюджетінен қаржыландырылатын қызметтің басымды бағыттарын және міндетті жұмыстар (қызметтер) көлемін анықтайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) Кәсіпорынның даму жоспарларын және оларды орындау жөніндегі есептерді қарастырады, келіседі және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)  Кәсіпорынның даму жоспарларының орындалуын бақылайды және талдау жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2AC3" w:rsidRPr="003B2AC3" w:rsidRDefault="003B2AC3" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпорын мүлкінің пайдаланылуы мен сақталуына бақылауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2AC3" w:rsidRPr="003B2AC3" w:rsidRDefault="003B2AC3" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) кәсіпорын мүлкін есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="00FB6B8C" w:rsidP="003B2AC3">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2AC3" w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпорынның еңбекақы төлеу қорының мөлшерін жыл сайын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C" w:rsidRDefault="003B2AC3" w:rsidP="00FB6B8C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...551 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AF292A">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6B8C" w:rsidRPr="00FB6B8C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6B8C" w:rsidRPr="003B2AC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осы Жарғымен және Қазақстан Республикасының өзге заңнамасымен өзіне жүктелген өзге де өкілеттерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00F81713" w:rsidP="00B25B2F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>37</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AA45F6">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005470D4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорынның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00EB0963" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>38</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE006D">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D">
-[...35 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынастарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шартын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресімдейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E55861" w:rsidRPr="00E55861">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F5659" w:rsidRPr="004F5659" w:rsidRDefault="00F81713" w:rsidP="004F5659">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB0963">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB0963">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Басшыны тағайындау, оны аттестаттаудан өткізу қолданыстағы заңнамада айқындалған тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F5659" w:rsidRPr="004F5659" w:rsidRDefault="00B25B2F" w:rsidP="004F5659">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорындағы сыбайлас жемқорлыққа қарсы  іс - әрекеттердің ұйымдастырылуына кәсіпорын басшысы дербес жауапкершілікте  болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="004F5659" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F5659" w:rsidRDefault="00B25B2F" w:rsidP="004F5659">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1093"/>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер осы Заңда және кәсіпорын</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арғысында </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқаша қарастырылмаса</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кәсіпорын басшысы </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке-</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дара басшылық қа</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғидаттарында әрекет етеді және к</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5659" w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әсіпорын қызметінің барлық мәселелерін Заңда және осы Жарғыда айқындалатын өз құзыретіне сәйкес дербес шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3705F" w:rsidRDefault="00F81713" w:rsidP="00B3705F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5659">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25B2F" w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25B2F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AA45F6">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B3705F" w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік кәсіпорынның даму жоспарын іске асырудың нәтижелілігі мен тиімділігі үшін Қазақстан Республикасының заңдарына сәйкес мемлекеттік кәсіпорынның басшысы жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00B25B2F" w:rsidP="00B3705F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3705F" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...73 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3705F" w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын атынан сенімхатсыз әрекет етеді және оның мүдделерін барлық органдарда білдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00B3705F" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...29 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3705F" w:rsidRPr="00B3705F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасымен белгіленген шектерде Кәсіпорынның мүлкіне иелік етеді;</w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="004024D7" w:rsidRDefault="00F81713" w:rsidP="004024D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="708" w:firstLine="1"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7" w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шарт </w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7" w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және өзге мәмілелер жасайды;</w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7" w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="004024D7" w:rsidRPr="004024D7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сенімхаттар береді;  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CC0C0A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A" w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>банк есеп-шоттарын ашады;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CC0C0A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A" w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұйрықтар шығарады және Кәсіпорынның барлық қызметкерлері үшін міндетті нұсқаулар береді;  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C0A" w:rsidRDefault="00F81713" w:rsidP="00CC0C0A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A" w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Еңбек кодексіне сәйкес Кәсіпорын  қызметкерлерін жұмысқа қабылдайды және еңбек шартын бұзады, егер Қазақстан Республикасының заңнамасымен және осы жарғымен басқасы көзделмесе, оларға көтермелеу шараларын қабылдайды және жаза қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC0C0A" w:rsidRDefault="00CC0C0A" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Басшының ұсынысы бойынша тиісті саланың уәкілетті органымен лауазымдық қызметке тағайындалатын немесе босатылатын Кәсіпорын қызметкерлерінің номенклатурасы осы Жарғыда бекітіледі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CC0C0A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A" w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз орынбасарларын қызметке тағайындау немесе босату үшін кандидатураларды Басқару органына ұсынады;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00CC0C0A" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="007A4A5F" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A" w:rsidRPr="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз орынбасарларының және Кәсіпорынның өзге де басшы қызметкерлерінің құзырын белгілейді;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00AD7507" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A4ACA">
-[...34 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B654A5" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дербес жауап</w:t>
+      </w:r>
+      <w:r w:rsidR="00B654A5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> береді</w:t>
+      </w:r>
+      <w:r w:rsidR="00B654A5" w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005511D1" w:rsidRDefault="00D02995" w:rsidP="005511D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="555"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорынның қаржы-шаруашылық қызметі және мүлкінің сақталуы</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7507">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="005511D1" w:rsidRDefault="00D02995" w:rsidP="005511D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="555"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таза табыстың белгіленген бөлігін бюджетке уақтылы аудар</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мау</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005511D1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00F05456" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
-[...28 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+    <w:p w:rsidR="005511D1" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">11) </w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорынның филиалдары мен өкілдіктерінің басшысын қызметке тағайында</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қызметтен босат</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005511D1" w:rsidRDefault="00F81713" w:rsidP="005511D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорынның филиалдары мен өкілдіктері туралы ережелерді бекіт</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уге</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005511D1" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) </w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқару органы</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келісім</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша бас б</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ухгалтерді қызметке тағайындауға және қызметтен босатуға</w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="005511D1" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) </w:t>
+      </w:r>
+      <w:r w:rsidR="005511D1" w:rsidRPr="005511D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072F05" w:rsidRDefault="00B25B2F" w:rsidP="00072F05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының оңалту және банкроттық туралы заңнамалық актісінде белгіленген тәртіппен кәсіпорын банкрот деп танылған немесе оңалту рәсімі қолданылған және уақытша, банкроттықты немесе оңалтуды басқарушы тағайындалған жағдайларда, оны басқару жөніндегі барлық өкілеттіктер тиісінше уақытша, банкроттықты немесе оңалтуды басқарушыға өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072F05" w:rsidRDefault="00B25B2F" w:rsidP="00072F05">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын мен жергілікті атқарушы орган арасындағы өзара қарым-қатынастар Қазақстан Республикасының қолданыстағы заңнамасымен реттеледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00072F05" w:rsidRDefault="00B25B2F" w:rsidP="00072F05">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын мен басқару органы арасындағы өзара қарым-қатынастар Қазақстан Республикасының қолданыстағы заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00254FD8" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3775">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05" w:rsidRPr="00072F05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынды басқару дара басшылық және алқалық басқару қағидаттарында құрылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00072F05" w:rsidRPr="00254FD8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алқалық басқару нысандары педагогикалық, әдістемелік, қамқоршылық кеңестер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00254FD8" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00254FD8" w:rsidRDefault="00F81713" w:rsidP="00254FD8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254FD8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00254FD8" w:rsidRPr="00254FD8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00915566" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254FD8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00915566">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00915566" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын мүлкі құны оның балансында көрсетілген Кәсіпорынның активтерінен құрылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00915566">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00BC719B" w:rsidRDefault="00D319BB" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="006A4ACA" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00915566" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның мүлкі </w:t>
+      </w:r>
+      <w:r w:rsidR="00915566" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлінбейді және салымдар (үлестер, пайлар) бойынша, оның ішінде Кәсіпорынның қызметкерлері</w:t>
+      </w:r>
+      <w:r w:rsidR="00915566" w:rsidRPr="00915566">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арасында үлестірілмейді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00915566">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0049178A" w:rsidRPr="0049178A" w:rsidRDefault="00B25B2F" w:rsidP="0049178A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>   5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0049178A" w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның мүлкі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0049178A" w:rsidRPr="0049178A" w:rsidRDefault="0049178A" w:rsidP="0049178A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) өзіне меншік иесі тапсырған мүліктерден;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0049178A" w:rsidRPr="0049178A" w:rsidRDefault="0049178A" w:rsidP="0049178A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) өз қызметі нәтижесінде сатып алынған мүліктер (ақшалай кірісті қосқанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0049178A" w:rsidRPr="0049178A" w:rsidRDefault="0049178A" w:rsidP="0049178A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) заңнамада тыйым салынбаған өзге де көздердің есебінен қалыптасады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...59 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0049178A" w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның басшылығында оның жарғылық мақсатымен қарастырылған, өз қызметін қамтамасыз етуге қажет немесе қызметінің өнімі болып табылатын мүліктер болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A4ACA">
-[...153 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    </w:p>
+    <w:p w:rsidR="0049178A" w:rsidRPr="0049178A" w:rsidRDefault="00B25B2F" w:rsidP="0049178A">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AA45F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0049178A" w:rsidRPr="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Меншік құқығы мен өзге де затты құқығын алу және тоқтату  жөнінде Қазақстан Республикасының Азаматтық кодексімен қарастырылған тәртіп пен шарттар бойынша, егер өзге жағдайлар осы Жарғымен қарастырылмаса, немесе аталған нәрсе құқығының сипатына қарама – қайшы болмаса,  жедел басқару құқығын алу және тоқтату іске асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="0049178A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00D30A1D" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаруашылық басқарудағы мүлікті пайдаланудан алынған өнімдер, жемістер мен кірістер, сонымен қатар келісімдер мен өзге негіздер бойынша Кәсіпорынмен алынған мүліктер меншік құқығын иеленуі үшін Қазақстан Республикасы заңнамасымен бекітілген тәртіпте Кәсіпорынның жедел басқаруына келіп түседі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30A1D" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Меншік иесі мүлікті Кәсіпорынға бекітуге шешім қабылдап,  мүлік балансқа бекітілген мезетте, егер өзге жағдайлар Қазақстан Республикасы заңнамасымен немесе меншік иесінің шешімімен бекітілмесе, Кәсіпорын мүлікті ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>едел басқару құқығына ие болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30A1D" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30A1D" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын өзінің негізгі қаражатына жатқызылған мүліктерді сату, сатып алу, ауыстыру, сыйлау келісім шарттары негізінде оқшаулауға құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D30A1D" w:rsidRDefault="00B25B2F" w:rsidP="00D30A1D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1189"/>
+      <w:r w:rsidR="00D30A1D" w:rsidRPr="00D30A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Меншік құқығын тоқтату үшін, сондай-ақ осы Жарғының                              36-тармағында көзделген жағдайларда, Қазақстан Республикасы Азаматтық кодексінің 249-бабында көзделген негізде және тәртіпте Кәсіпорынның мүлікті жедел басқару құқығы тоқтатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E27C3" w:rsidRPr="009E27C3" w:rsidRDefault="00B25B2F" w:rsidP="00D30A1D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="cyan"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E27C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="007B09BE" w:rsidRPr="009E27C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E27C3" w:rsidRPr="009E27C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы заңнамасымен өзге жағдайлар бекітілмесе жергілікті атқарушы орган қазыналық Кәсіпорынға бекітілген мүлікті алып қою немесе басқадай өзі құрған заңды тұлғалар арасында бөлуге құқығы</w:t>
+      </w:r>
+      <w:r w:rsidR="009E27C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E27C3" w:rsidRPr="009E27C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00322135" w:rsidRDefault="00B25B2F" w:rsidP="00322135">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1190"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00322135">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0031577D" w:rsidRPr="00322135">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00322135" w:rsidRPr="00322135">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жедел басқару құқығындағы мүлікті алып қою туралы шешімде жергілікті атқарушы орган қазыналық кәсіпорынға алып қойылған мүлікті өз</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4FC5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ге тұлғаға бергенге дейін оны </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4FC5" w:rsidRPr="00322135">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұстау мерзімдерін бекітуге және сақталуын қамтамасыз етуге құқығы бар.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4FC5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67501" w:rsidRDefault="00D319BB" w:rsidP="00B67501">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...77 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00322135">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00AF292A" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын басқару органының ұсынуы бойынша жергілікті атқарушы органның жазбаша келісімімен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00B67501" w:rsidRDefault="00F81713" w:rsidP="00B67501">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>филиалдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, өкілдіктер</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құру</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67501" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>акционерлік қоғамдардың өзіне тиесілі акцияларына, сондай-ақ дебиторлық берешекке билік ету</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67501" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшінші тұлғалардың міндеттемелері бойынша кепілгерлік немесе кепілдік беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00B67501" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарыздар беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501" w:rsidRPr="00B67501">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67501">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006617D1" w:rsidRDefault="00B25B2F" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="00DC2473">
-[...7 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+      <w:r w:rsidR="006617D1" w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Жарғының 56-тармағында көзделген жағдайларды қоспағанда, жедел басқару құқығындағы кәсіпорын өзіне бекітілген, негізгі құралдарға жататын мүлікті иеліктен шығаруға немесе оған өзге де тәсілмен билік етуге, дебиторлық берешекті жергілікті атқарушы органның жазбаша келісімімен ғана беруге және есептен шығаруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="00B25B2F" w:rsidP="006617D1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D319BB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006617D1" w:rsidRPr="006617D1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын оған жедел басқару құқығымен бекітілген негізгі құралдарға жатпайтын жылжымалы мүлікке дербес билік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006617D1" w:rsidRPr="006617D1" w:rsidRDefault="006617D1" w:rsidP="006617D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00092E65" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...864 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65" w:rsidRPr="00092E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның қызметін қаржыландыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00092E65" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="004A4224" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00092E65" w:rsidRPr="00092E65" w:rsidRDefault="00F81713" w:rsidP="00092E65">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="000E21BF">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="0099286B" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>62</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="004A4224" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B01C5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның қызметі даму жоспарына сәйкес өз кірісі есебінен және Қазақстан Республикасы бюджеттік заңнамасымен айқындалған тәртіп </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092E65" w:rsidRPr="00092E65" w:rsidRDefault="00092E65" w:rsidP="00092E65">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша алынған бюджет қаражаты есебінен қаржыландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00092E65" w:rsidRDefault="0099286B" w:rsidP="00092E65">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B01C5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын таза табыстың бір бөлігін тиісті бюджетке аударуды корпоративтік табыс салығы бойынша декларацияны тапсыру үшін белгіленген мерзімнен кейін он жұмыс күнінен кешіктірмей жүргізеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B01C5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын өндірген өнімін өз бетінше өткізеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092E65" w:rsidRDefault="0099286B" w:rsidP="00092E65">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>64</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="004C5AA6" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B01C5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00092E65" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорын өндіретін және өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын жергілікті атқарушы орган белгілейді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00055520">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00055520" w:rsidRDefault="0099286B" w:rsidP="00055520">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...48 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009B01C5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00092E65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00055520" w:rsidRPr="00055520">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының заңнамасымен рұқсат етілмеген, Жарғымен қарастырылмаған қызмет жасау арқылы алынған табыстар,                              сондай – ақ жергілікті бюджет қаражаты есебінен өткізілетін тауарлар үшін (жұмыстар, қызметтер) құрылған және бекітілген бағаларды көтеру нәтижесінде алынған табыстар Қазақстан Республикасы заңнамасымен айқындалған түрде бюджетке алынуға тиісті болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00055520" w:rsidRDefault="00055520" w:rsidP="00055520">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055520">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бухгалтерлік есепті қағидалары бойынша дұрыс тиісті түрде көрсетілмеген мүлікті пайдалану фактілері анықталған жағдайда да алынуға тиісті болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB08DC" w:rsidRPr="00EB08DC" w:rsidRDefault="00F81713" w:rsidP="00EB08DC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...101 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00EB08DC" w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның Жарғылық капиталы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB08DC" w:rsidRPr="00EB08DC" w:rsidRDefault="00EB08DC" w:rsidP="00EB08DC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB08DC" w:rsidRPr="00EB08DC" w:rsidRDefault="00EB08DC" w:rsidP="00EB08DC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Кәсіпорынның Жарғылық капиталы меншік иесінен жарғылық қызметін іске асыру үшін басқаруға алынған мүліктен құралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00EB08DC" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00B0150D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00BC719B" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00BC719B" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...53 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB08DC" w:rsidRPr="00EB08DC">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның есебі мен есеп беруі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00BC719B" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...36 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD1781" w:rsidRDefault="0099286B" w:rsidP="00FD1781">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00BC719B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның бухгалтерлік есебін жүргізу және қаржылық есептілігін жасау Қазақстан Республикасының бухгалтерлік есеп және қаржылық есептілік туралы заңнамасына және халықаралық қаржылық есептілік стандарттарына сәйкес басқару органымен келісім бойынша кәсіпорын басшысы бекітетін есеп саясатына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1781" w:rsidRDefault="00076B0D" w:rsidP="00FD1781">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...57 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00B0150D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>69</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның жылдық қаржылық есеп беруі мыналарды қамтиды: бухгалтерлік балансы, кірістер мен шығындар туралы есептер, ақшалай қаражаттар қозғалысы туралы есептер, капиталдағы өзгерістер туралы есептер, түсіндірме жазбахат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1781" w:rsidRDefault="00FD1781" w:rsidP="00FD1781">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...83 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00B0150D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00FD1781" w:rsidRDefault="00F81713" w:rsidP="00FD1781">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның жауапкершілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00FD1781" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1781" w:rsidRDefault="0099286B" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00B0150D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жедел басқару құқығындағы кәсіпорын өзінің міндеттемелер</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і бойынша өз билігіндегі ақшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауап береді. Осы заңды тұлға таратылған жағдайларды қоспағанда, қазыналық кәсіпорынның қалған мүлкін өндіріп алуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRDefault="0099286B" w:rsidP="00FD1781">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1781" w:rsidRPr="00FD1781">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жедел басқару құқығындағы кәсіпорын мемлекеттің міндеттемелері бойынша жауап бермейді. Ақша жеткіліксіз болған кезде оның міндеттемелері бойынша Қазақстан Республикасы немесе әкімшілік-аумақтық бөлініс тиісті бюджет қаражатымен субсидиарлық жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7A0B" w:rsidRPr="00FD1781" w:rsidRDefault="00DA7A0B" w:rsidP="00FD1781">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00C7358F" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7358F">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CD3A55">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E072E7" w:rsidRPr="00E072E7">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын қызметкерлеріне еңбекақы төлеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00C7358F" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00C7358F" w:rsidRDefault="0099286B" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="00CD3A55">
-[...27 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00C7358F" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның еңбекақы төлеу қорының мөлшерін жыл сайын басқару органы белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00D85163" w:rsidRDefault="00076B0D" w:rsidP="00D85163">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>73</w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="00CD3A55">
-[...70 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+      <w:r w:rsidR="00F81713" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жедел басқару құқығындағы кәсіпорынның қызметкерлеріне еңбекақы төлеу жүйесі Қазақстан Республикасы Үкіметінің 2015 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31 желтоқсандағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«А</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заматтық қызметшілерге, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдардың қызметкерлеріне, қазыналық кәсіпорындардың қызметкерлеріне еңбекақы төлеу жүйесі </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы» </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7358F" w:rsidRPr="00C7358F">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 1193 қаулысымен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099286B" w:rsidRPr="00D85163" w:rsidRDefault="0099286B" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3248"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="0040202E" w:rsidRDefault="0040202E" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099286B" w:rsidRPr="00D85163" w:rsidRDefault="0099286B" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3248"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00D85163" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D85163">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CD3A55">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85163" w:rsidRPr="00D85163">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек ұжымымен қарым – қатынастар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85163">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00D85163" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D85163" w:rsidRDefault="0099286B" w:rsidP="00D85163">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D85163">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>74</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE006D" w:rsidRPr="00CD3A55">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...45 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="00D85163">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85163" w:rsidRPr="00D85163">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын әкімшілігі мен еңбек ұжымы арасындағы өзара қарым-қатынас Қазақстан Республикасының Еңбек кодексіне және ұжымдық шартқа сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="009E194E" w:rsidRDefault="00F81713" w:rsidP="00D85163">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D85163">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0099286B" w:rsidRPr="00D85163">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0099286B" w:rsidRPr="009E194E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E194E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E194E" w:rsidRPr="009E194E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынның жұмыс тәртібі ішкі еңбек тәртібі қағидаларымен белгіленеді және Қазақстан Республикасы Еңбек заңнамасының нормаларына қайшы келмеуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="009E194E" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="009E194E" w:rsidRDefault="00F81713" w:rsidP="00F81713">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="005F1840" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E194E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CD3A55">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F1840">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00CD3A55" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="005F1840" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE006D" w:rsidRPr="0033750D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+    <w:p w:rsidR="00F81713" w:rsidRPr="0033750D" w:rsidRDefault="00076B0D" w:rsidP="00F81713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>76</w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F81713" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...31 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="0033750D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынды қайта ұйымдастыру және тарату жергілікті атқарушы органның шешімі бойынша жүргізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F1840" w:rsidRPr="005F1840" w:rsidRDefault="005F1840" w:rsidP="005F1840">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын Қазақстан Республикасы Азаматтық кодексімен көзделген басқа негіздемелер бойынша таратылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F1840" w:rsidRDefault="0099286B" w:rsidP="00F81713">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>77</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE006D">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...8 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="0033750D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынды қайта ұйымдастыруды және таратуды </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басқару </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыр</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыл</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="0033750D" w:rsidRDefault="0099286B" w:rsidP="00F81713">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="0033750D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорынды таратқан кезде борышкерлердің талаптарын қанағаттандырғаннан кейін қалған мүлiкті жергілікті атқарушы орган қайта бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F1840" w:rsidRPr="005F1840" w:rsidRDefault="00076B0D" w:rsidP="005F1840">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>79</w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00F81713" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...30 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таратылған кәсіпорынның ақшасы мен Кәсіпорынның мүлкін  өткізу нәтижесінде алынған қаражаттар борышкерлердің талаптарын қанағатттандырған соң тиісті бюджет кірісіне енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00141DCE" w:rsidRDefault="00F81713" w:rsidP="005F1840">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+    <w:p w:rsidR="00F81713" w:rsidRPr="005F1840" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F1840">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E0306B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1840" w:rsidRPr="005F1840">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00E0306B" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жарғыға өзгерістер мен толықтырулар енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="005F1840" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00A0467D" w:rsidRDefault="000E21BF" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092779D" w:rsidRPr="0092779D" w:rsidRDefault="0099286B" w:rsidP="0092779D">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092779D">
+        <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B0D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE006D" w:rsidRPr="00F16ED9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713" w:rsidRPr="0092779D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BE006D" w:rsidRPr="0033750D">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+      <w:r w:rsidR="0092779D" w:rsidRPr="0092779D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпорынның Жарғысына толықтырулар мен өзгерістерді жергілікті атқарушы органдар енгізеді немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="0092779D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облыстық </w:t>
+      </w:r>
+      <w:r w:rsidR="0092779D" w:rsidRPr="0092779D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуналдық мүлікті басқаруға уәкілетті, жергілікті бюджеттен қаржыландырылатын атқарушы органды осыған уәкілетті етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="0092779D" w:rsidRDefault="00F81713" w:rsidP="0092779D">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092779D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="0092779D" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...25 lines deleted...]
-    <w:p w:rsidR="00BE006D" w:rsidRPr="00D40658" w:rsidRDefault="00BE006D" w:rsidP="00AA45F6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00204912" w:rsidRDefault="0092779D" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Руководитель   </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Басшы        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00332042">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00204912">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00251571">
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B0150D" w:rsidRPr="00D40658" w:rsidRDefault="00855FDB" w:rsidP="00AA45F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F81713" w:rsidRPr="00D40658" w:rsidRDefault="00F81713" w:rsidP="00F81713">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D40658">
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B0150D" w:rsidRPr="00D40658" w:rsidRDefault="00B0150D" w:rsidP="00006AF8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B0150D" w:rsidRPr="00D40658" w:rsidSect="005B3B4C">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E702D" w:rsidRDefault="007E702D" w:rsidP="00C81A37">
+    <w:p w:rsidR="00F8435D" w:rsidRDefault="00F8435D" w:rsidP="00C81A37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E702D" w:rsidRDefault="007E702D" w:rsidP="00C81A37">
+    <w:p w:rsidR="00F8435D" w:rsidRDefault="00F8435D" w:rsidP="00C81A37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -8315,130 +10243,130 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E702D" w:rsidRDefault="007E702D" w:rsidP="00C81A37">
+    <w:p w:rsidR="00F8435D" w:rsidRDefault="00F8435D" w:rsidP="00C81A37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E702D" w:rsidRDefault="007E702D" w:rsidP="00C81A37">
+    <w:p w:rsidR="00F8435D" w:rsidRDefault="00F8435D" w:rsidP="00C81A37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="005E2A5F" w:rsidRDefault="00C81A37" w:rsidP="00A72245">
+  <w:p w:rsidR="005E2A5F" w:rsidRDefault="00DE4AD9" w:rsidP="00A72245">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="001C6CC4">
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005E2A5F" w:rsidRDefault="007E702D">
+  <w:p w:rsidR="005E2A5F" w:rsidRDefault="00F8435D">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-800075806"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="005B3B4C" w:rsidRDefault="005B3B4C">
+      <w:p w:rsidR="005B3B4C" w:rsidRDefault="00DE4AD9">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005B3B4C">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000A5DF9">
+        <w:r w:rsidR="007310E9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="005B3B4C" w:rsidRDefault="005B3B4C">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00DC2473" w:rsidRDefault="005B3B4C" w:rsidP="005B3B4C">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:tabs>
@@ -8852,139 +10780,317 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="73E906D4"/>
+    <w:nsid w:val="584D5672"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F5E85412"/>
-[...1 lines deleted...]
-      <w:start w:val="4"/>
+    <w:tmpl w:val="C5CA6118"/>
+    <w:lvl w:ilvl="0" w:tplc="6D78F752">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2487" w:hanging="360"/>
+        <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3207" w:hanging="360"/>
+        <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3927" w:hanging="180"/>
+        <w:ind w:left="2640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4647" w:hanging="360"/>
+        <w:ind w:left="3360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5367" w:hanging="360"/>
+        <w:ind w:left="4080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6087" w:hanging="180"/>
+        <w:ind w:left="4800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6807" w:hanging="360"/>
+        <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7527" w:hanging="360"/>
+        <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8247" w:hanging="180"/>
+        <w:ind w:left="6960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="5D0F3F87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C7A7650"/>
+    <w:lvl w:ilvl="0" w:tplc="0728C6AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2280" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3000" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4440" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="73E906D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5E85412"/>
+    <w:lvl w:ilvl="0" w:tplc="46FE0220">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2487" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3207" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3927" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5367" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6087" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7527" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8247" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="77D9155F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22184086"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9056,51 +11162,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7D895163"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EB42086"/>
     <w:lvl w:ilvl="0" w:tplc="5C7467A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9172,51 +11278,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="7DA61B05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B949FB8"/>
     <w:lvl w:ilvl="0" w:tplc="EC18ED52">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F1EC7FB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:ind w:left="1211" w:hanging="360"/>
@@ -9286,438 +11392,558 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="9"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="18"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="20"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C6CC4"/>
-    <w:rsid w:val="00006D0E"/>
+    <w:rsid w:val="00006AF8"/>
     <w:rsid w:val="00016A3B"/>
+    <w:rsid w:val="000173F8"/>
     <w:rsid w:val="00027D5C"/>
     <w:rsid w:val="0003485B"/>
+    <w:rsid w:val="000442BC"/>
     <w:rsid w:val="00050096"/>
     <w:rsid w:val="0005394A"/>
+    <w:rsid w:val="00055520"/>
+    <w:rsid w:val="00072F05"/>
     <w:rsid w:val="00073A38"/>
     <w:rsid w:val="00074D14"/>
+    <w:rsid w:val="00076B0D"/>
     <w:rsid w:val="000900D1"/>
     <w:rsid w:val="00091138"/>
+    <w:rsid w:val="00092E65"/>
     <w:rsid w:val="00096FD4"/>
-    <w:rsid w:val="000A5DF9"/>
+    <w:rsid w:val="000A5D1B"/>
     <w:rsid w:val="000B7258"/>
-    <w:rsid w:val="000E08ED"/>
-[...5 lines deleted...]
-    <w:rsid w:val="001816C1"/>
+    <w:rsid w:val="000D5D7A"/>
+    <w:rsid w:val="0010015D"/>
+    <w:rsid w:val="00134DFC"/>
+    <w:rsid w:val="00161CBA"/>
+    <w:rsid w:val="0019655D"/>
     <w:rsid w:val="001979FB"/>
+    <w:rsid w:val="001A4DB2"/>
     <w:rsid w:val="001A5D8D"/>
+    <w:rsid w:val="001B51D9"/>
     <w:rsid w:val="001B6037"/>
-    <w:rsid w:val="001B7F91"/>
+    <w:rsid w:val="001B7D58"/>
     <w:rsid w:val="001C6CC4"/>
     <w:rsid w:val="001D441E"/>
     <w:rsid w:val="001E55F3"/>
-    <w:rsid w:val="001E618F"/>
+    <w:rsid w:val="00204912"/>
     <w:rsid w:val="00205708"/>
     <w:rsid w:val="0021695E"/>
-    <w:rsid w:val="00223F8E"/>
+    <w:rsid w:val="00237E21"/>
     <w:rsid w:val="00242AB6"/>
-    <w:rsid w:val="00251571"/>
     <w:rsid w:val="00251BC4"/>
+    <w:rsid w:val="00254FD8"/>
     <w:rsid w:val="00273241"/>
     <w:rsid w:val="00281B0C"/>
     <w:rsid w:val="00282A16"/>
-    <w:rsid w:val="00287245"/>
+    <w:rsid w:val="00290AB4"/>
     <w:rsid w:val="00290E36"/>
+    <w:rsid w:val="002A46CA"/>
     <w:rsid w:val="002B1892"/>
-    <w:rsid w:val="002C55D8"/>
     <w:rsid w:val="002C5C65"/>
     <w:rsid w:val="002C61CE"/>
+    <w:rsid w:val="002E0F01"/>
+    <w:rsid w:val="002E69A6"/>
     <w:rsid w:val="002E6FFC"/>
+    <w:rsid w:val="002F26F7"/>
     <w:rsid w:val="00304D24"/>
+    <w:rsid w:val="0031577D"/>
+    <w:rsid w:val="00322135"/>
     <w:rsid w:val="003238B2"/>
     <w:rsid w:val="00323AA4"/>
-    <w:rsid w:val="00332042"/>
+    <w:rsid w:val="00362261"/>
     <w:rsid w:val="0039442F"/>
-    <w:rsid w:val="003A0F6F"/>
-    <w:rsid w:val="003B0F48"/>
+    <w:rsid w:val="003B2AC3"/>
     <w:rsid w:val="003B3B87"/>
-    <w:rsid w:val="003B5F70"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C5026"/>
     <w:rsid w:val="003D41C9"/>
     <w:rsid w:val="003E460D"/>
     <w:rsid w:val="003E46F0"/>
-    <w:rsid w:val="003E58F9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00444347"/>
+    <w:rsid w:val="004024D7"/>
+    <w:rsid w:val="00441419"/>
     <w:rsid w:val="00453122"/>
+    <w:rsid w:val="00456A71"/>
     <w:rsid w:val="00462B4D"/>
     <w:rsid w:val="00463916"/>
     <w:rsid w:val="004708A0"/>
     <w:rsid w:val="00487404"/>
-    <w:rsid w:val="004A16F2"/>
+    <w:rsid w:val="0049178A"/>
     <w:rsid w:val="004A4224"/>
     <w:rsid w:val="004B2F97"/>
     <w:rsid w:val="004B55D0"/>
     <w:rsid w:val="004C0A32"/>
-    <w:rsid w:val="004C5AA6"/>
+    <w:rsid w:val="004C51E0"/>
     <w:rsid w:val="004C7215"/>
     <w:rsid w:val="004D56FE"/>
     <w:rsid w:val="004E68E9"/>
     <w:rsid w:val="004E7C62"/>
+    <w:rsid w:val="004F5659"/>
     <w:rsid w:val="00502C27"/>
     <w:rsid w:val="005061DB"/>
     <w:rsid w:val="00517F47"/>
     <w:rsid w:val="005209D9"/>
     <w:rsid w:val="005470D4"/>
-    <w:rsid w:val="0054732C"/>
     <w:rsid w:val="00550F7A"/>
-    <w:rsid w:val="00560447"/>
+    <w:rsid w:val="00550FF8"/>
+    <w:rsid w:val="005511D1"/>
+    <w:rsid w:val="00553C11"/>
+    <w:rsid w:val="00555B15"/>
+    <w:rsid w:val="00564DBF"/>
     <w:rsid w:val="005670F1"/>
     <w:rsid w:val="00575FF1"/>
-    <w:rsid w:val="005A6803"/>
+    <w:rsid w:val="0059667F"/>
     <w:rsid w:val="005B3B4C"/>
-    <w:rsid w:val="005C2828"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00607924"/>
+    <w:rsid w:val="005F1840"/>
     <w:rsid w:val="00607EC9"/>
     <w:rsid w:val="006125E5"/>
-    <w:rsid w:val="006267D1"/>
     <w:rsid w:val="00636BB0"/>
-    <w:rsid w:val="0064536F"/>
+    <w:rsid w:val="00652781"/>
     <w:rsid w:val="00660505"/>
+    <w:rsid w:val="006617D1"/>
+    <w:rsid w:val="006641E8"/>
+    <w:rsid w:val="006654F6"/>
+    <w:rsid w:val="006731BA"/>
     <w:rsid w:val="0068290F"/>
     <w:rsid w:val="0069452C"/>
     <w:rsid w:val="006A4ACA"/>
+    <w:rsid w:val="006C0150"/>
     <w:rsid w:val="006C16A5"/>
+    <w:rsid w:val="006C434F"/>
     <w:rsid w:val="006D433C"/>
+    <w:rsid w:val="006D4838"/>
     <w:rsid w:val="006D774D"/>
     <w:rsid w:val="006E48BD"/>
     <w:rsid w:val="006F2EC9"/>
     <w:rsid w:val="00703DFC"/>
     <w:rsid w:val="00710654"/>
-    <w:rsid w:val="007207FE"/>
     <w:rsid w:val="00723D98"/>
+    <w:rsid w:val="007310E9"/>
     <w:rsid w:val="007355A4"/>
-    <w:rsid w:val="007355EC"/>
     <w:rsid w:val="00741EAB"/>
     <w:rsid w:val="0074412B"/>
     <w:rsid w:val="00746879"/>
     <w:rsid w:val="007475C9"/>
     <w:rsid w:val="00763E93"/>
     <w:rsid w:val="007711FE"/>
     <w:rsid w:val="0077164C"/>
     <w:rsid w:val="00776DE2"/>
     <w:rsid w:val="00783437"/>
     <w:rsid w:val="00783B44"/>
     <w:rsid w:val="00784DD8"/>
+    <w:rsid w:val="00793735"/>
     <w:rsid w:val="00794A85"/>
     <w:rsid w:val="007A3CFF"/>
     <w:rsid w:val="007A4A5F"/>
+    <w:rsid w:val="007B09BE"/>
     <w:rsid w:val="007B20E6"/>
+    <w:rsid w:val="007B4FC5"/>
     <w:rsid w:val="007C506F"/>
     <w:rsid w:val="007C7D13"/>
-    <w:rsid w:val="007D167B"/>
     <w:rsid w:val="007D3083"/>
     <w:rsid w:val="007E25C0"/>
-    <w:rsid w:val="007E702D"/>
     <w:rsid w:val="007F01FA"/>
-    <w:rsid w:val="00800E3C"/>
+    <w:rsid w:val="00800C41"/>
     <w:rsid w:val="00810009"/>
-    <w:rsid w:val="008175A8"/>
+    <w:rsid w:val="008242C2"/>
     <w:rsid w:val="00827E32"/>
     <w:rsid w:val="008318ED"/>
     <w:rsid w:val="00835C6B"/>
-    <w:rsid w:val="00842901"/>
     <w:rsid w:val="00842D9C"/>
     <w:rsid w:val="00845A49"/>
     <w:rsid w:val="008505EF"/>
     <w:rsid w:val="00852385"/>
     <w:rsid w:val="00852D84"/>
     <w:rsid w:val="00855FDB"/>
+    <w:rsid w:val="00856F2D"/>
+    <w:rsid w:val="00867DFB"/>
+    <w:rsid w:val="00872AF8"/>
+    <w:rsid w:val="00873221"/>
     <w:rsid w:val="00874D17"/>
     <w:rsid w:val="00886028"/>
     <w:rsid w:val="008907C5"/>
+    <w:rsid w:val="00895CD3"/>
     <w:rsid w:val="008A1389"/>
     <w:rsid w:val="008B221F"/>
+    <w:rsid w:val="008C0320"/>
     <w:rsid w:val="008C20BB"/>
     <w:rsid w:val="008C2D7B"/>
     <w:rsid w:val="008D0A6C"/>
     <w:rsid w:val="008E1EE7"/>
     <w:rsid w:val="008E46A1"/>
     <w:rsid w:val="008F3B7E"/>
+    <w:rsid w:val="008F6DE9"/>
     <w:rsid w:val="0090033F"/>
+    <w:rsid w:val="00905C6A"/>
     <w:rsid w:val="009120E8"/>
     <w:rsid w:val="00912A9E"/>
+    <w:rsid w:val="00915566"/>
+    <w:rsid w:val="00916386"/>
+    <w:rsid w:val="0092779D"/>
+    <w:rsid w:val="00935811"/>
+    <w:rsid w:val="00950248"/>
+    <w:rsid w:val="009544EB"/>
+    <w:rsid w:val="00957FC5"/>
     <w:rsid w:val="009651FF"/>
     <w:rsid w:val="0097067B"/>
+    <w:rsid w:val="00970F77"/>
+    <w:rsid w:val="00980E0F"/>
+    <w:rsid w:val="0099286B"/>
+    <w:rsid w:val="009B01C5"/>
     <w:rsid w:val="009D2E05"/>
-    <w:rsid w:val="009D5AE3"/>
     <w:rsid w:val="009D762B"/>
+    <w:rsid w:val="009E194E"/>
+    <w:rsid w:val="009E27C3"/>
+    <w:rsid w:val="009F2980"/>
+    <w:rsid w:val="00A004FC"/>
     <w:rsid w:val="00A0304E"/>
+    <w:rsid w:val="00A0666A"/>
     <w:rsid w:val="00A12A47"/>
-    <w:rsid w:val="00A13209"/>
     <w:rsid w:val="00A15E1F"/>
     <w:rsid w:val="00A209BD"/>
+    <w:rsid w:val="00A355D6"/>
     <w:rsid w:val="00A37833"/>
+    <w:rsid w:val="00A46E98"/>
     <w:rsid w:val="00A5559C"/>
-    <w:rsid w:val="00A72032"/>
+    <w:rsid w:val="00A6658D"/>
+    <w:rsid w:val="00A73673"/>
     <w:rsid w:val="00A74F8F"/>
-    <w:rsid w:val="00AA45F6"/>
-    <w:rsid w:val="00AB2090"/>
     <w:rsid w:val="00AB7D79"/>
     <w:rsid w:val="00AC1791"/>
+    <w:rsid w:val="00AC587E"/>
     <w:rsid w:val="00AD1920"/>
+    <w:rsid w:val="00AD7507"/>
+    <w:rsid w:val="00AE3775"/>
     <w:rsid w:val="00AE6BAC"/>
+    <w:rsid w:val="00AF1443"/>
     <w:rsid w:val="00AF1A50"/>
-    <w:rsid w:val="00AF292A"/>
+    <w:rsid w:val="00AF2342"/>
     <w:rsid w:val="00AF3303"/>
     <w:rsid w:val="00B0150D"/>
-    <w:rsid w:val="00B1424B"/>
     <w:rsid w:val="00B1679B"/>
+    <w:rsid w:val="00B25B2F"/>
+    <w:rsid w:val="00B31405"/>
+    <w:rsid w:val="00B3705F"/>
     <w:rsid w:val="00B4006C"/>
     <w:rsid w:val="00B45332"/>
     <w:rsid w:val="00B53B2D"/>
-    <w:rsid w:val="00B76002"/>
+    <w:rsid w:val="00B60260"/>
+    <w:rsid w:val="00B654A5"/>
+    <w:rsid w:val="00B67501"/>
     <w:rsid w:val="00B83F59"/>
-    <w:rsid w:val="00B86251"/>
     <w:rsid w:val="00B86DB4"/>
     <w:rsid w:val="00B91277"/>
+    <w:rsid w:val="00B939BC"/>
     <w:rsid w:val="00BA4A61"/>
+    <w:rsid w:val="00BC719B"/>
     <w:rsid w:val="00BE006D"/>
     <w:rsid w:val="00BE537C"/>
+    <w:rsid w:val="00BE7591"/>
     <w:rsid w:val="00BF59E0"/>
+    <w:rsid w:val="00BF64B1"/>
     <w:rsid w:val="00C03764"/>
     <w:rsid w:val="00C0385E"/>
-    <w:rsid w:val="00C138F4"/>
+    <w:rsid w:val="00C1460B"/>
     <w:rsid w:val="00C3692F"/>
-    <w:rsid w:val="00C433A6"/>
-    <w:rsid w:val="00C52523"/>
+    <w:rsid w:val="00C37980"/>
+    <w:rsid w:val="00C41E87"/>
+    <w:rsid w:val="00C505A7"/>
     <w:rsid w:val="00C53105"/>
     <w:rsid w:val="00C56B36"/>
-    <w:rsid w:val="00C77B4F"/>
+    <w:rsid w:val="00C7358F"/>
+    <w:rsid w:val="00C73824"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C92BEA"/>
     <w:rsid w:val="00CB1685"/>
     <w:rsid w:val="00CB1822"/>
-    <w:rsid w:val="00CC1302"/>
+    <w:rsid w:val="00CC0C0A"/>
+    <w:rsid w:val="00CC772E"/>
     <w:rsid w:val="00CD0A84"/>
     <w:rsid w:val="00CD3A55"/>
+    <w:rsid w:val="00CE2E69"/>
+    <w:rsid w:val="00CF1C74"/>
     <w:rsid w:val="00CF1FD3"/>
+    <w:rsid w:val="00CF3260"/>
     <w:rsid w:val="00D003D3"/>
+    <w:rsid w:val="00D02995"/>
     <w:rsid w:val="00D03476"/>
-    <w:rsid w:val="00D15B42"/>
-    <w:rsid w:val="00D36637"/>
+    <w:rsid w:val="00D264C7"/>
+    <w:rsid w:val="00D30A1D"/>
+    <w:rsid w:val="00D319BB"/>
+    <w:rsid w:val="00D34B7F"/>
     <w:rsid w:val="00D40658"/>
+    <w:rsid w:val="00D57831"/>
     <w:rsid w:val="00D67E72"/>
     <w:rsid w:val="00D774D1"/>
+    <w:rsid w:val="00D85163"/>
     <w:rsid w:val="00D85A0B"/>
     <w:rsid w:val="00D861EB"/>
-    <w:rsid w:val="00D93AE7"/>
+    <w:rsid w:val="00D948F6"/>
+    <w:rsid w:val="00DA7A0B"/>
     <w:rsid w:val="00DC2473"/>
     <w:rsid w:val="00DE1068"/>
+    <w:rsid w:val="00DE4AD9"/>
+    <w:rsid w:val="00DE5185"/>
     <w:rsid w:val="00DF5404"/>
     <w:rsid w:val="00E0306B"/>
+    <w:rsid w:val="00E072E7"/>
+    <w:rsid w:val="00E20865"/>
+    <w:rsid w:val="00E3076F"/>
     <w:rsid w:val="00E54749"/>
+    <w:rsid w:val="00E55861"/>
     <w:rsid w:val="00E605E9"/>
-    <w:rsid w:val="00E7767D"/>
-    <w:rsid w:val="00E8643B"/>
+    <w:rsid w:val="00E82CEC"/>
+    <w:rsid w:val="00E912A2"/>
     <w:rsid w:val="00E96661"/>
+    <w:rsid w:val="00EA32BF"/>
+    <w:rsid w:val="00EB08DC"/>
+    <w:rsid w:val="00EB0963"/>
+    <w:rsid w:val="00EB62BE"/>
     <w:rsid w:val="00EC1E70"/>
-    <w:rsid w:val="00ED2307"/>
+    <w:rsid w:val="00EC5A3E"/>
     <w:rsid w:val="00ED3C48"/>
     <w:rsid w:val="00EE4D82"/>
     <w:rsid w:val="00F02163"/>
     <w:rsid w:val="00F05456"/>
     <w:rsid w:val="00F11476"/>
+    <w:rsid w:val="00F12ED8"/>
+    <w:rsid w:val="00F149CA"/>
+    <w:rsid w:val="00F20203"/>
     <w:rsid w:val="00F24E3D"/>
+    <w:rsid w:val="00F27C6F"/>
     <w:rsid w:val="00F30CE9"/>
+    <w:rsid w:val="00F35E8B"/>
+    <w:rsid w:val="00F37813"/>
     <w:rsid w:val="00F37E83"/>
     <w:rsid w:val="00F465FB"/>
+    <w:rsid w:val="00F81713"/>
     <w:rsid w:val="00F818B9"/>
+    <w:rsid w:val="00F8435D"/>
     <w:rsid w:val="00F87E54"/>
+    <w:rsid w:val="00FB5F3C"/>
+    <w:rsid w:val="00FB6B8C"/>
+    <w:rsid w:val="00FC3741"/>
     <w:rsid w:val="00FC7EA7"/>
+    <w:rsid w:val="00FD1781"/>
     <w:rsid w:val="00FD230A"/>
     <w:rsid w:val="00FD236A"/>
+    <w:rsid w:val="00FF361C"/>
+    <w:rsid w:val="00FF4744"/>
+    <w:rsid w:val="00FF63F1"/>
     <w:rsid w:val="00FF7B47"/>
+    <w:rsid w:val="00FF7E08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9748,51 +11974,51 @@
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -10007,50 +12233,51 @@
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C6CC4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="001C6CC4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="001C6CC4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008505EF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
@@ -10160,51 +12387,51 @@
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -10419,50 +12646,51 @@
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C6CC4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="001C6CC4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="001C6CC4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008505EF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
@@ -10554,50 +12782,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="166754619">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="408188279">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="599989917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="650789717">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10620,63 +12861,50 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="996540763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1110970734">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1529296871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1629774135">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10712,50 +12940,63 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1803884618">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1892038573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1897205747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1999458328">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10772,51 +13013,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2077388334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11067,78 +13308,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0283ECC9-145D-4F4A-9E26-84F4C2F27BA6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7A48249-44C4-47CC-85DE-C30D10C9F988}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3512</Words>
-  <Characters>20024</Characters>
+  <Words>3297</Words>
+  <Characters>18794</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>156</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23490</CharactersWithSpaces>
+  <CharactersWithSpaces>22047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ботагоз</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>