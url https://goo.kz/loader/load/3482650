--- v0 (2026-01-07)
+++ v1 (2026-01-08)
@@ -1,487 +1,464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E66687" w:rsidRDefault="00E66687" w:rsidP="00591B3C">
+    <w:p w:rsidR="00F732A3" w:rsidRDefault="00F732A3" w:rsidP="00D34D92">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EE0" w:rsidRPr="00591B3C" w:rsidRDefault="00E66687" w:rsidP="00591B3C">
+    <w:p w:rsidR="00F732A3" w:rsidRDefault="00F732A3" w:rsidP="00D34D92">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="0012633E" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00356D30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00356D30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ынтымақтастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жас ұрпақ тәрбиесі адамзаттың мәңгілік тақырыбы.Ұрпақ тәрбиесі қоғамнан тыс құбылыс емес, ол қоғамның заманның бағыт-бағдарымен,тыныс-тіршілігімен жүріп отырады.Ұлттық тәрбиенің негізі балаға ана тілімен ана сүтімен, бесік жырының әлдиімен беріледі.Ал балабақшада балаға әр бүлдіршіннің тілге, ілім, білімге деген жеке дара бейімділігімен қызығушылығын дамыта отырып,ойлау қабілеттері мен танымдық қабілеттіліктеріне қалыптастырады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақша мен ата-ана ынтымақтастығы бірін-бірі қос өзеннің сағасындай толықтырады десек те болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-ана сұранысымен талап-тілектерін қанағаттандыра отырып, біліммен тәрбиенің балаға берілген үрдісі жайында ата-анамен үнемі бірлескен ынтымақты негізінде жұмыс жасау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақшаның ата-аналармен жұмысын ұйымдастыру нысандары әртүрлі болуы мүмкін,Жұмыстың бұл нысандары мен әдістерінің барлығы педагогтық тұрғыдан негізделгендігі және ынтымақтастық пен өзара іс-әрекеттің біртұтас жүйесінде бірін-бірі толықтырып отыруы қажет.Барлық типтегі балабақшалардағы ата-аналармен жұмыстың кең тараған түрлері жиналыстар, конференциялар, біріккен шаралар, отбасылық кеш, сайыс тағы басқалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл балабақша өмірін жандандыра дамыта түсетіні анық, ол іс-шараларды тәрбиенің мына қырларынан көруге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Салауатты өмір салтын қалыптастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="00084F54" w:rsidRDefault="00D34D92" w:rsidP="00D34D92">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.Ата-анамен тұрақты байланысып отыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34D92" w:rsidRPr="008B131B" w:rsidRDefault="00F732A3" w:rsidP="00D34D92">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
+        <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00481EA4" w:rsidRPr="00591B3C">
-[...5 lines deleted...]
-        <w:t>Сотрудничество между детским садом и родителями.</w:t>
+      <w:r w:rsidR="00564751">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үштік Одақ(бала</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34D92" w:rsidRPr="008B131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00564751">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-ана</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34D92" w:rsidRPr="008B131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00564751">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34D92" w:rsidRPr="008B131B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481EA4" w:rsidRPr="00591B3C" w:rsidRDefault="00481EA4" w:rsidP="00591B3C">
-[...308 lines deleted...]
-    <w:sectPr w:rsidR="00591B3C" w:rsidRPr="00373943">
+    <w:sectPr w:rsidR="00D34D92" w:rsidRPr="008B131B" w:rsidSect="0012633E">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="539" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="96"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="93"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="002A6CFA"/>
+    <w:rsidRoot w:val="00E55083"/>
+    <w:rsid w:val="00084F54"/>
+    <w:rsid w:val="000F631E"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="0011104C"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E66687"/>
+    <w:rsid w:val="0012633E"/>
+    <w:rsid w:val="002B1441"/>
+    <w:rsid w:val="00356D30"/>
+    <w:rsid w:val="004E7469"/>
+    <w:rsid w:val="004F749C"/>
+    <w:rsid w:val="00564751"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00723877"/>
+    <w:rsid w:val="007C4A05"/>
+    <w:rsid w:val="008A512A"/>
+    <w:rsid w:val="008B131B"/>
+    <w:rsid w:val="00B117EA"/>
+    <w:rsid w:val="00B40925"/>
+    <w:rsid w:val="00D34D92"/>
+    <w:rsid w:val="00E55083"/>
+    <w:rsid w:val="00F732A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -819,50 +796,51 @@
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
@@ -2055,125 +2033,74 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="492455437">
-[...51 lines deleted...]
-    <w:div w:id="2086416218">
+    <w:div w:id="1505586362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -2422,69 +2349,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>274</Words>
-  <Characters>1567</Characters>
+  <Words>209</Words>
+  <Characters>1195</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1838</CharactersWithSpaces>
+  <CharactersWithSpaces>1402</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>