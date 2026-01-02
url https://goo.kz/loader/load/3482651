--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -1,773 +1,797 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00031CAD" w:rsidRDefault="00031CAD" w:rsidP="00A617DD">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Monotype Corsiva" w:eastAsia="Times New Roman" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Семья-начало воспитания</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00362609" w:rsidRPr="00EE7A91" w:rsidRDefault="00362609" w:rsidP="00362609">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В семье формируются личностные качества человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главной задачей являет</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3077">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся воспитание ребенка в семье. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача семьи, воспитывающей будущих поколений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) создание полноценных условий для роста и развития ребенка; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) быть социально-экономическим и психологическим защитником ребенка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обмен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опыта </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этно-культуры</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своего народа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) содействие развитию нравственности ребенка; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основные принципы семейного воспитания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="007E3077" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) О</w:t>
+      </w:r>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ткрытое и доверительное общение с детьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="007E3077" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казывать помощь своему ребенку по мере необходимости, быть готовым ответить на вопросы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="007E3077" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дети всегда нуждаются в теплом сердце, доброжелательности от родителей, считают родителей опорой жизни. Для ребенка родители признаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>благополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, примером и советником. Семья-это искусство человека,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F472FB" w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">живое,  крылатое гнездо, золотой знак. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Отбасы-тәрбие бастауы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Консультации для родителей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00362609" w:rsidRPr="00EE7A91" w:rsidRDefault="00362609" w:rsidP="00362609">
-[...311 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кажд</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...273 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ый день</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3077">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенок </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00963988">
-[...6 lines deleted...]
-        <w:t>Отбасы - тәрбие  бастауы, сіздің қолыңызда</w:t>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен чувствовать, что вы любите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его встречаете с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> улыбкой и добром. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>збегайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таких слов, как: «не болей, не нарушай», </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EE0" w:rsidRPr="00EE7A91" w:rsidRDefault="00101EE0" w:rsidP="00362609">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Нужно пожелать ребенку удачи.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="00EE7A91">
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Если ребенок хочет что-то сказать, нужно слушать не п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еребивая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Если ребенок обижается, не торопитесь, пока он сам не сказал причину.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="0066066F" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Не разговаривайте с</w:t>
+      </w:r>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о с</w:t>
+      </w:r>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> громким голосом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F472FB" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. От всей души </w:t>
+      </w:r>
+      <w:r w:rsidR="0066066F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">любите своего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C136F" w:rsidRPr="00F472FB" w:rsidRDefault="00F472FB" w:rsidP="00F472FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F472FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Семья-начало воспитания, в ваших руках</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008C136F" w:rsidRPr="00F472FB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01147CB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B5CF32A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -1064,50 +1088,139 @@
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="72CB38F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7B42BAE"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
@@ -1158,85 +1271,84 @@
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C5173"/>
-    <w:rsid w:val="00031CAD"/>
+    <w:rsid w:val="00071A9C"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="00255E19"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003449F3"/>
     <w:rsid w:val="00362609"/>
     <w:rsid w:val="004C5173"/>
-    <w:rsid w:val="005A3882"/>
+    <w:rsid w:val="0066066F"/>
     <w:rsid w:val="00666768"/>
     <w:rsid w:val="00687F55"/>
-    <w:rsid w:val="007A4C62"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EE7A91"/>
+    <w:rsid w:val="007E3077"/>
+    <w:rsid w:val="008C136F"/>
+    <w:rsid w:val="009E05A1"/>
+    <w:rsid w:val="00BF11E4"/>
+    <w:rsid w:val="00E63972"/>
+    <w:rsid w:val="00F472FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3154,65 +3266,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>308</Words>
-  <Characters>1762</Characters>
+  <Words>197</Words>
+  <Characters>1128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2066</CharactersWithSpaces>
+  <CharactersWithSpaces>1323</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>