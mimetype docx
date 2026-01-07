--- v0 (2026-01-07)
+++ v1 (2026-01-07)
@@ -1,446 +1,1601 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00421DF6" w:rsidRPr="00421DF6" w:rsidRDefault="00421DF6" w:rsidP="00421DF6">
+    <w:p w:rsidR="00D85981" w:rsidRDefault="00D85981" w:rsidP="00781A03">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00421DF6">
+    </w:p>
+    <w:p w:rsidR="00D85981" w:rsidRDefault="00D85981" w:rsidP="00781A03">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00421DF6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D85981" w:rsidRDefault="00D85981" w:rsidP="00781A03">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00421DF6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00781A03" w:rsidRDefault="00781A03" w:rsidP="00781A03">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>?»</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007409F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ермексаз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007409F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дегеніміз не?»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421DF6" w:rsidRPr="00421DF6" w:rsidRDefault="00421DF6" w:rsidP="00421DF6">
+    <w:p w:rsidR="00D85981" w:rsidRPr="00AD059F" w:rsidRDefault="00D85981" w:rsidP="00D85981">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...218 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD059F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ез-келген мектепке дейінгі жастағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD059F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шығармашылық қабілеттеріне арналған әмбебап әдіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00781A03" w:rsidRPr="00D85981" w:rsidRDefault="00781A03" w:rsidP="004064CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ермексаз бен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ертежаста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н жұмыс жасауға бастаған баланы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң интеллектуалдыжәнешығармашылықжетістіктері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де ерте дами бастайды, өз құрдастарынаң </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлдеқайдаасыптүс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D85981">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007409F6" w:rsidRPr="0058467D" w:rsidRDefault="007409F6" w:rsidP="004064CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бала қиялын</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамытуда</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ермексаздың (пластилин) көмегі</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зор. </w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айдалануға</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолайлы: жұмсақ, арзан, шашылып-төгіліп</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мазаңызды</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қоса, </w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баланың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>саусағының</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұшында</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүйке</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нүктелері</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасқан. Ермексазды</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>саусақтар</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тынымсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қозғалатындықтан, баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сөйлеу, ойлау, әсіресе, қиялдауына</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тигізер</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әсері мол. /Бірақ, 2 жастан</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кішібалаларға</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолдануға</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болмайды. Байқаусызда</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аузына</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>салып, жұтып</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоюы</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғажап</w:t>
+      </w:r>
+      <w:r w:rsidR="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емес/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007409F6" w:rsidRDefault="007409F6" w:rsidP="004064CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ермексазд</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00B1393D">
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлкендермен</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойнағаны</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дұрыс. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007409F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й ішіндегі</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заттардың: кесе, қасық</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>формасын</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көріңіз. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007409F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бірден </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығақоймайтыны</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анық. Дегенмен, м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007409F6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақтап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, келесі</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жолы</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұдан да әдемі</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалыпқа</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келтіре</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алатындығын</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ап</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойыңыз. Өзі</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасаған</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фигураларды</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сақтап</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойып, жақындарыңызға</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетіңіз. Тым</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мақтаншақтыққа</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үйренеді</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>демеңіз. Өзінің</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбегімен</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасаған</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>затына</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгенің</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пікірін</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кішкентай бала үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:r w:rsidR="0048543A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058467D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007409F6" w:rsidRPr="007409F6" w:rsidRDefault="007409F6" w:rsidP="004064CC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>У ребенка</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B1393D">
+        <w:t>Ерте жастан, ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B1393D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ығармашылық іс-шаралар</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00421DF6" w:rsidRPr="00421DF6">
+        <w:t xml:space="preserve"> бастаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>художественный вкус, и смекалка, развивается фантазия, воображение, пространственное мышление.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаға өте маңызды - олар өз қиялын оятып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD059F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аусақтардың жақсы қозғалуына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ермексазды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD059F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұстап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD059F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, бала қол шеберлігін дамытады, қолдың күшін нығайтады, екі қолдың қозғалысы да дәйекті болады және саусақтардың қозғалысы сараланған, балаға жазуға арналған осындай күрделі дағдыларды үйрену үшін қол дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EE0" w:rsidRDefault="00101EE0"/>
-    <w:sectPr w:rsidR="00101EE0">
+    <w:sectPr w:rsidR="007409F6" w:rsidRPr="007409F6" w:rsidSect="008B02B8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="005F2360"/>
+    <w:rsidRoot w:val="00BF0BAF"/>
     <w:rsid w:val="00101EE0"/>
-    <w:rsid w:val="003449D3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F23C95"/>
+    <w:rsid w:val="00152AA9"/>
+    <w:rsid w:val="0021573E"/>
+    <w:rsid w:val="004064CC"/>
+    <w:rsid w:val="0048543A"/>
+    <w:rsid w:val="0058467D"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="007409F6"/>
+    <w:rsid w:val="00781A03"/>
+    <w:rsid w:val="008B02B8"/>
+    <w:rsid w:val="00AD059F"/>
+    <w:rsid w:val="00BC5966"/>
+    <w:rsid w:val="00BF0BAF"/>
+    <w:rsid w:val="00D85981"/>
+    <w:rsid w:val="00F11A63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -778,50 +1933,51 @@
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00666768"/>
     <w:rPr>
       <w:caps/>
       <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
@@ -2014,73 +3170,58 @@
       <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:spacing w:val="5"/>
       <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
@@ -2329,69 +3470,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>206</Words>
-  <Characters>1177</Characters>
+  <Words>223</Words>
+  <Characters>1275</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1381</CharactersWithSpaces>
+  <CharactersWithSpaces>1496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>