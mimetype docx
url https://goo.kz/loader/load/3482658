--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -1,718 +1,4861 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="00DC02B5" w:rsidRPr="00094ED8" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="8" w:space="20" w:color="EEEEEE"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="40" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="555555"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DC02B5" w:rsidRPr="00094ED8" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="0" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00F3E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Развитие воображения в дошкольном возрасте - одна </w:t>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фантазия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>яғни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиял</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баллада</w:t>
+      </w:r>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмағандықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтекеле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жойылып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кетуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B00F3E">
-[...5 lines deleted...]
-        <w:t>из</w:t>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойыншықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйіптастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақсылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зиян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тигізгелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іншіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таяқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көріңізші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағаттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іресе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таяқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>машинаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біресе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>итке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сиқырлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таяқшаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келгеніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялын</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шексіздігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Ал, т</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шектен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойыншық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шектейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бәрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрғандықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыртып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатпайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осылайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірте-бірте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="00DC02B5" w:rsidRPr="00094ED8" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="0" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00F3E">
-[...5 lines deleted...]
-        <w:t>основ психологической готовности детей к школе.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Екіншіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қуыршақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әке-шешенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE41AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бермейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00097144">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00097144">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00097144">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="00DC02B5" w:rsidRPr="00094ED8" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынаең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасиеттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіңіруде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әке-шешенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айрықша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>араластыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>киім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, су </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төгілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сүрту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, т.б. осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>секілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұса</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түйек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тазалыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқыптылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелейсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаруаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көйлекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>былай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бүктесек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>былай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлайсың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамырды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаяғой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дөңгелектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фигуралар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайсақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаруасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тірлігіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бітіресіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0021684C">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалдырмайсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C4E09" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="0" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00F3E">
-[...5 lines deleted...]
-        <w:t>(Консультация для родителей).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кейіпкер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойнаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арыстансыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сараң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алдаркөсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, т.б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ертегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейіпкерлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойнап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалайойнайтындығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еркіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалдырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиялдап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмекші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F9686F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="006C4E09" w:rsidRDefault="006C4E09" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="468"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
-[...58 lines deleted...]
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00301FB8">
+    <w:p w:rsidR="006C4E09" w:rsidRDefault="006C4E09" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00301FB8" w:rsidRDefault="00301FB8" w:rsidP="00B00F3E">
+    <w:p w:rsidR="006C4E09" w:rsidRDefault="006C4E09" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="468"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00301FB8">
+    <w:p w:rsidR="00F9686F" w:rsidRDefault="00F9686F" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00301FB8">
+    <w:p w:rsidR="00F9686F" w:rsidRDefault="00F9686F" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="006C4E09" w:rsidRDefault="006C4E09" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="0" w:lineRule="auto"/>
-        <w:ind w:right="360" w:firstLine="432"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00F3E">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRPr="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="00DC02B5" w:rsidRPr="009B09C4" w:rsidRDefault="00DC02B5" w:rsidP="00094ED8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:line="400" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>Обеспечивайте ребенку максимальную самостоятельность в творчестве. Не давайте ему прямых инструкций, помогайте действовать независимо.</w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сұрақтар</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойыңыз. Мына алма неге ұқсайды? Жауабы: қызанақ, күн, доп, т.с.с. Өйткені, барлығ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы шар секілді</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формалы</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4006" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; үш бұрыш геометриалық пішінді неге ұқсатасын? т.б </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Өзіңіз де аңғарған</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>боларсыз, баламен</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеуде</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдан</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келмес</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ. Еңбастысы, ананы-мынаны</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрапқыр</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңыңыздан</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалмай</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бетін</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтармаңыз. Айналадағының</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлығы</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тосын</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғандықтан, көңілі</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қанағаттанарлықтай</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғысы</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді. Егер</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрдайым</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлкендер</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарапынан</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:r w:rsidR="007829A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таппаса, көпкешікпей-аққорша</w:t>
+      </w:r>
+      <w:r w:rsidR="00117CAD" w:rsidRPr="00094ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан ортаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызығушылығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басылып</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кетуі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін. Ондай</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда бала қиялы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қозғаудың</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>артық</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B09C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="009B09C4" w:rsidRDefault="00101EE0">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...25 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B00F3E" w:rsidRDefault="00B00F3E" w:rsidP="00B00F3E">
-[...115 lines deleted...]
-    <w:sectPr w:rsidR="00CC449A">
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="009B09C4" w:rsidSect="005F45B4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="91"/>
+  <w:zoom w:percent="96"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B00F3E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F01B63"/>
+    <w:rsidRoot w:val="00B51E95"/>
+    <w:rsid w:val="00094ED8"/>
+    <w:rsid w:val="00097144"/>
+    <w:rsid w:val="00101EE0"/>
+    <w:rsid w:val="00117CAD"/>
+    <w:rsid w:val="0021684C"/>
+    <w:rsid w:val="005277C2"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="006C4E09"/>
+    <w:rsid w:val="007829A4"/>
+    <w:rsid w:val="009B09C4"/>
+    <w:rsid w:val="00AA75EB"/>
+    <w:rsid w:val="00AE41AB"/>
+    <w:rsid w:val="00B51E95"/>
+    <w:rsid w:val="00BC4006"/>
+    <w:rsid w:val="00C954B2"/>
+    <w:rsid w:val="00D2047E"/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:rsid w:val="00F9686F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -814,426 +4957,1772 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="400" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="400" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="300" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:before="320" w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c5">
-[...7 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="c0">
-    <w:name w:val="c0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00B00F3E"/>
-[...9 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c8">
-    <w:name w:val="c8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="1" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="6" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="500" w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="560" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Без интервала Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="10" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="4" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="160" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:right="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="400" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="400" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c17">
-    <w:name w:val="c17"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="300" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c16">
-    <w:name w:val="c16"/>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:before="320" w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="252" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c14">
-[...7 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="c15">
-    <w:name w:val="c15"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00B00F3E"/>
-[...2 lines deleted...]
-    <w:name w:val="c10"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c9"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="1" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="6" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="500" w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c19"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="560" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c13"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c21"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Без интервала Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c27"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="10" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="4" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="160" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c7"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC02B5"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:name w:val="c18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00B00F3E"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC02B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A8CDD7"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="C0BEAF"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="CEC597"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="E8B7B7"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="DB5353"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="903638"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1368,70 +6857,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1136</Characters>
+  <Pages>2</Pages>
+  <Words>356</Words>
+  <Characters>2035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1333</CharactersWithSpaces>
+  <CharactersWithSpaces>2387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>