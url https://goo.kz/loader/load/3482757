--- v0 (2025-12-10)
+++ v1 (2026-03-02)
@@ -1,6809 +1,9013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00E9624D" w:rsidRPr="009C021F" w:rsidRDefault="009C021F" w:rsidP="009C021F">
+    <w:p w:rsidR="001123AE" w:rsidRPr="00C76DFC" w:rsidRDefault="00A525D9" w:rsidP="00080EA7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11704">
+      <w:r w:rsidRPr="00C76DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сп</w:t>
+        <w:t>Оқушылардың жазғы уақытта өз еркімен оқитын шығармалары</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="382"/>
+        <w:gridCol w:w="7818"/>
+        <w:gridCol w:w="1371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidRDefault="00080EA7" w:rsidP="001123AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7" w:rsidP="001123AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шығарма атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7" w:rsidP="001123AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Авторлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidTr="00CF136A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidRDefault="00080EA7" w:rsidP="001123AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9113" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7" w:rsidP="001123AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5- сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001123AE" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Алдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Көсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F22401">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00F22401">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/465/465a0bba9c58f2c3bc527306406f4b92.pdf&amp;ln=kz</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/465/465a0bba9c58f2c3bc52730640</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6f4b92.pdf&amp;ln=kz</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Таңдамалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ертегілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F22401">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00F22401">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>http://kazneb.kz/bookView/view/?brId=104342&amp;lang=kk</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>http://kazneb.kz/bookView/view/?brId=104342&amp;lang=kk</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Х. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>К.Андерсен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>https://abai.kz/post/10432</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>https://abai.kz/post/10432</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Т.Әбдікұлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00660F42" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аяқталмаған ертегі»</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42" w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>https://bilim-all.kz/article/13791-Ayaqtalmagan-ertegi</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://bilim-all.kz/article/13791-Ayaqtalmagan-ertegi</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ораз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7" w:rsidP="00220B55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Рауғаш ерте гүлдейді»</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>https://bilim-all.kz/article/7983-Raugash-erte-guldeidi</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://bilim-all.kz/article/7983-Raugash-erte-guldeidi</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7" w:rsidP="00220B55">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б.Сарыбай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Текес теріс ағады»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ.Әбілқайыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Балқаймақ»</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42" w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00CF136A">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/bookView/view/?brId=476527&amp;lang=kk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж. Шәкенұлы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қыран мен жылан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Досанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00660F42" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қаңбақ шал» ертегісі</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42" w:rsidRPr="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://balalaralemi.kz/article/27/Qanbaq-shal#.Yd5dptJByM8</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00660F42" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Кімнің мекені жақсы» әңгімесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00660F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://atamuraweb.kz/?page_id=13271</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Жүнісов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                        6- сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Анасын сағынған бала»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://ortalyq.kz/anasyn-sa-yn-an-bala-gime/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т. Нурмағанбетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ағаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https:</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>//adebiportal.kz/kz/books/view/4012</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00080EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Оспанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Алабұға аулаған күн»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/books/view/1124</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т. Әбдірайым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жетім қыз» дастаны</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://kitap.kz/audio-book/zhetim-qyz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. Азаматқызы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Билер сөзі </w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "http://kazneb.kz/site/catalogue/view?br=1160847" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>http://kazneb.kz/site/catalogue/view?br=1160847</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="000C0A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Құмырсқа мен көгершін» мысалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Көбеев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қызыл бөлтірік» әңгімесі</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://atamuraweb.kz/?page_id=28302</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.Алтай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ерасыл» дастаны</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/books/view/1270</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ә.Қайран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Көмбе нанның дәмі» әңгімесі</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/bookView/view/?brId=1606934&amp;lang=kk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Омарова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="000C0A6D" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Бөдене мен түлкі»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://bilim-all.kz/olen/17653-Bodene-men-tulki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ө.Тұрманжанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7- сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ханша-Дария хикаясы»</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://ru.bookmate.com/books/GCZXeA4s</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00270A5C" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә. Кекілбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Құз басындағы аңшының ары»</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3D43" w:rsidRPr="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://www.twirpx.com/file/3091691/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М. Шаханов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аралдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/site/catalogue/view?br=1163659</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұбатыров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аманат» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кітабы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/books/view/3504</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мақатаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бала» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>http://qamba.codeo.kz/site/book/malchik-v-tylw-vraga-zhaw-tylyndaghy-bala/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қайсенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Битабар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балуан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» повес</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://www.twirpx.com/file/3064397/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шәймерденов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Кие» әңгімесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж.Ахмади</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қызыл бөлтірік» әңгімесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.Алтай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="006F3D43" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қоңырқаз» әңгімесі </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>https://malim.kz/16660</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://malim.kz/16660</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.Кемелбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="006F3D43" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Көмбе нанның дәмі» әңгімесі</w:t>
+            </w:r>
+            <w:r w:rsidR="006F3D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/bookView/view/?brId=1606934&amp;lang=kk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Омарова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                             8- сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> Абайдың қарасөздері</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/414/4142ab9314ccb486b10184fb1e96a1e0.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7" w:rsidP="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Домалақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д. Дүй</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  «Бір ғана ғұмыр»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://zhumadilov.kz/kz/component/k2/bir-ana-myr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7" w:rsidP="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ.Жұмаділов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://online.pubhtml5.com/gzki/vquu/#p=4</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ш.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Айтматов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аманат»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/1d4/1d43c1450f85206b8e41919485d681dd.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М. Мақатев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «»Ақ шағала</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00CF136A">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/site/catalogue/view?br=126736</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. Бақтыгерейова  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Күнге дақ түсті»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00222176" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222176">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Марқабаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00220B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Битабар балуан» повесі</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://qazyna.kz/ru/catalog/klassikaly-aza--</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>debiet</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>/</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>bitabar-baluan-sshaymerdenov</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00222176" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00222176">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С.Шәймерденов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F1D18" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7" w:rsidP="001F1D18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Дара талғам қасіреті»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18" w:rsidRPr="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://bilim-all.kz/olen/1803-Dara-talgam-qasireti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Шаханов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001F1D18" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ақсу-жер жаннаты»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F1D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="0026208C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ. Ысқақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A525D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9- сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A525D9" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C55311" w:rsidRDefault="00080EA7" w:rsidP="00C55311">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Көкбалақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C55311" w:rsidRDefault="0026208C" w:rsidP="00C55311">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C55311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Мағауин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ерасыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дастаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/a16/a16b22c9390d20c8</w:t>
+              </w:r>
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>f64eb241a4911973.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00166D2D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00166D2D" w:rsidRDefault="0026208C" w:rsidP="00166D2D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ә.Қайран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жолбарыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тонды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жиһанкез</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/c65/c65bf8f1cf4d313f925427dc6dce6bd3.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00166D2D" w:rsidRDefault="0026208C" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ш.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Руставелин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00166D2D" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Кие» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әңгімесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00166D2D" w:rsidRDefault="0026208C" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00166D2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж.Ахмади</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бала» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:instrText>https://ulagat.com/2020/09/13/%D0%B6%D0%B0%D1%83-%D1%82%D1%8B%D0%BB%D1%8B%D0%BD%D0%B4%D0%B0%D2%93%D1%8B-%D0%B1%D0%B0%D0%BB%D0%B0/</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:t>https://ulagat.com/2020/09/13/%D0%B6%D0%B0%D1%83-%D1%82%D1%8B%D0%BB%D1%8B%D0%BD%D0%B4%D0%B0%D2%93%D1%8B-%D0%B1%D0%B0%D0%BB%D0%B0/</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ.Қайсенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өркениеттің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>адасуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/39b/39b55ec817831f1ed72bb94cb5605a34.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шаханов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Томирис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/retailing/view/402</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Б. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жандарбеков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00A645F8" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A645F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="00080EA7" w:rsidP="00A645F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қызыл бөлтірік» әңгімесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00A645F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А.Алтай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/translation/view/132</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00177F05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00177F05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Т.Әбдіков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="00080EA7" w:rsidP="00177F05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қазақтың ой-тәлімдік антологиясы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="0026208C" w:rsidP="00177F05">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.Қалиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10- сынып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00177F05" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Гүлхашима» әңгімесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.Сералин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="0026208C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Кездеспей кеткен бір бейне» повесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғ.Мүсірепов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Науан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> батыр» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поэмасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ.Бекхожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Атантай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поэмасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Т.Молдағалиев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Құмда қалған кемелер» романы </w:t>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001D2A10" w:rsidRPr="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>https://bilim-all.kz/article/13915-Qumda-qalgan-kemeler</w:instrText>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001D2A10" w:rsidRPr="0087410C">
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://bilim-all.kz/article/13915-Qumda-qalgan-kemeler</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Д.Досжан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қаһарлы күндер» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidR="001D2A10" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/bookView/view/epub?brId=442609&amp;lang=kk#epubcfi(/6/2[id1]!/4/306/2/1:0)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т.Ахтанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Натюрморд» поэмасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұ.Есдәулет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Бейбарыс сұлтан» драмасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р.Отарбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="001D2A10" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аңыздың ақыры» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D2A10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidR="001D2A10" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://bilim-all.kz/article/8697</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Кекілбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="00080EA7" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ғайша-Бибі» поэмасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00C76DFC" w:rsidRDefault="0026208C" w:rsidP="00C76DFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C76DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Е.Раушанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11- сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7" w:rsidP="00A525D9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7" w:rsidP="0026208C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Науан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> батыр» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поэмасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="0026208C" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қ.Бекхожин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаһар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="00674A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/web/viewer.php?file=/upload/iblock/48b/48b85cb9631ff750fdf40318a02cf68d.pdf&amp;ln=kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="0026208C" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Есенберлин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="00080EA7" w:rsidP="0026208C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ақиқат пен аңыз» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="00674A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://bilim-al</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+              <w:bookmarkEnd w:id="0"/>
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>l.kz/article/7513</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00105376" w:rsidRDefault="0026208C" w:rsidP="00105376">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105376">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Нұршайықов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00080EA7" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аңыздың ақыры» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="00674A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://bilim-all.kz/article/8697</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Кекілбаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CF136A" w:rsidRPr="00736612" w:rsidRDefault="00080EA7" w:rsidP="00CF136A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Томирис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:u w:val="single"/>
+                  <w:lang/>
+                </w:rPr>
+                <w:t>https://adebiportal.kz/kz/retailing/view/402</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A" w:rsidRPr="00736612">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Б. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жандарбеков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00674A9E" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00674A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Қазақ әлемі»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00674A9E" w:rsidRPr="00674A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://kazneb.kz/bookView/view/?brId=1104897&amp;lang=kk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А. Сейдімбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ай мен Айша» романы  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>http://qamba.codeo.kz/site/book/online/ai-men-aisha/content/toc.ncx/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш.Мұртаза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ғасырдан да ұзақ күн» романы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш.Айтматов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="00080EA7" w:rsidP="0026208C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Граф Монте </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кристо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>А.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дюма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00080EA7" w:rsidRPr="00220B55" w:rsidTr="00080EA7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRDefault="00080EA7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="00CF136A" w:rsidRDefault="00080EA7" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қаһарлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» романы</w:t>
+            </w:r>
+            <w:r w:rsidR="005D50FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidR="00CF136A" w:rsidRPr="0087410C">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>http://qamba.codeo.kz/site/book/online/qaharly-kunder/content/content_1.xhtml/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00CF136A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00080EA7" w:rsidRPr="004E4B43" w:rsidRDefault="0026208C" w:rsidP="004E4B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Т.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E4B43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ахтанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001123AE" w:rsidRPr="00220B55" w:rsidRDefault="001123AE">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>исок художественной литературы для учащихся 5 - 11 классов</w:t>
-[...6618 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E9624D" w:rsidRDefault="00E9624D" w:rsidP="00E9624D">
-[...24 lines deleted...]
-    <w:sectPr w:rsidR="00380EB5">
+    <w:sectPr w:rsidR="001123AE" w:rsidRPr="00220B55">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B4648F"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E9624D"/>
+    <w:rsidRoot w:val="009B5317"/>
+    <w:rsid w:val="00080EA7"/>
+    <w:rsid w:val="00105376"/>
+    <w:rsid w:val="001123AE"/>
+    <w:rsid w:val="00156086"/>
+    <w:rsid w:val="00166D2D"/>
+    <w:rsid w:val="00177F05"/>
+    <w:rsid w:val="001D2A10"/>
+    <w:rsid w:val="001F1D18"/>
+    <w:rsid w:val="00220B55"/>
+    <w:rsid w:val="00222176"/>
+    <w:rsid w:val="0026208C"/>
+    <w:rsid w:val="00270A5C"/>
+    <w:rsid w:val="002A7971"/>
+    <w:rsid w:val="003733E5"/>
+    <w:rsid w:val="004E4B43"/>
+    <w:rsid w:val="005D50FD"/>
+    <w:rsid w:val="005F779D"/>
+    <w:rsid w:val="00660F42"/>
+    <w:rsid w:val="00674A9E"/>
+    <w:rsid w:val="006C7B7A"/>
+    <w:rsid w:val="006F3D43"/>
+    <w:rsid w:val="009B5317"/>
+    <w:rsid w:val="009F0C19"/>
+    <w:rsid w:val="00A525D9"/>
+    <w:rsid w:val="00A645F8"/>
+    <w:rsid w:val="00AE311C"/>
+    <w:rsid w:val="00C55311"/>
+    <w:rsid w:val="00C76DFC"/>
+    <w:rsid w:val="00CF136A"/>
+    <w:rsid w:val="00F22401"/>
+    <w:rsid w:val="00FD0CDB"/>
+    <w:rsid w:val="00FD5163"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{E3C0C736-AE2C-4F94-8059-735AD8D1FF11}"/>
+  <w14:docId w14:val="138FDCE8"/>
+  <w15:docId w15:val="{870FE3D9-CECE-4651-8187-F5327C8DFF1A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7151,138 +9355,203 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E9624D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...11 lines deleted...]
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E9624D"/>
+    <w:rsid w:val="001123AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD5163"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F1D18"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF136A"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="321324164">
+    <w:div w:id="261495929">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="307713787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="545262408">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1286932804">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eksmo.ru/book/nad-propastyu-vo-rzhi-ITD257433/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eksmo.ru/book/unesennye-vetrom-tom-1-ITD1053151/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/books/view/1124" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilim-all.kz/olen/17653-Bodene-men-tulki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://qamba.codeo.kz/site/book/malchik-v-tylw-vraga-zhaw-tylyndaghy-bala/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qazyna.kz/ru/catalog/klassikaly-aza--debiet/bitabar-baluan-sshaymerdenov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/bookView/view/?brId=1104897&amp;lang=kk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/414/4142ab9314ccb486b10184fb1e96a1e0.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilim-all.kz/article/8697" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ortalyq.kz/anasyn-sa-yn-an-bala-gime/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/bookView/view/?brId=1606934&amp;lang=kk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/books/view/3504" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/site/catalogue/view?br=126736" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/bookView/view/epub?brId=442609&amp;lang=kk#epubcfi(/6/2[id1]!/4/306/2/1:0)" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/retailing/view/402" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/site/catalogue/view?br=1163659" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/bookView/view/?brId=1606934&amp;lang=kk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/c65/c65bf8f1cf4d313f925427dc6dce6bd3.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://qamba.codeo.kz/site/book/online/qaharly-kunder/content/content_1.xhtml/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atamuraweb.kz/?page_id=13271" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/books/view/1270" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/1d4/1d43c1450f85206b8e41919485d681dd.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/translation/view/132" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilim-all.kz/article/8697" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://qamba.codeo.kz/site/book/online/ai-men-aisha/content/toc.ncx/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balalaralemi.kz/article/27/Qanbaq-shal#.Yd5dptJByM8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.twirpx.com/file/3091691/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.pubhtml5.com/gzki/vquu/#p=4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/a16/a16b22c9390d20c8f64eb241a4911973.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilim-all.kz/article/7513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atamuraweb.kz/?page_id=28302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.twirpx.com/file/3064397/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/kz/retailing/view/402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kazneb.kz/bookView/view/?brId=476527&amp;lang=kk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kitap.kz/audio-book/zhetim-qyz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.bookmate.com/books/GCZXeA4s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zhumadilov.kz/kz/component/k2/bir-ana-myr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bilim-all.kz/olen/1803-Dara-talgam-qasireti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/39b/39b55ec817831f1ed72bb94cb5605a34.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adebiportal.kz/web/viewer.php?file=/upload/iblock/48b/48b85cb9631ff750fdf40318a02cf68d.pdf&amp;ln=kz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7531,54 +9800,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>380</Words>
-  <Characters>2172</Characters>
+  <Words>1380</Words>
+  <Characters>7871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2547</CharactersWithSpaces>
+  <CharactersWithSpaces>9233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Дом</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>