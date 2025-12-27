--- v0 (2025-12-26)
+++ v1 (2025-12-27)
@@ -1,1850 +1,2632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00FD359E" w:rsidRDefault="00FD359E"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="426D3395" w14:textId="77777777" w:rsidR="00117A6C" w:rsidRDefault="00117A6C" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C301E5">
+      <w:r w:rsidRPr="00117A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007D699F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос немесе уақытша бос педагог лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7867209E" w14:textId="7260B351" w:rsidR="002F3E00" w:rsidRDefault="00117A6C" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...165 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...85 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3E00" w:rsidRPr="002F3E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>2</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>айқау туралы хабарландыру</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...373 lines deleted...]
-      <w:r w:rsidRPr="005D26C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DD877D" w14:textId="77777777" w:rsidR="00A75A25" w:rsidRDefault="002F3E00" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F3E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 34 инновациялық үлгідегі жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25" w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25" w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Лермонтов көшесі 93/1, 140000, қабылдау бөлмесі-7 (718) 2 621007, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A75A25" w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>school_34@list.ru</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A75A25" w:rsidRPr="00836D93">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>school_34@list.ru</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BB0A3C" w14:textId="364834F9" w:rsidR="00A75A25" w:rsidRDefault="00A75A25" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информатика мұғалімі – 16 сағат тұрақты жұмыс, қалыпты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A75A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 бастауыш сынып мұғалімі – әрқайсысы 16 сағат, 1 бастауыш сынып мұғалімі – тұрақты жұмыс, қалыпты жұмыс жағдайлары, 3 бастауыш сынып мұғалімі – декреттік демалыс уақытына уақытша жұмыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B250BAD" w14:textId="6DA82CA8" w:rsidR="00F625D5" w:rsidRDefault="00F625D5" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалімнің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымдық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міндеттері:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C61AB2" w14:textId="5FFBE8BB" w:rsidR="00F625D5" w:rsidRDefault="00F625D5" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектептегі оқу-тәрбие процесін ұйымдастыруға оңтайлы жағдай жасайды. Жалпыға бірдей орта білім туралы заңның орындалуын қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1C418C" w14:textId="4EAE83A4" w:rsidR="00F625D5" w:rsidRDefault="00F625D5" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшеліктерін ескере отырып, оқушыларды оқыту мен тәрбиелеуді жүзеге асырады, оқу жүктемесін</w:t>
+      </w:r>
+      <w:r w:rsidR="0016009F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің бөлінуі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0016009F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзіне бекітілген сыныптарда сабақ жүргізеді, сабақ барысында</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3855">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F625D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртіпті қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FCFF8D" w14:textId="2258E1B9" w:rsidR="006A3855" w:rsidRDefault="006A3855" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A3855">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепте қолданылатын білім беру бағдарламаларын оқу жоспарына, өзінің сабақ жоспарына және сабақ кестесіне сәйкес жүзеге асырады; әртүрлі әдіс-тәсілдерді және оқыту құралдарын пайдаланады</w:t>
+      </w:r>
+      <w:r w:rsidR="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A137F10" w14:textId="66104379" w:rsidR="00B473C9" w:rsidRDefault="00B473C9" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стандартының талаптарына сәйкес келетін білім алушылардың дайындық деңгейін қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620FBF14" w14:textId="79DC2896" w:rsidR="00B473C9" w:rsidRDefault="00B473C9" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесін жетілдіру бойынша ұсыныстар енгізеді, мектептің педагогикалық кеңесінің жұмысына қатысады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0E0DDD" w14:textId="1C250122" w:rsidR="00B473C9" w:rsidRDefault="00B473C9" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекті қорғау, қауіпсіздік техникасы және өрттен қорғау ережелері мен нормаларын сақтайды, оқу процесінде оқушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A92442" w14:textId="42533967" w:rsidR="00B473C9" w:rsidRDefault="00B473C9" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір жазатайым оқиғаны мектеп басшылығына дер кезінде хабарлайды, алғашқы медициналық көмек көрсету шараларын қолданады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCDEFF3" w14:textId="55604923" w:rsidR="00B473C9" w:rsidRDefault="00B473C9" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B473C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекті қорғау бойынша ережелердің (нұсқаулардың) сақталуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E2A6FE" w14:textId="392432BE" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сынып құжаттамасын белгіленген тәртіпте жүргізеді, оқушылардың сабаққа қатысуы мен үлгерімін қадағалайды, есеп беру мәліметтерін мектеп әкімшілігіне уақытылы тапсырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBB6D34" w14:textId="60FC7591" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімнің әлеуметтік мәртебесіне сәйкес мектепте, үйде, қоғамдық орындарда өзін-өзі ұстаудың этикалық нормаларын сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503715E4" w14:textId="0096AC54" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20 сағат,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5DB476" w14:textId="581B7981" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог қызметкерлердің үлгілік біліктілік сипаттамаларында бекітілген үміткерге қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31112966" w14:textId="46BEB366" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі: 20.01.2022 ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00117A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7D1103" w14:textId="4A81074A" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұжаттар тізімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53016C5C" w14:textId="5403CCE9" w:rsidR="00AD163A" w:rsidRPr="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ережелерге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-қосымшаға сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00A151BC" w:rsidRPr="00A151BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A151BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша қоса берілетін құжаттардың тізбесі көрсетілген конкурсқа қатысуға өтіні</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD163A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64816937" w14:textId="4EC28852" w:rsidR="00AD163A" w:rsidRPr="00397CE2" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат немесе цифрлық құжаттама қызметінің электрондық құжаты (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08338996" w14:textId="68F64FD0" w:rsidR="00AD163A" w:rsidRDefault="00AD163A" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олтырылған жеке </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кадрлық </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есеп парағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CE2" w:rsidRPr="00397CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жерінің мекенжайы мен байланыс телефондары – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C60BAA6" w14:textId="2C52A7AC" w:rsidR="00397CE2" w:rsidRDefault="00397CE2" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0DB7" w:rsidRPr="005F0DB7">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0DB7" w:rsidRPr="005F0DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог қызметкерлердің үлгілік біліктілік сипаттамаларында бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B588DC" w14:textId="4B87E23B" w:rsidR="00397CE2" w:rsidRDefault="00397CE2" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02279324" w14:textId="3100BE09" w:rsidR="00397CE2" w:rsidRDefault="00397CE2" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Денсаулық сақтау саласындағы есепке алу құжаттамасы нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша денсаулық жағдайы туралы анықтама (№ 21579</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде тіркелге</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE538A" w:rsidRPr="00EE538A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04871A8B" w14:textId="7E246C4E" w:rsidR="001630B7" w:rsidRPr="001630B7" w:rsidRDefault="001630B7" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B5BB97" w14:textId="7262BF6A" w:rsidR="00397CE2" w:rsidRDefault="001630B7" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5156275D" w14:textId="35AC5DEA" w:rsidR="001630B7" w:rsidRDefault="001630B7" w:rsidP="00A151BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Ұлттық біліктілік тестілеуінің сертификаты (бұдан әрі – ҰБТ) немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">модератор, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сарапшы, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90C9B" w:rsidRPr="00F90C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біліктілік санаты туралы куәлік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001630B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F36A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8B8622" w14:textId="68912FD8" w:rsidR="00AD163A" w:rsidRDefault="00F90C9B" w:rsidP="00AB4C95">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C95" w:rsidRPr="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-қосымшаға сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4C95" w:rsidRPr="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша бос немесе уақытша бос педагог лауазымына орналасуға үміткердің толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E55919" w14:textId="347320C7" w:rsidR="00AB4C95" w:rsidRDefault="00AB4C95" w:rsidP="00AB4C95">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB4C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="002060"/>
-[...16 lines deleted...]
-        <w:t>, утвержденные  Типовыми квалификационными характеристиками педагогов</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00E36BC9">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3FBD32A8" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRDefault="00AE49CD" w:rsidP="00AB4C95">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...39 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00E36BC9">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3CE3D6A0" w14:textId="584D31FE" w:rsidR="00AE49CD" w:rsidRDefault="00AE49CD" w:rsidP="00AB4C95">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE49CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
-[...5 lines deleted...]
-        <w:t>5. перечень документов</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос немесе уақытша бос </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE49CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына үміткердің бағалау парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00E36BC9">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1800A752" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00AE49CD" w:rsidRDefault="00AE49CD" w:rsidP="00AE49CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE49CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00E36BC9">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2483CABF" w14:textId="634A24F8" w:rsidR="00AE49CD" w:rsidRDefault="00AE49CD" w:rsidP="00AE49CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE49CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0036559D" w:rsidRPr="00E36BC9" w:rsidRDefault="0036559D" w:rsidP="00E36BC9">
-[...287 lines deleted...]
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+    <w:p w14:paraId="10277970" w14:textId="494AE0E1" w:rsidR="00AE49CD" w:rsidRPr="00117A6C" w:rsidRDefault="00AE49CD" w:rsidP="00AE49CD">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E36BC9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...61 lines deleted...]
-        <w:t xml:space="preserve">                                                   (фамилия, имя, отчество (при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9287" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="782"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w14:paraId="5E78881D" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="556A8551" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="72896723" w14:textId="6F33E384" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="850"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...10 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Критерийлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1C46AD71" w14:textId="76D6E590" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...10 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="002A46D6" w:rsidRPr="00ED74E3" w14:paraId="7051CEE7" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="510AA5FD" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00ED74E3" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="208EB281" w14:textId="044F9D3D" w:rsidR="002A46D6" w:rsidRPr="00ED74E3" w:rsidRDefault="002A46D6" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...10 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1D62BF4E" w14:textId="5C90C66E" w:rsidR="002A46D6" w:rsidRPr="002A46D6" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="002A46D6" w:rsidRPr="00ED74E3" w14:paraId="247CFE25" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0D7B5D45" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00ED74E3" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="50B5E287" w14:textId="70DF4F3C" w:rsidR="002A46D6" w:rsidRPr="00F61EFB" w:rsidRDefault="00F61EFB" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәреже</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6CC0334D" w14:textId="1C923B62" w:rsidR="002A46D6" w:rsidRPr="002A46D6" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w14:paraId="202F0FEB" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6A2E9DF1" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="196E11DA" w14:textId="396CAC5A" w:rsidR="00AE49CD" w:rsidRPr="00F61EFB" w:rsidRDefault="00F61EFB" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F61EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F61EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>квалификационное тестирование</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F61EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F61EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F61EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2EAF8FDE" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w14:paraId="71B935FF" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="48825CCC" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1855,140 +2637,214 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4C2EE150" w14:textId="5F09E50A" w:rsidR="00AE49CD" w:rsidRPr="003B1400" w:rsidRDefault="003B1400" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="3D86A6C9" w14:textId="2BC34970" w:rsidR="00AE49CD" w:rsidRPr="003B1400" w:rsidRDefault="003B1400" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE49CD" w:rsidRPr="00ED74E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басқа құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w14:paraId="0882CC2D" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="695974B1" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1999,1302 +2855,2159 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="27DE8A49" w14:textId="11ABF171" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="003B1400" w:rsidP="003D052E">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>Стаж педагогической деятельности</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AE49CD" w:rsidRPr="00ED74E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагоги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>калық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1F6BE026" w14:textId="670E4036" w:rsidR="00AE49CD" w:rsidRPr="003B1400" w:rsidRDefault="003B1400" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00117A6C" w14:paraId="1F44BC6E" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1CDFA0EF" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4A2DA859" w14:textId="2A028144" w:rsidR="00AE49CD" w:rsidRPr="003B1400" w:rsidRDefault="003B1400" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            <w:r w:rsidRPr="003B1400">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="54A028A9" w14:textId="1D195CB7" w:rsidR="00AE49CD" w:rsidRPr="00BD09AA" w:rsidRDefault="00BD09AA" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            <w:r w:rsidRPr="00BD09AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек кітапшасы/еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="2E282C1B" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2AFD840E" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="5ABFDA7C" w14:textId="1F22B5FA" w:rsidR="00AE49CD" w:rsidRPr="00BD09AA" w:rsidRDefault="003D052E" w:rsidP="003D052E">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D052E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұмысқа алғаш рет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орналасқан     </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE49CD" w:rsidRPr="003D052E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD09AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тер үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE49CD" w:rsidRPr="003D052E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0D2DB93E" w14:textId="5346CEA0" w:rsidR="00AE49CD" w:rsidRPr="009A0956" w:rsidRDefault="009A0956" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="79DD8BBF" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="1028"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="5630E492" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2CBD89EF" w14:textId="5D0D2D2C" w:rsidR="00AE49CD" w:rsidRPr="009A0956" w:rsidRDefault="009A0956" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан ұсыныс хат (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс істесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="7E6167F1" w14:textId="1643D9D6" w:rsidR="00AE49CD" w:rsidRPr="009A0956" w:rsidRDefault="009A0956" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>письмо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00E36BC9">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="741F336A" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="1284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="434720B0" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1ABDD4FC" w14:textId="168BDE7B" w:rsidR="00AE49CD" w:rsidRPr="009A0956" w:rsidRDefault="009A0956" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="140B0341" w14:textId="324C5088" w:rsidR="009A0956" w:rsidRPr="009A0956" w:rsidRDefault="00C30191" w:rsidP="009A0956">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956" w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар мен </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956" w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дың жеңімпаздарының дипломдары,</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мақтау қағаздары</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956" w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқушыларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0956" w:rsidRPr="009A0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ң ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C87AF22" w14:textId="12CB0C46" w:rsidR="009A0956" w:rsidRPr="00C30191" w:rsidRDefault="00C30191" w:rsidP="00C30191">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- олимпиадалар мен мұғалімдер байқауларының жеңімпаздарының дипломдары, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мақтау қағаздар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ы;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF6E796" w14:textId="2DCABF71" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
-[...47 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік марапаттар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="5DD5BC42" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6C04661C" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="7FCE4311" w14:textId="2E428FE1" w:rsidR="00AE49CD" w:rsidRPr="00C30191" w:rsidRDefault="00C30191" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...9 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік қызмет </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="26EFEFF8" w14:textId="76212961" w:rsidR="00C30191" w:rsidRPr="00C30191" w:rsidRDefault="00C30191" w:rsidP="00C30191">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="4BAED377" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6BA40E89" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0FCE8074" w14:textId="0421C8D8" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00C30191" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...10 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="00229E2A" w14:textId="5886023C" w:rsidR="00AE49CD" w:rsidRPr="00C30191" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- лидерство</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшбасшылық </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4B1A5154" w14:textId="59B800D9" w:rsidR="00AE49CD" w:rsidRPr="00C30191" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- реализация </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30191">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көптілділікті жүзеге асыру </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00AE49CD" w:rsidRPr="00E36BC9" w14:paraId="0CE0ECA2" w14:textId="77777777" w:rsidTr="002146FB">
         <w:trPr>
           <w:trHeight w:val="1790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0CF35D31" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6F4AD5EC" w14:textId="6EBACC0C" w:rsidR="00AE49CD" w:rsidRPr="00365CF4" w:rsidRDefault="00AE49CD" w:rsidP="00C30191">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:ind w:left="72"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Курсовая подготовка</w:t>
+              <w:t>Курс</w:t>
+            </w:r>
+            <w:r w:rsidR="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тық дайындық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6E6F51AF" w14:textId="77777777" w:rsidR="00AF42D5" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- сертификаты предметной подготовки;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00365CF4" w:rsidRPr="00365CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1BE64B22" w14:textId="5805E9A5" w:rsidR="00AF42D5" w:rsidRDefault="00AF42D5" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0B8EBD74" w14:textId="75E1478A" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="7E06AFC7" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="61925EAD" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4746F694" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00ED74E3" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="086E5C8B" w14:textId="130AD0E1" w:rsidR="00AE49CD" w:rsidRPr="00ED74E3" w:rsidRDefault="00AE49CD" w:rsidP="002146FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00ED74E3">
@@ -3310,2067 +5023,3291 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарлама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>обучение по программам</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> «Основы программирования в </w:t>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF42D5">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED74E3">
-[...8 lines deleted...]
-              <w:t>Python</w:t>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">», «Обучение работе с </w:t>
+              <w:t>», «Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BAE" w:rsidRPr="005C1BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-пен</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BAE">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF42D5" w:rsidRPr="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Microsoft</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF42D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED74E3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
-[...14 lines deleted...]
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+    <w:p w14:paraId="4EAEC6FC" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00D6751D" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...33 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+    <w:p w14:paraId="78E96B7F" w14:textId="77777777" w:rsidR="00D6751D" w:rsidRDefault="005C1BAE" w:rsidP="00D6751D">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E36BC9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-қосымша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+    <w:p w14:paraId="505CA302" w14:textId="7BEE1D5D" w:rsidR="00D6751D" w:rsidRDefault="00D6751D" w:rsidP="00D6751D">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E36BC9">
+      <w:r w:rsidRPr="00AE49CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E36BC9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос немесе уақытша бос </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">                                  (фамилия, имя, отчество (при его наличии))</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE49CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына үміткердің бағалау парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+    <w:p w14:paraId="1D2FE050" w14:textId="01EDDBC3" w:rsidR="00D6751D" w:rsidRDefault="002A46D6" w:rsidP="00D6751D">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6751D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6751D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D6751D" w:rsidRPr="00D6751D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         (тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D148848" w14:textId="77777777" w:rsidR="00D6751D" w:rsidRPr="00D6751D" w:rsidRDefault="00D6751D" w:rsidP="00D6751D">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
+        <w:tblStyle w:val="a6"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="190"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="796"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3304"/>
+        <w:gridCol w:w="799"/>
+        <w:gridCol w:w="3313"/>
+        <w:gridCol w:w="1953"/>
+        <w:gridCol w:w="3280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00DA6DA5" w:rsidRPr="00E36BC9" w14:paraId="30EA3FDF" w14:textId="77777777" w:rsidTr="002146FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="035105E8" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="565C42E9" w14:textId="1B583898" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>критерии</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ритери</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">йлер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2C7FD63D" w14:textId="7B37AB1E" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>подтверждающий документ</w:t>
+              <w:t xml:space="preserve">Растау құжаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="3F4ABABA" w14:textId="3C00A177" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>количество баллов (от 1-20)</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00DA6DA5" w:rsidRPr="00117A6C" w14:paraId="4EF65540" w14:textId="77777777" w:rsidTr="002146FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="25A120BC" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="31719428" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6D4D7D6C" w14:textId="4B0CAE05" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Уровень образования</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім деңгейі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="50D18F98" w14:textId="0CBC8D1E" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім туралы д</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иплом </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="6D050DF6" w14:textId="77777777" w:rsidR="00D6751D" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Техническое и профессиональное-1 балл;</w:t>
+              <w:t>Техни</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6751D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық және кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-1 балл;</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6751D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="1F0DFD96" w14:textId="144D3832" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Высшее очное-5 баллов;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары іштей</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 баллов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="76C627C0" w14:textId="71719806" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Высшее заочное/ дистанционное-2 балла;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары сырттай</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2AEFDCCC" w14:textId="7E7E8824" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Диплом о высшем образованиии с отличием-7 баллов</w:t>
+            <w:r w:rsidRPr="00D6751D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары білім туралы үздік диплом </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7 балл</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00DA6DA5" w:rsidRPr="00E36BC9" w14:paraId="0497CB88" w14:textId="77777777" w:rsidTr="002146FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="5B315B9B" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0F941D9B" w14:textId="4A6CDB8F" w:rsidR="002A46D6" w:rsidRPr="00D6751D" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A46D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәреже</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4040840C" w14:textId="4D7BAC75" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00D6751D" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім туралы д</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иплом </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="061697CE" w14:textId="7DE5B98D" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Магистр или специалист с высшим образованием-5 баллов;</w:t>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе жоғары білімі бар маман </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2BCA6C57" w14:textId="1EAB1C0F" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
             <w:r w:rsidRPr="00E36BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –доктор-10 баллов;</w:t>
+              <w:t xml:space="preserve"> –доктор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 балл;</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="0FAB096B" w14:textId="5EAF4C7D" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00DA6DA5" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Доктор наук-10 баллов;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым д</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 балл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="2F95101C" w14:textId="6ACBA42B" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="00DA6DA5" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E36BC9">
-[...7 lines deleted...]
-              <w:t>Кандидат наук-10 баллов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым к</w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A46D6" w:rsidRPr="00E36BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E36BC9" w:rsidRPr="00E36BC9" w:rsidTr="00ED74E3">
+      <w:tr w:rsidR="00DA6DA5" w:rsidRPr="00E36BC9" w14:paraId="38AD585E" w14:textId="77777777" w:rsidTr="002146FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="4E67CD36" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="7F388248" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="35EAF30D" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED74E3" w:rsidRPr="00E36BC9" w:rsidRDefault="00ED74E3" w:rsidP="00E36BC9">
+          <w:p w14:paraId="117B0CF9" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002146FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00352373" w:rsidRPr="00E36BC9" w:rsidRDefault="00352373" w:rsidP="00E36BC9">
+    <w:p w14:paraId="6D23D28E" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009171DC" w:rsidRPr="00E36BC9" w:rsidRDefault="009171DC" w:rsidP="00E36BC9">
-      <w:pPr>
+    <w:p w14:paraId="5D642ECA" w14:textId="0768476C" w:rsidR="002A46D6" w:rsidRPr="00DA6DA5" w:rsidRDefault="00DA6DA5" w:rsidP="00DA6DA5">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E36BC9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ережелерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң 107-тармағында көрсетілген құжаттардың бірінің болмауы кандидатқа құжаттарды қайтару үшін негіз болып табылады.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C301E5" w:rsidRDefault="00C301E5">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6763D18C" w14:textId="77777777" w:rsidR="002A46D6" w:rsidRPr="00E36BC9" w:rsidRDefault="002A46D6" w:rsidP="002A46D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C301E5" w:rsidRDefault="00C301E5">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2E792AE4" w14:textId="77777777" w:rsidR="00AE49CD" w:rsidRPr="002A46D6" w:rsidRDefault="00AE49CD" w:rsidP="00AE49CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C301E5" w:rsidRDefault="00C301E5">
-[...108 lines deleted...]
-    <w:sectPr w:rsidR="00D15008">
+    <w:sectPr w:rsidR="00AE49CD" w:rsidRPr="002A46D6" w:rsidSect="002F3E00">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="106944E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FEABC7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D615F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33B64986"/>
+    <w:lvl w:ilvl="0" w:tplc="CD782A68">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48871F13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9906FB36"/>
+    <w:lvl w:ilvl="0" w:tplc="884AE3B0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A8B09DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B574BD2E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65B77D0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DB45926"/>
+    <w:lvl w:ilvl="0" w:tplc="A9161EF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="713C5A3B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6E660AE"/>
+    <w:lvl w:ilvl="0" w:tplc="161801A2">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D15008"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FD359E"/>
+    <w:rsidRoot w:val="001C1FE0"/>
+    <w:rsid w:val="00117A6C"/>
+    <w:rsid w:val="0016009F"/>
+    <w:rsid w:val="001630B7"/>
+    <w:rsid w:val="001C1FE0"/>
+    <w:rsid w:val="00292C06"/>
+    <w:rsid w:val="002A46D6"/>
+    <w:rsid w:val="002B795A"/>
+    <w:rsid w:val="002F3E00"/>
+    <w:rsid w:val="00365CF4"/>
+    <w:rsid w:val="00397CE2"/>
+    <w:rsid w:val="003B1400"/>
+    <w:rsid w:val="003D052E"/>
+    <w:rsid w:val="005C1BAE"/>
+    <w:rsid w:val="005F0DB7"/>
+    <w:rsid w:val="006A3855"/>
+    <w:rsid w:val="006F36A6"/>
+    <w:rsid w:val="009500DC"/>
+    <w:rsid w:val="009A0956"/>
+    <w:rsid w:val="009D64D8"/>
+    <w:rsid w:val="00A151BC"/>
+    <w:rsid w:val="00A75A25"/>
+    <w:rsid w:val="00AB4C95"/>
+    <w:rsid w:val="00AD163A"/>
+    <w:rsid w:val="00AE49CD"/>
+    <w:rsid w:val="00AF42D5"/>
+    <w:rsid w:val="00B473C9"/>
+    <w:rsid w:val="00BD09AA"/>
+    <w:rsid w:val="00BF1A61"/>
+    <w:rsid w:val="00C30191"/>
+    <w:rsid w:val="00D6751D"/>
+    <w:rsid w:val="00D86804"/>
+    <w:rsid w:val="00DA6DA5"/>
+    <w:rsid w:val="00DF59B8"/>
+    <w:rsid w:val="00E5732A"/>
+    <w:rsid w:val="00EE538A"/>
+    <w:rsid w:val="00F61EFB"/>
+    <w:rsid w:val="00F625D5"/>
+    <w:rsid w:val="00F90C9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="72320AA8"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{79A2ECBA-9A5B-40EE-B724-0C8BAC7F3A00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D15008"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00A75A25"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-[...5 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A75A25"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C301E5"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A75A25"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...12 lines deleted...]
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="002A46D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...280 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...79 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5111</Characters>
+  <Pages>1</Pages>
+  <Words>880</Words>
+  <Characters>5020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5996</CharactersWithSpaces>
+  <CharactersWithSpaces>5889</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Uchitel</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>34 школа</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>