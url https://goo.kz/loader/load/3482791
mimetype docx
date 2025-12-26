--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,1734 +1,1752 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...2 lines deleted...]
-        <w:ind w:left="7034" w:right="1303" w:firstLine="52"/>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>мен</w:t>
+        <w:t>от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>педагогтерін</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="6399" w:right="557"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымға тағайындау, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...17 lines deleted...]
-        <w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>қағидаларына</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="7782" w:right="1997"/>
+        <w:t>руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1202"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">10-қосымша </w:t>
-[...14 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:sz w:val="17"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape20" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,224" coordsize="2803,0" path="m7625,224r2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="docshape20" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...73 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape21" o:spid="_x0000_s1029" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape21" o:spid="_x0000_s1029" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251662336;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...50 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7377" w:right="1402" w:hanging="127"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:sz w:val="29"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape22" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape22" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251661312;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="45"/>
-        <w:ind w:left="539"/>
-[...28 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape23" o:spid="_x0000_s1031" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape23" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape24" o:spid="_x0000_s1032" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,730" coordsize="9514,0" path="m1260,730r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape24" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251659264;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...200 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape25" o:spid="_x0000_s1033" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,317" coordsize="9514,0" path="m1260,317r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape25" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,730" coordsize="9514,0" path="m840,730r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="001576D1">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="105" w:firstLine="419"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
+        <w:pict>
+          <v:shape id="docshape26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,317" coordsize="9654,0" path="m840,317r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="539" w:right="949"/>
-[...2 lines deleted...]
-        <w:t>білім</w:t>
+        <w:ind w:right="1486"/>
+      </w:pPr>
+      <w:r>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
+        <w:pict>
+          <v:shape id="docshape27" o:spid="_x0000_s1035" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,318" coordsize="9654,0" path="m840,318r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="905"/>
+      </w:pPr>
+      <w:r>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="21"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Образование:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>беру</w:t>
+        <w:t>высшее</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>ұйымдарының</w:t>
+        <w:t>или</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>атауы,</w:t>
-[...225 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>кейінгі</w:t>
+        <w:t>послевузовское</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00015FE1" w:rsidTr="00015FE1">
+      <w:tr w:rsidR="00565998" w:rsidTr="00086F95">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Наименование</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>заведения</w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>Специальность</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00015FE1" w:rsidTr="00015FE1">
+      <w:tr w:rsidR="00086F95" w:rsidTr="00086F95">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1">
+          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="25"/>
         <w:ind w:left="539"/>
       </w:pPr>
       <w:r>
-        <w:t>Біліктілік</w:t>
-[...39 lines deleted...]
-          <w:spacing w:val="-5"/>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>күні):</w:t>
-[...120 lines deleted...]
-        <w:spacing w:before="3"/>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...83 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
         <w:pict>
-          <v:shape id="docshape27" o:spid="_x0000_s1034" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,318" coordsize="10073,0" path="m1260,318r10073,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="docshape28" o:spid="_x0000_s1036" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015FE1" w:rsidRPr="00015FE1" w:rsidRDefault="00015FE1" w:rsidP="00015FE1">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00015FE1" w:rsidRPr="00015FE1" w:rsidSect="00015FE1">
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="001576D1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00025F44">
+        <w:pict>
+          <v:shape id="docshape29" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="001576D1">
+        <w:rPr>
+          <w:sz w:val="29"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00565998" w:rsidSect="00565998">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="709" w:right="680" w:bottom="454" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="660" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="743571BB"/>
+    <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D8E4F88"/>
-    <w:lvl w:ilvl="0" w:tplc="9E606262">
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="235"/>
+        <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...87 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00015FE1"/>
-    <w:rsid w:val="00015FE1"/>
+    <w:rsidRoot w:val="00565998"/>
+    <w:rsid w:val="00025F44"/>
+    <w:rsid w:val="00086F95"/>
+    <w:rsid w:val="001576D1"/>
+    <w:rsid w:val="00565998"/>
+    <w:rsid w:val="0098651C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -1776,256 +1794,164 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0098651C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...37 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00015FE1"/>
+    <w:rsid w:val="00565998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00015FE1"/>
+    <w:rsid w:val="00565998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...52 lines deleted...]
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00015FE1"/>
+    <w:rsid w:val="00565998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00015FE1"/>
+    <w:rsid w:val="00565998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="667902860">
+    <w:div w:id="1602182489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -2293,54 +2219,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>860</Characters>
+  <Words>153</Words>
+  <Characters>876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1008</CharactersWithSpaces>
+  <CharactersWithSpaces>1027</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ПК 56 - 4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>