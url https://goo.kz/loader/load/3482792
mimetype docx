--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,12940 +1,11705 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00451EA9" w:rsidRPr="00451EA9" w:rsidRDefault="00451EA9" w:rsidP="00451EA9">
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
       <w:pPr>
-        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мен</w:t>
+        <w:t>от</w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">педагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+        <w:t>должностей первых руководителей и</w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қағидаларына</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>11-қосымша</w:t>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00451EA9" w:rsidRPr="00451EA9" w:rsidRDefault="00451EA9" w:rsidP="00451EA9">
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
       <w:pPr>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="208"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00451EA9" w:rsidRPr="00451EA9" w:rsidRDefault="00451EA9" w:rsidP="00451EA9">
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:before="94"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:w w:val="95"/>
           <w:sz w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t>Оценочный</w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:w w:val="95"/>
           <w:sz w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="docshapegroup30" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="_x0000_s1027" style="position:absolute" from="0,4" to="2803,4" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape id="docshape31" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,238" coordsize="2803,0" path="m7625,238r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>бос</w:t>
+        <w:t>имя,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00451EA9">
+      <w:r>
         <w:rPr>
-          <w:b/>
-[...215 lines deleted...]
-          <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>отчество (при его наличии))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10632" w:type="dxa"/>
-        <w:tblInd w:w="-137" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="4393"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00451EA9" w:rsidTr="00DE20D8">
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00451EA9" w:rsidRDefault="00451EA9">
-[...2 lines deleted...]
-              <w:spacing w:before="192"/>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004E7B43" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004E7B43" w:rsidRPr="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7B43">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E7B43" w:rsidTr="004E7B43">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00451EA9" w:rsidRDefault="00451EA9">
-[...13 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
-[...7681 lines deleted...]
-            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:tcW w:w="7083" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00451EA9" w:rsidRDefault="00451EA9">
-[...3650 lines deleted...]
-          <w:p w:rsidR="00451EA9" w:rsidRDefault="00451EA9">
+          <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="45"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...136 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-6"/>
-                <w:sz w:val="20"/>
-[...686 lines deleted...]
-                <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00451EA9" w:rsidRDefault="00451EA9" w:rsidP="00451EA9">
+    <w:p w:rsidR="004E7B43" w:rsidRDefault="004E7B43" w:rsidP="004E7B43">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00477855" w:rsidRDefault="00477855"/>
-    <w:sectPr w:rsidR="00477855" w:rsidSect="00DE20D8">
+    <w:p w:rsidR="00D752D4" w:rsidRDefault="00D752D4"/>
+    <w:sectPr w:rsidR="00D752D4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="743571BB"/>
+    <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D8E4F88"/>
-    <w:lvl w:ilvl="0" w:tplc="9E606262">
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="235"/>
+        <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DB224FE2">
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="403" w:hanging="235"/>
+        <w:ind w:left="343" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="07AE0E90">
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="766" w:hanging="235"/>
+        <w:ind w:left="646" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="001C7BBC">
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1130" w:hanging="235"/>
+        <w:ind w:left="950" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="760C2EA8">
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1493" w:hanging="235"/>
+        <w:ind w:left="1253" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7212B288">
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1857" w:hanging="235"/>
+        <w:ind w:left="1557" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8C4E0A74">
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="235"/>
+        <w:ind w:left="1860" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="524ED49E">
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2583" w:hanging="235"/>
+        <w:ind w:left="2163" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="594A0912">
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2947" w:hanging="235"/>
+        <w:ind w:left="2467" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00451EA9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DE20D8"/>
+    <w:rsidRoot w:val="004E7B43"/>
+    <w:rsid w:val="004E7B43"/>
+    <w:rsid w:val="00D752D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12956,81 +11721,81 @@
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -13108,226 +11873,135 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="1"/>
-[...36 lines deleted...]
-    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00451EA9"/>
+    <w:rsid w:val="004E7B43"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00451EA9"/>
+    <w:rsid w:val="004E7B43"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...52 lines deleted...]
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00451EA9"/>
+    <w:rsid w:val="004E7B43"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00451EA9"/>
+    <w:rsid w:val="004E7B43"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="320161088">
+    <w:div w:id="222256254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -13595,69 +12269,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>691</Words>
-  <Characters>3945</Characters>
+  <Words>735</Words>
+  <Characters>4195</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4627</CharactersWithSpaces>
+  <CharactersWithSpaces>4921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ПК 56 - 4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>