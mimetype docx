--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -1,507 +1,590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00E95A53" w:rsidRDefault="00E95A53" w:rsidP="00E95A53">
+    <w:p w14:paraId="40443FF9" w14:textId="29F985C6" w:rsidR="00FB4994" w:rsidRDefault="00E91AC6" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОБЪЯВЛЕНИЕ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E95A53">
+        <w:t>ПЕДАГОГИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD534C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КАЛЫҚ ҚЫЗМЕТКЕРЛЕРДІҢ ВАКАНТТЫ ОРЫНДАРЫНА КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E91AC6" w:rsidRDefault="00E95A53" w:rsidP="00E95A53">
+    <w:p w14:paraId="1556F8EB" w14:textId="77777777" w:rsidR="00F42DDE" w:rsidRDefault="00F42DDE" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E95A53">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00FB4994" w:rsidRDefault="00E91AC6" w:rsidP="00E95A53">
+    <w:p w14:paraId="44981175" w14:textId="0EC05DBA" w:rsidR="00E95A53" w:rsidRDefault="00E95A53" w:rsidP="00FD534C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...49 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B31B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ « Средняя общеобразовательная </w:t>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD534C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №24 жалпы орта білім беру мектебі» КММ вакантты орындарға конкурс жариялайды</w:t>
       </w:r>
       <w:r w:rsidR="002B31B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>школа №24 города Павлодара» образования города Павлодара, управления образования Павлодарской области о</w:t>
-[...15 lines deleted...]
-        <w:t>места:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2726"/>
+        <w:gridCol w:w="658"/>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1542"/>
+        <w:gridCol w:w="1873"/>
+        <w:gridCol w:w="2683"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00303160" w:rsidRPr="00303160" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00303160" w14:paraId="1A49CBDE" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="18E2974A" w14:textId="77777777" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="47D2A6EF" w14:textId="20176024" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Вакантная должность</w:t>
+              <w:t>Вакант</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FD534C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ты орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="775AE960" w14:textId="3A0A0CCD" w:rsidR="002B31B4" w:rsidRPr="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>Объем нагрузки</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жүктеме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="75B7FDCF" w14:textId="77D5B989" w:rsidR="002B31B4" w:rsidRPr="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>Язык обучения</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="2E90EACE" w14:textId="0D437F5B" w:rsidR="002B31B4" w:rsidRPr="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>Адрес школы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектептің мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
+          <w:p w14:paraId="088CBD60" w14:textId="65DF450A" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>Контакты, электронный адрес</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байланыс телефоны,</w:t>
+            </w:r>
+            <w:r w:rsidR="002B31B4" w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> электрон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00303160" w:rsidRPr="006252D8" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00FD534C" w14:paraId="00C401EC" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="000F1C47" w:rsidP="002B31B4">
+          <w:p w14:paraId="1C1EBBC6" w14:textId="77777777" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="000F1C47" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="62165047" w14:textId="41138CE3" w:rsidR="002B31B4" w:rsidRPr="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>Старший вожатый</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аға тәлімгер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="0D129A39" w14:textId="7FE535F3" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="1DB33BCD" w14:textId="2CDEC7CB" w:rsidR="002B31B4" w:rsidRPr="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00303160">
-[...5 lines deleted...]
-              <w:t>смешанный</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аралас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="0009D8B4" w14:textId="0EF1AE8A" w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="00303160" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, пр. </w:t>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD534C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
             </w:r>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Нурсултана Назарбаева, 190</w:t>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD534C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>рс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FD534C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>лтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD534C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даңғылы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
             </w:r>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00303160" w:rsidRPr="00044301" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="14CB31D5" w14:textId="77777777" w:rsidR="00303160" w:rsidRPr="00044301" w:rsidRDefault="00303160" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)-60-42-68</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002B31B4" w:rsidRPr="00044301" w:rsidRDefault="00303160" w:rsidP="00303160">
+          <w:p w14:paraId="524373F3" w14:textId="77777777" w:rsidR="002B31B4" w:rsidRPr="00044301" w:rsidRDefault="00303160" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -579,250 +662,312 @@
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B32EE3" w:rsidRPr="006252D8" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00FD534C" w14:paraId="46C079E0" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRPr="00303160" w:rsidRDefault="001C757F">
+          <w:p w14:paraId="7A8A776C" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRDefault="00AD02F2" w:rsidP="00AD02F2">
+          <w:p w14:paraId="2D146F62" w14:textId="32A6A93F" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...32 lines deleted...]
-              <w:t>ов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бастауыш сынып мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRDefault="00B32EE3">
+          <w:p w14:paraId="0401DF71" w14:textId="2FCF359B" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4 ставки</w:t>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRPr="00303160" w:rsidRDefault="00B32EE3">
+          <w:p w14:paraId="56E5A78C" w14:textId="17EE8235" w:rsidR="00FD534C" w:rsidRPr="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>русский</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRPr="00303160" w:rsidRDefault="00B32EE3" w:rsidP="00161E5D">
+          <w:p w14:paraId="43599A39" w14:textId="7B1DCA9F" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00303160">
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,  Н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>рс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>лтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даңғылы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B32EE3" w:rsidRPr="00044301" w:rsidRDefault="00B32EE3" w:rsidP="00161E5D">
+          <w:p w14:paraId="5F7E59EB" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00044301" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)-60-42-68</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B32EE3" w:rsidRPr="00303160" w:rsidRDefault="00B32EE3" w:rsidP="00161E5D">
+          <w:p w14:paraId="0D4C64B7" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> email: </w:t>
             </w:r>
             <w:hyperlink r:id="rId4" w:history="1">
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
@@ -880,250 +1025,312 @@
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD02F2" w:rsidRPr="006252D8" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00FD534C" w14:paraId="4EC25389" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRDefault="001C757F">
+          <w:p w14:paraId="61106575" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRDefault="00AD02F2" w:rsidP="008D3350">
+          <w:p w14:paraId="4D112699" w14:textId="037675D1" w:rsidR="00FD534C" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:t>усского языка и литературы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілі мен әдебиеті мұғалімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRDefault="00F3583E">
+          <w:p w14:paraId="2602A768" w14:textId="76981A20" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...15 lines deleted...]
-              <w:t>а</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRPr="00303160" w:rsidRDefault="00AD02F2" w:rsidP="00AB7420">
+          <w:p w14:paraId="4EDD02DE" w14:textId="53C09749" w:rsidR="00FD534C" w:rsidRPr="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>русский</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRPr="00303160" w:rsidRDefault="00AD02F2" w:rsidP="00AB7420">
+          <w:p w14:paraId="0FC3E06F" w14:textId="4CC91DB8" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00303160">
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,  Н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>рс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>лтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даңғылы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD02F2" w:rsidRPr="00044301" w:rsidRDefault="00AD02F2" w:rsidP="00AB7420">
+          <w:p w14:paraId="6885B75F" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00044301" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)-60-42-68</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD02F2" w:rsidRPr="00303160" w:rsidRDefault="00AD02F2" w:rsidP="00AB7420">
+          <w:p w14:paraId="6CD8A86D" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> email: </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
@@ -1181,218 +1388,313 @@
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E85BB9" w:rsidRPr="006252D8" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00FD534C" w14:paraId="5F6083C8" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRDefault="001C757F">
+          <w:p w14:paraId="100B8504" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRDefault="00E85BB9" w:rsidP="00303160">
+          <w:p w14:paraId="24FAA08E" w14:textId="4466BFA3" w:rsidR="00FD534C" w:rsidRPr="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Учитель информатики</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информатика мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRDefault="00E85BB9">
+          <w:p w14:paraId="3DEE209B" w14:textId="69464989" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRPr="00303160" w:rsidRDefault="00E85BB9" w:rsidP="00F06824">
+          <w:p w14:paraId="7365BCE9" w14:textId="4E355F44" w:rsidR="00FD534C" w:rsidRPr="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>русский</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRPr="00303160" w:rsidRDefault="00E85BB9" w:rsidP="00F06824">
+          <w:p w14:paraId="210D3859" w14:textId="61401FF5" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00303160">
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,  Н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>рс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>лтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даңғылы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E85BB9" w:rsidRPr="00044301" w:rsidRDefault="00E85BB9" w:rsidP="00F06824">
+          <w:p w14:paraId="133771FF" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00044301" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)-60-42-68</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E85BB9" w:rsidRPr="00303160" w:rsidRDefault="00E85BB9" w:rsidP="00F06824">
+          <w:p w14:paraId="511CF7F0" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> email: </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
@@ -1450,218 +1752,311 @@
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C757F" w:rsidRPr="006252D8" w:rsidTr="00E85BB9">
+      <w:tr w:rsidR="006B4E7D" w:rsidRPr="00FD534C" w14:paraId="72B94F44" w14:textId="77777777" w:rsidTr="00E85BB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRDefault="001C757F">
+          <w:p w14:paraId="14AC8872" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRDefault="008D3350" w:rsidP="008D3350">
+          <w:p w14:paraId="39FB2966" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Педагог-п</w:t>
-[...7 lines deleted...]
-              <w:t>сихолог</w:t>
+              <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRDefault="001C757F">
+          <w:p w14:paraId="736FF96E" w14:textId="25775CFA" w:rsidR="00FD534C" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRDefault="001C757F" w:rsidP="00F06824">
+          <w:p w14:paraId="29C0E6D3" w14:textId="6B250F66" w:rsidR="00FD534C" w:rsidRPr="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>казахский</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRPr="00303160" w:rsidRDefault="001C757F" w:rsidP="00ED7785">
+          <w:p w14:paraId="6863FBD9" w14:textId="2F4A8348" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00303160">
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,  Н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>рс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>лтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Назарбаев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даңғылы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 190</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D36CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C757F" w:rsidRPr="00044301" w:rsidRDefault="001C757F" w:rsidP="00ED7785">
+          <w:p w14:paraId="5EC1B3CF" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00044301" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00044301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8(7182)-60-42-68</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C757F" w:rsidRPr="00303160" w:rsidRDefault="001C757F" w:rsidP="00ED7785">
+          <w:p w14:paraId="481BEF54" w14:textId="77777777" w:rsidR="00FD534C" w:rsidRPr="00303160" w:rsidRDefault="00FD534C" w:rsidP="00FD534C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> email: </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
@@ -1720,484 +2115,1589 @@
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="007A7B6A">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B31B4" w:rsidRPr="00044301" w:rsidRDefault="002B31B4">
+    <w:p w14:paraId="4A22D72B" w14:textId="77777777" w:rsidR="002B31B4" w:rsidRPr="00044301" w:rsidRDefault="002B31B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00044301" w:rsidRPr="00044301" w:rsidRDefault="00044301" w:rsidP="00044301">
+    <w:p w14:paraId="2CEF7196" w14:textId="41947397" w:rsidR="006B4E7D" w:rsidRDefault="006B4E7D" w:rsidP="006B4E7D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00044301">
-[...5 lines deleted...]
-        <w:t>В конкурсе могут участвовать педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно утвержденному перечню.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипаттамаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатыса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42DDE" w:rsidRDefault="00F42DDE" w:rsidP="00044301">
+    <w:p w14:paraId="061C5364" w14:textId="00AA5EA2" w:rsidR="00D33EB1" w:rsidRPr="00D33EB1" w:rsidRDefault="00D33EB1" w:rsidP="00D33EB1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00044301">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайтынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уға болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006252D8" w:rsidRPr="006252D8" w:rsidRDefault="006252D8" w:rsidP="006252D8">
+    <w:p w14:paraId="448FEA80" w14:textId="77777777" w:rsidR="00D33EB1" w:rsidRDefault="00D33EB1" w:rsidP="006252D8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006252D8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006252D8" w:rsidRPr="006252D8" w:rsidRDefault="006252D8" w:rsidP="006252D8">
+    <w:p w14:paraId="7E000293" w14:textId="68B4724A" w:rsidR="006252D8" w:rsidRPr="006252D8" w:rsidRDefault="00A34C89" w:rsidP="006252D8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006252D8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Срок приема документов с 17 января по 25 января 2022 года.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі: 2022 жылғы 17-25 қаңтар</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006252D8" w:rsidRPr="006252D8" w:rsidSect="00FB4994">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="75"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E95A53"/>
     <w:rsid w:val="00044301"/>
     <w:rsid w:val="000F1C47"/>
     <w:rsid w:val="001C757F"/>
     <w:rsid w:val="0023732D"/>
     <w:rsid w:val="002B31B4"/>
     <w:rsid w:val="00303160"/>
     <w:rsid w:val="003F3B73"/>
     <w:rsid w:val="00423D4C"/>
     <w:rsid w:val="004D3B30"/>
     <w:rsid w:val="006252D8"/>
     <w:rsid w:val="0067331F"/>
+    <w:rsid w:val="006B4E7D"/>
     <w:rsid w:val="008D3350"/>
+    <w:rsid w:val="00A34C89"/>
     <w:rsid w:val="00AD02F2"/>
+    <w:rsid w:val="00AE7B0D"/>
     <w:rsid w:val="00B32EE3"/>
+    <w:rsid w:val="00D33EB1"/>
     <w:rsid w:val="00E85BB9"/>
     <w:rsid w:val="00E91AC6"/>
     <w:rsid w:val="00E95A53"/>
     <w:rsid w:val="00EE39B3"/>
     <w:rsid w:val="00F3583E"/>
     <w:rsid w:val="00F42DDE"/>
     <w:rsid w:val="00FB4994"/>
+    <w:rsid w:val="00FD534C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="168E7E2B"/>
+  <w15:docId w15:val="{8F315391-994B-4BF5-92C4-2ED8AE373ADB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FB4994"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="002B31B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00303160"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh24@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2452,70 +3952,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>252</Words>
-  <Characters>1441</Characters>
+  <Words>242</Words>
+  <Characters>1386</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1690</CharactersWithSpaces>
+  <CharactersWithSpaces>1625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ПК 56 - 4</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>