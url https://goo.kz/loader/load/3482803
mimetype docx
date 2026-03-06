--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -1,3116 +1,9646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00710B9F" w:rsidRPr="00A52B6B" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="40A1ED3D" w14:textId="77777777" w:rsidR="00637B67" w:rsidRDefault="00637B67" w:rsidP="00637B67">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A52B6B">
-[...24 lines deleted...]
-        <w:t>города Павлодара»</w:t>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" КММ Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710B9F" w:rsidRPr="00A52B6B" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="1B1078B7" w14:textId="4D7C9D0D" w:rsidR="00637B67" w:rsidRPr="00637B67" w:rsidRDefault="00637B67" w:rsidP="00637B67">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A52B6B">
-[...4 lines deleted...]
-        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: Павлодар қ., Катаев к-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 36, тел. 68-35-00, э/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пошта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 14school_pavl@mail.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710B9F" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="40FF5A3E" w14:textId="77777777" w:rsidR="00637B67" w:rsidRPr="00637B67" w:rsidRDefault="00637B67">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...127 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00710B9F" w:rsidRPr="006653B6" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="673F7D18" w14:textId="3F0F1758" w:rsidR="006325A2" w:rsidRPr="00637B67" w:rsidRDefault="006325A2" w:rsidP="00637B67">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006653B6">
-[...53 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 17.01-24.01.2022 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710B9F" w:rsidRPr="006653B6" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="178DE791" w14:textId="77777777" w:rsidR="006325A2" w:rsidRPr="00637B67" w:rsidRDefault="006325A2">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2051 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00710B9F" w:rsidRPr="00A52B6B" w:rsidRDefault="00710B9F" w:rsidP="00710B9F">
+    <w:p w14:paraId="3192C47B" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="006325A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5CD51F" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="00541C30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беру"тұжырымдамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEACDB9" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="00541C30" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәдениетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамытуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жәрдемдеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F6243D" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="00541C30" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229CF122" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="00541C30" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тоқсан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E7B4E1" w14:textId="77777777" w:rsidR="00541C30" w:rsidRPr="00637B67" w:rsidRDefault="00541C30" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>журналдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6063D099" w14:textId="77777777" w:rsidR="00F443AC" w:rsidRPr="00637B67" w:rsidRDefault="00F443AC" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарттарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жүйелік-қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E59F65" w14:textId="77777777" w:rsidR="00F443AC" w:rsidRPr="00637B67" w:rsidRDefault="00F443AC" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көлемде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE37156" w14:textId="77777777" w:rsidR="00F443AC" w:rsidRPr="00637B67" w:rsidRDefault="00F443AC" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауымдастығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдастықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4EBA5B" w14:textId="77777777" w:rsidR="00F443AC" w:rsidRPr="00637B67" w:rsidRDefault="00F443AC" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызығушылықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімділіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13373166" w14:textId="77777777" w:rsidR="0046367B" w:rsidRPr="00637B67" w:rsidRDefault="0046367B" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамудағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауытқуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңсеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2377D20B" w14:textId="77777777" w:rsidR="0046367B" w:rsidRPr="00637B67" w:rsidRDefault="0046367B" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участвует в педагогических консилиумах для родителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCD374D" w14:textId="77777777" w:rsidR="0046367B" w:rsidRPr="00637B67" w:rsidRDefault="0046367B" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C393F5" w14:textId="77777777" w:rsidR="0046367B" w:rsidRPr="00637B67" w:rsidRDefault="0046367B" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD03ABF" w14:textId="77777777" w:rsidR="0046367B" w:rsidRPr="00637B67" w:rsidRDefault="0046367B" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9FB296" w14:textId="77777777" w:rsidR="00070570" w:rsidRPr="00637B67" w:rsidRDefault="00070570" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмастыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ынтымақтастықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183477F7" w14:textId="77777777" w:rsidR="00070570" w:rsidRPr="00637B67" w:rsidRDefault="00070570" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жабдықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEBE0B9" w14:textId="77777777" w:rsidR="00070570" w:rsidRPr="00637B67" w:rsidRDefault="00070570" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC86983" w14:textId="77777777" w:rsidR="00070570" w:rsidRPr="00637B67" w:rsidRDefault="00070570" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D562E2" w14:textId="77777777" w:rsidR="00070570" w:rsidRPr="00637B67" w:rsidRDefault="00070570" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20596DEB" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәдениетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Академиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіңіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244F2529" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалақы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 89967 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теңгеден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 146603 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теңгеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B471070" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс ҚР БҒМ 2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №568 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4148380B" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Байқаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар қ., Катаев к-сі,36, "Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EB4063" w14:textId="77777777" w:rsidR="00637B67" w:rsidRDefault="00637B67" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF0187" w:rsidRPr="00710B9F" w:rsidRDefault="00AF0187" w:rsidP="00710B9F"/>
-    <w:sectPr w:rsidR="00AF0187" w:rsidRPr="00710B9F" w:rsidSect="00AF0187">
+    <w:p w14:paraId="56D342FE" w14:textId="1F171E1F" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Байқау кезеңдері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7148EBA3" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) Конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228EEE87" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174B0699" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Құжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DD115E" w14:textId="77777777" w:rsidR="000D2144" w:rsidRPr="00637B67" w:rsidRDefault="000D2144" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі (5 жұмыс күні ішінде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CAA89F" w14:textId="77777777" w:rsidR="002F585E" w:rsidRPr="00637B67" w:rsidRDefault="002F585E" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттардың балдары бірдей болған жағдайда әңгімелесу Кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCEF65C" w14:textId="77777777" w:rsidR="002F585E" w:rsidRPr="00637B67" w:rsidRDefault="002F585E" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы Құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне сұрау салу жіберіледі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C90A6E" w14:textId="77777777" w:rsidR="002F585E" w:rsidRPr="00637B67" w:rsidRDefault="002F585E" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15483F4C" w14:textId="77777777" w:rsidR="002F585E" w:rsidRPr="00637B67" w:rsidRDefault="002F585E" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтер анықталған кезде педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC95991" w14:textId="77777777" w:rsidR="002F585E" w:rsidRPr="00637B67" w:rsidRDefault="002F585E" w:rsidP="00541C30">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640A9061" w14:textId="43E6CB31" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080DF331" w14:textId="18264F05" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B21FC7" w14:textId="0644F266" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E13D899" w14:textId="629A8A89" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC18568" w14:textId="2B500CAB" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3902C70D" w14:textId="61AF15C0" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E25892" w14:textId="670EF5E8" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="009901C3" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FCA2A4" w14:textId="1D50D543" w:rsidR="009901C3" w:rsidRPr="00637B67" w:rsidRDefault="00FB587E" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41121C31" w14:textId="329F3E43" w:rsidR="00FB587E" w:rsidRPr="00637B67" w:rsidRDefault="00FB587E" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2224526E" w14:textId="023F55E6" w:rsidR="00FB587E" w:rsidRPr="00637B67" w:rsidRDefault="00FB587E" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CF171E" w14:textId="2A9E60C6" w:rsidR="00FB587E" w:rsidRPr="00637B67" w:rsidRDefault="00FB587E" w:rsidP="00FB587E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F361BA" w14:textId="77833B12" w:rsidR="00FB587E" w:rsidRPr="00637B67" w:rsidRDefault="00FB587E" w:rsidP="00FB587E">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007E1B27" w14:textId="11F6FFE9" w:rsidR="00637B67" w:rsidRPr="00637B67" w:rsidRDefault="00637B67" w:rsidP="00FB587E">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC43F2C" w14:textId="5A8F660A" w:rsidR="00637B67" w:rsidRPr="00637B67" w:rsidRDefault="00637B67" w:rsidP="00FB587E">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары: 8 (7182) 683500; э/пошта: 14school_pavl@mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7991ABB7" w14:textId="411F2CE8" w:rsidR="006325A2" w:rsidRPr="00637B67" w:rsidRDefault="006325A2" w:rsidP="009901C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EDFF53" w14:textId="17A95351" w:rsidR="00275BC1" w:rsidRPr="000D2144" w:rsidRDefault="00275BC1" w:rsidP="006325A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00275BC1" w:rsidRPr="000D2144">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:nsid w:val="58D102C7"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E4F6195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="698ED3CA"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="82B27588"/>
+    <w:lvl w:ilvl="0" w:tplc="A74C79D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B16739"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F13397"/>
+    <w:rsidRoot w:val="00740D14"/>
+    <w:rsid w:val="00070570"/>
+    <w:rsid w:val="000D2144"/>
+    <w:rsid w:val="00275BC1"/>
+    <w:rsid w:val="002F585E"/>
+    <w:rsid w:val="0046367B"/>
+    <w:rsid w:val="00541C30"/>
+    <w:rsid w:val="006325A2"/>
+    <w:rsid w:val="00637B67"/>
+    <w:rsid w:val="00740D14"/>
+    <w:rsid w:val="009901C3"/>
+    <w:rsid w:val="00F443AC"/>
+    <w:rsid w:val="00FB587E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4866B28A"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C2E867B6-65A0-42D6-B922-CE9B2B791001}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AF0187"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00710B9F"/>
+    <w:rsid w:val="009901C3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
-    </w:pPr>
-[...35 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6111</Characters>
+  <Pages>5</Pages>
+  <Words>1054</Words>
+  <Characters>6009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7168</CharactersWithSpaces>
+  <CharactersWithSpaces>7049</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>апро</dc:creator>
+  <dc:creator>14</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>