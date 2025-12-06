--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -2,10416 +2,20541 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+    <w:p w:rsidR="00F410E4" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000360A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BF329F">
+        <w:t>Конкурс туралы хабарландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="00BF329F" w:rsidRDefault="003E3EEA" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Объявление о конкурсе</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00BF329F" w:rsidRDefault="003E3EEA" w:rsidP="00BF329F">
-[...16 lines deleted...]
-    <w:p w:rsidR="00F56B91" w:rsidRPr="00BF329F" w:rsidRDefault="00F56B91" w:rsidP="00BF329F">
+    <w:p w:rsidR="00F56B91" w:rsidRPr="00BF329F" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF329F">
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наименование организации образования: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Білім беру ұйымының атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56B91" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000360A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар білім беру бөлімінің «Павлодар қаласының № 41 денешынықтыру – сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» КММ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005621FC" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+    <w:p w:rsidR="005621FC" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Местонахождение: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B940DA" w:rsidRPr="00BF329F">
+        <w:t>Орналасқан жері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы, 14001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00D60CA1" w:rsidRPr="00BF329F">
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>, Павлод</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Павлодар облысы, Павлодар қаласы, Малайсары батыр көшесі,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D60CA1" w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрылыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Малайсары батыра</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00430029" w:rsidRPr="00BF329F">
+        <w:t>, телефон - 8(7182) 500337, электрондық пошта мекен</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF329F">
+        <w:t>жайы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5364" w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">строение </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">, телефон - 8(7182) 500337, адрес электронной почты - </w:t>
+        <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sosh41@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F410E4" w:rsidRPr="00BF329F">
+      <w:r w:rsidR="00F410E4" w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AA5364" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+    <w:p w:rsidR="00AA5364" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наименование вакантной должности: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E73552" w:rsidRPr="00E73552">
+        <w:t>Бос лауазымның атауы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5364" w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00456CEA" w:rsidRPr="00E73552">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DB0665">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71A7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о смешанным</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E73552">
+        <w:t>/орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C0E1A">
+        <w:t xml:space="preserve"> тілінде оқытатын психолог – 1 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C0E1A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мөлшерлеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>– 1 ставка</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
+    <w:p w:rsidR="008D6A9A" w:rsidRPr="008C4B16" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+    <w:p w:rsidR="008D6A9A" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00866144">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF329F">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі функционалдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5364" w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="008D6A9A" w:rsidRPr="00BF329F">
+      <w:r w:rsidR="008D6A9A" w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D6A9A" w:rsidRPr="00BF329F">
+      <w:r w:rsidRPr="000360A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ; обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; білім алушыларды әлеуметтендіруге, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын игеруге жәрдемдесу; оқу процесінде қауіпсіздік техникасы нормалары мен ережелерін сақтау режимін қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA5364" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+    <w:p w:rsidR="00AA5364" w:rsidRPr="008C4B16" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E0EB1" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+    <w:p w:rsidR="003E0EB1" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF329F">
+      <w:r w:rsidRPr="00994E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003E0EB1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2B90" w:rsidRDefault="00CD2B90" w:rsidP="00CD2B90">
+    <w:p w:rsidR="003E0EB1" w:rsidRPr="006E2D5A" w:rsidRDefault="003E0EB1" w:rsidP="003E0EB1">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>- среднее специальное  образование до 1 года 143947 тенге</w:t>
+      <w:r w:rsidRPr="003E0EB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4B16" w:rsidRPr="000360A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнайы орта білім 1 жылға дейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 143947 тенге</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2B90" w:rsidRDefault="00CD2B90" w:rsidP="00CD2B90">
+    <w:p w:rsidR="003E0EB1" w:rsidRPr="008C4B16" w:rsidRDefault="003E0EB1" w:rsidP="003E0EB1">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4B16" w:rsidRPr="000360A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір жылға дейінгі жұмыс өтілі бар жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E2D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>77766</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> тенге.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
+    <w:p w:rsidR="00BF329F" w:rsidRDefault="008C4B16" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF329F">
+      <w:r w:rsidRPr="00994E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Квалификационные требования: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A9A" w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="008C4B16" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="008C4B16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D673C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35D2C" w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Осуществляет деятельность, направленную на сохранение психологического и социального благополучия учащихся. </w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35D2C" w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1774"/>
+      <w:r w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың психологиялық және әлеуметтік әл-ауқатын сақтауға бағытталған қызметті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="008C4B16" w:rsidRPr="008C4B16" w:rsidRDefault="008C4B16" w:rsidP="008C4B16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       Содействует охране прав личности в соответствии с Конвенцией по охране прав ребенка. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Баланың құқықтарын қорғау жөніндегі Конвенцияға сәйкес жеке адамның құқықтарын қорғауға жәрдемдеседі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="00C35D2C" w:rsidRPr="00DA130D" w:rsidRDefault="008C4B16" w:rsidP="008C4B16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C4B16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA130D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>, реабилитационной и консультативной).</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың, тәрбиеленушілердің жеке басын дамытуға кедергі келтіретін факторларды анықтайды және әртүрлі психологиялық көмек көрсету бойынша шаралар қабылдайды (психокоррекциялық, оңалту және консультативтік).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00DA130D" w:rsidRDefault="00C35D2C" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z1775"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1775"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00C35D2C">
+      <w:r w:rsidR="003B4F53" w:rsidRPr="00DA130D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       Оказывает помощь обучающимся, воспитанникам, родителям учащихся или лицам, их заменяющим, педагогическому коллективу в решении конкретных психологических проблем. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларға, тәрбиеленушілерге, оқушылардың ата-аналарына немесе оларды алмастыратын тұлғаларға, педагогикалық ұжымға нақты психологиялық мәселелерді шешуде көмек көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00DA130D" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      Проводит психологическую диагностику различного профиля и предназначения.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Әр түрлі бейіндегі және арналуындағы психологиялық диагностика жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00DA130D" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       Составляет психолого-педагогические заключения по материалам исследовательских работ с целью ориентации преподавательского коллектива, а также родителей учащихся или лиц, их заменяющих в проблемах личностного и социального развития обучающихся, воспитанников. Ведет документацию по установленной форме. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқытушылар ұжымын, сондай-ақ оқушылардың ата-аналарын немесе оларды алмастыратын тұлғалардың білім алушылардың, тәрбиеленушілердің жеке және әлеуметтік даму мәселелерінде бағдарлау мақсатында зерттеу жұмыстарының материалдары бойынша психологиялық-педагогикалық қорытынды жасайды. Белгіленген нысан бойынша құжаттаманы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00DA130D" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      Развивает принцип инклюзивного образования.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Инклюзивті білім беру қағидасын дамытады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       Развивает </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>киберкультуру</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> среди обучающихся и воспитанников. </w:t>
+        <w:t>Білім алушылар мен тәрбиеленушілер арасында киберкультура мен кибергигиенаны дамытады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Участвует в планировании и разработке развивающих и коррекционных программ образовательной деятельности с учетом индивидуальных и гендерных особенностей личности учащихся, способствует развитию у них готовности к ориентации в различных жизненных ситуациях и вопросах профессионального самоопределения. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Оқушылардың жеке және гендерлік ерекшеліктерін ескере отырып, білім беру қызметінің дамыту және түзету бағдарламаларын жоспарлауға және әзірлеуге қатысады, олардың әртүрлі өмірлік жағдайларда бағдарлауға және кәсіби өзін-өзі анықтау мәселелерінде дайындығын дамытуға ықпал етеді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Осуществляет, психологическую поддержку одаренных обучающихся, воспитанников, обучающихся с особыми образовательными потребностями, содействует их развитию.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Дарынды білім алушыларды, тәрбиеленушілерді, ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық қолдауды жүзеге асырады, олардың дамуына жәрдемдеседі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Определяет степень развития учащихся, диагностирует нарушения социального развития детей и подростков, проводит их психолого-педагогическую коррекцию. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Оқушылардың даму дәрежесін анықтайды, балалар мен жасөспірімдердің әлеуметтік дамуының бұзылуына диагностика жасайды, оларға психологиялық-педагогикалық түзету жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Формирует психологическую культуру обучающихся, воспитанников, педагогических работников и родителей учащихся или лиц, их заменяющих. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің, педагог қызметкерлердің және оқушылардың немесе оларды алмастыратын адамдардың ата-аналарының психологиялық мәдениетін қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Обеспечивает толерантную культуру поведения всех участников образовательного процесса.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының қызметкерлеріне білім алушылардың, тәрбиеленушілердің, педагогтердің, оқушылардың ата-аналарының немесе оларды алмастыратын адамдардың әлеуметтік-психологиялық құзыреттілігін арттыруға бағытталған психологияны практикалық қолдану мәселелері бойынша кеңес береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Консультирует работников организации образования по вопросам практического применения психологии, ориентированной на повышение социально-психологической компетентности обучающихся, воспитанников, педагогов, родителей учащихся или лиц, их заменяющих. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагогикалық, әдістемелік кеңестердің, ата-аналар жиналыстарының, педагогикалық консилиум, сауықтыру, тәрбие және басқа да іс-шаралардың жұмысына қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Участвует в работе педагогических, методических советов, родительских собраний, педагогических консилиумов для родителей, оздоровительных, воспитательных и других мероприятий. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Повышает профессиональную компетентность, в том числе информационно-коммуникационную. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Буллинг, суицидтің алдын алу жұмыстарын жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Проводит работу по профилактике </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>буллинга</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, суицидов. </w:t>
+        <w:t>      Білім беру процесі кезінде оқушылардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Обеспечивает охрану жизни, здоровья и прав учащихся в период образовательного процесса.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Выполняет правила безопасности и охраны труда, противопожарной защиты. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында барлық білім беру процессіне субъектілердің қатысуымен "Құндылықтарға негізделген білім беру" тұжырымдамасын енгізеді, оның ішінде отбасылар балалар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00B44E84" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       Прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников. </w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Білуге міндетті:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00753128" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">       Конституцию Республики Казахстан, Трудовой Кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и другие нормативные правовые акты по вопросам образования;</w:t>
+        <w:t>      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>Конституциясын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00753128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>Еңбек Кодексін</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00753128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>Білім туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00753128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>Педагог мәртебесі туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00753128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>Сыбайлас жемқорлыққа қарсы і</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>с-</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00753128">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>қимыл туралы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00753128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Заңдарын және білім беру,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       психологию личности, дифференциальную детскую и возрастную социальную, медицинскую психологию, детскую нейропсихологию, патопсихологию, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>психосоматику</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>      жеке тұлға психологиясы, дифференциалды балалар мен жас ерекшелік әлеуметтік, медициналық психология, балалар нейропсихологиясы, патопсихологиясы, психосоматикасы,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      основы дефектологии, психотерапии, сексологии, психогигиены, профориентации, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>профессиоведения</w:t>
-[...26 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>      Дефектология, психотерапия, сексология, психогигиена, кәсіптік бағдар беру, кәсіптік білім беру және еңбек психологиясы, психодиагностика, психологиялық консультация беру және психопрофилактика,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      методы активного обучения, социально-психологического общения;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      белсенді оқыту, әлеуметтік-психологиялық қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатынас әдістері, жеке және топтық консультацияның заманауи әдістері,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       современные методы индивидуальной и групповой консультации, диагностики и коррекции развития ребенка, </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      баланың дамуын диагностикалау және түзету,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      правила по безопасности и охране труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00B44E84" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z1800"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Требования к квалификации: </w:t>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      высшее образование по специальности "Психология" или высшее медицинское образование по профилю, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Психология" мамандығы бойынша жоғары білім немесе бейіні бойынша жоғары медициналық білім, жұмыс өтіліне талап қойылмайды немесе тиісті бейіні бойынша техникалық және кәсіптік білім, жұмыс өтіліне талап қойылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-мастера не менее 5 лет;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Және (немесе) орташа біліктілік деңгейі болған кезде педагог-модератор үшін кемінде 3 жыл, педагог-сарапшы үшін кемінде 4 жыл, педагог – зерттеуші және педагог-шебер кемінде 5 жыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="00B44E84" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта – не менее 4 лет, педагога-исследователя не менее 5 лет.</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C35D2C">
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+        </w:rPr>
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1) педагог (без категории): </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-психолог</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қа қойылатын жалпы талаптарға сәйкес болуы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       владеть современными психологическими методиками; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      қазіргі заманғы психологиялық әдістерді білуі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      осуществлять диагностическую, коррекционную работу с детьми;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектеп жасына дейінгі балалармен диагностикалық, түзету жұмыстарын жүзеге асыруы,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       обеспечивать эмоциональное благополучие, эффективное развитие детей; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      балалардың эмоциялық саулығын, тиімді дамуын қамтамасыз етуі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлауы және ұйымдастыруы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      осуществлять психологическое просвещение педагогического коллектива и родителей;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      педагогикалық ұжым мен ата-аналарға психологиялық ағартуды жүзеге асыруы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       2) педагог – модератор: </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) "педагог – модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      должен соответствовать общим требованиям к квалификации "педагог" (без категории), а также:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог" (санаты жоқ) санатының жалпы талаптарына сәйкес болуы тиіс, сонымен қатар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       осуществлять работу с детьми с учетом индивидуально-психологических особенностей; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      жеке-психологиялық ерекшеліктерді ескере отырып, балалармен жұмысты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       организовывать работу в проблемных (нестандартных) ситуациях с детьми, педагогами, родителями; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      балалармен, педагогтармен, ата-аналармен проблемалық (стандартты емес) жағдайларда жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       обеспечивать и регулировать взаимоотношения взрослых с детьми; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ересектердің балалармен өзара қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасын қамтамасыз ету және реттеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       применять активные методы социальной адаптации; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      әлеуметтік бейімделудің белсенді әдістерін қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      оказывать консультативную помощь родителям и педагогам;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ата-аналар мен педагогтарға консультациялық көмек көрсету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) педагог - эксперт:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      должен соответствовать к квалификации "педагог-модератор", а также:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "педагог-модератор" санатына сәйкес болуы тиіс, сонымен қатар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      проводить психологическую диагностику различного профиля и предназначения, осуществлять индивидуальную работу с детьми;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      әртүрлі бейінде және бағытта психологиялық диагностика жүргізу, балалармен жеке жұмысты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      руководить творческой группой, участвовать в конференциях, семинарах по актуальным вопросам психолого – педагогической деятельности;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      шығармашылық топқа басшылық ету, психологиялық – педагогикалық қызметтің өзекті мәселелері бойынша конференцияларға, семинарларға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      разрабатывать рекомендации по психологической поддержке детей дошкольного возраста;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектеп жасына дейінгі балаларды психологиялық қолдау бойынша ұсынымдар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>      осуществлять наставничество и конструктивно определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщать опыт на уровне района/города;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымдары деңгейінде өзі және әріптестерінің кәсіби даму басымдықтарын конструктивті анықтау және тәлімгерлікті жүзеге асыру, аудан/қала деңгейінде тәжірибені жинақтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4) педагог-исследователь:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      должен соответствовать к квалификации "педагог-эксперт", а также:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" санатына сәйкес болуы тиіс, сонымен қатар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       самостоятельно разрабатывать психолого-педагогические программы по работе с детьми дошкольного возраста с учетом данных психологического обследования и диагностики, составлять психологическое заключение и проводить коррекционную работу; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      психологиялық тексеру мен диагностика деректерін ескере отырып, мектеп жасына дейінгі балалармен жұмыс бойынша психологиялық-педагогикалық бағдарламаларды дербес әзірлеу,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      разрабатывать методические пособия, учебно-методические комплексы;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      психологиялық қорытынды жасауы және түзету жұмыстарын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      внедрять инновационный опыт по организации психолого - педагогической работы;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      әдістемелік құралдар, оқу-әдістемелік кешендер әзірлеу; психологиялық - педагогикалық жұмысты ұйымдастыру бойынша инновациялық тәжірибені енгізу; мектепке дейінгі жастағы балаларды тәрбиелеу мен оқытуды ұйымдастыру бойынша педагогтарға көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      оказывать помощь педагогам по организации воспитания и обучения детей;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      психологиялық - педагогикалық қоғамдастықта аудан, қала деңгейінде тәлімгерлікті жүзеге асыру және даму стратегиясын конструктивті анықтау, Облыс / республикалық маңызы бар және астаналық қалалары деңгейінде тәжірибені жинақтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      осуществлять наставничество и конструктивно определять стратегии развития в психолого - педагогическом сообществе на уровне района, города, обобщать опыт на уровне области/городов республиканского значения и столицы;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) педагог-шебер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) педагог-мастер:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      педагог-зерттеуші біліктілік санатына қойылатын жалпы талаптарға сәйкес келу, сонымен қатар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      должен соответствовать к квалификации "педагог-исследователь", а также:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      облыстық, республикалық оқу-әдістемелік кеңесте мақұлданған, авторлық бағдарламасы немесе оқулықтарға, оқу-әдістемелік құралдарға авторлық (бірлескен автор) құқығы бар, ғылыми жобалау дағдыларын дамытуды қамтамасыз етуі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       иметь авторскую программу или являться автором (соавтором) изданных учебно-методических пособий, учебно-методических комплексов, получивших одобрение на Республиканском учебно-методическом совете; </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      тәлімгерлікті жүзеге асыруы және облыс/ республикалық маңызы бар және астаналық қалалары деңгейінде кәсіби қауымдастық желісін дамытуды жоспарлау,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области/городов республиканского значения и столицы;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      халықаралық және республикалық конкурстар мен олимпиадалардың қатысушысы болып табылуы немесе халықаралық немесе республикалық конкурстар мен олимпиадалардың қатысушыларын дайындау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00C35D2C">
+    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:p w:rsidR="00C35D2C" w:rsidRPr="00C35D2C" w:rsidRDefault="00C35D2C" w:rsidP="00BF329F">
+    <w:p w:rsidR="002D5996" w:rsidRDefault="003B4F53" w:rsidP="008726A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1770"/>
+      <w:r w:rsidRPr="000360A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі: </w:t>
+      </w:r>
+      <w:r w:rsidR="008726A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022 жылғы 12 сәуірден  2022 жылғы 20 сәуірге дейін.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A25A48" w:rsidRDefault="002D5996" w:rsidP="00A25A48">
+    <w:p w:rsidR="008726A2" w:rsidRDefault="008726A2" w:rsidP="008726A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D5996" w:rsidRDefault="002D5996" w:rsidP="00A25A48">
-[...9 lines deleted...]
-    <w:p w:rsidR="00646868" w:rsidRPr="002D5996" w:rsidRDefault="002D5996" w:rsidP="002D5996">
+    <w:p w:rsidR="008726A2" w:rsidRPr="000E6ECF" w:rsidRDefault="008726A2" w:rsidP="008726A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B44E84" w:rsidRDefault="00B44E84" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Құжаттар тізімі</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қа қатысуға ниет білдірген адам хабарландыруда көрсетілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00646868" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды қабылдау мерзімінде келесі құжаттарды электрондық немесе қағаз түрінде жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы Қағидаларға сәйкес нысан бойынша 10-қосымшаға қоса берілетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды құжат (идентификация үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы" Қазақстан Республикасы Денсаулық сақтау министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>індетін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына кандидаттың толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Перечень документов: </w:t>
-[...37 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
-[...266 lines deleted...]
-    <w:p w:rsidR="003E3EEA" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D5996">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001917EE" w:rsidRPr="002D5996" w:rsidRDefault="001917EE" w:rsidP="003E3EEA">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="851"/>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E3EEA">
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Пакет копии конкурсной документации можно </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A555E8">
+        <w:t xml:space="preserve">Конкурстық құжаттама көшірмелерінің пакетін 2022 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="008726A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3EEA">
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00683B59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәуі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E6ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00683B59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в срок </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00822C55" w:rsidRPr="003E3EEA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...251 lines deleted...]
-        <w:r w:rsidR="00481A44" w:rsidRPr="00E702C2">
+        <w:t xml:space="preserve">сағат 17.00 - ге дейінгі мерзімге қоса алғанда, Павлодар қаласы, Малайсары батыр көшесі, 41-қабылдау бөлмесі (1-қабат) мекенжайы бойынша және/немесе </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="003B4F53">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
-            <w:sz w:val="20"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sosh41@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003E3EEA" w:rsidRPr="00E702C2">
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00055391" w:rsidRPr="00E702C2">
+        </w:rPr>
+        <w:t>интернет-ресурста ұсынуға болады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E702C2" w:rsidRPr="00E702C2" w:rsidRDefault="00F410E4" w:rsidP="00E702C2">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E702C2">
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00912432" w:rsidRPr="00E702C2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конверттерге желімделген конкурсқа қатысуға конкурстық өтінімдер Павлодар облысының білім беру басқармасы, Павлодар білім беру бөлімінің «Павлодар қаласының № 41 денешынықтыру – сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» КММ-ға ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E702C2">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00602932" w:rsidRPr="00E702C2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00996AA2" w:rsidRDefault="00996AA2" w:rsidP="003E3EEA">
-[...333 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00753128" w:rsidRPr="00CA5DA6" w:rsidRDefault="003B4F53" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="7034" w:right="1303" w:firstLine="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00275389">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00753128" w:rsidRPr="00CA5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRPr="00B44E84" w:rsidRDefault="00753128" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="307" w:lineRule="auto"/>
+        <w:ind w:left="7782" w:right="1997"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRPr="00CA5DA6" w:rsidRDefault="008726A2" w:rsidP="00753128">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1035" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDME5NzHQMAALEGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVeo2SKk&#10;BVbacgA3cZqIxA6223RBnIEjcI2VEJyh3IjxJOm2XZAQIlKdcWb8zTcznunF5bYsyIYrnUsRUu/M&#10;pYSLWCa5WIX03WLeG1GiDRMJK6TgIb3jml5Onz65qKsJ92Umi4QrAiBCT+oqpJkx1cRxdJzxkukz&#10;WXEBylSqkhnYqpWTKFYDelk4vusOnFqqpFIy5lrD16hR0inipymPzds01dyQIqTAzeCqcF3a1Zle&#10;sMlKsSrL45YG+wcWJcsFON1DRcwwslb5I6gyj5XUMjVnsSwdmaZ5zDEGiMZzT6K5zVjFMRZIjq72&#10;adL/DzZ+s7lRJE+gdgElgpVQo93X3Y/dt909/r7v7n9+IaCETNWVnsCB2+pG2Vh1dS3j9xoUzpHG&#10;bjTYkGX9WiYAyNZGYna2qSrtSYibbLEId/si8K0hMXz0hsPx2O1TEoPO84dYI4dNurPxWpuXXCIO&#10;21xr05QwAQkLkLRRLKDcaVlANZ/3iEuGA7+PS1vyvZnXmT1zyMIlNfFH7vmpkd8ZIZbnBv7wt2Dn&#10;nZ0F8w/AIIBVR5FlHet4K1raIBFme8bFRFVS2wQtgFyXIUAAIxviH2zB96ltc6Z1oaAZTttAUQJt&#10;sGzCrZixzKwLK5I6pJgL+6GUG76QqDInpQMnD9pCHFrBccjcAatGDSesA7g3jYBOLdeD0go5z4sC&#10;a1sIS6XvjvqYGy2LPLFKy0ar1XJWKLJhtsHxscEA2JFZpbSJmM4aO1Q1MSu5Fgl6yThLrlrZsLxo&#10;ZAAqMOlwPdvc2IuKrf1p7I6vRlejoBf4g6te4EZR78V8FvQGc2/Yj86j2SzyPlvOXjDJ8iThwtLu&#10;xowX/F0btwOvGRD7QXMU3lEW5vg8zoJzTAOTBLF076YIXe82zb6UyR30sZLN3IQ5D0Im1UdKapiZ&#10;IdUf1kxxSopXAobS2AsCO2RxE/SHPmzUoWZ5qGEiBqiQGgo334oz0wzmdaXyVQaePKy3kC9gfqS5&#10;bXQcNA2rdgNzESNoZ7gdvId7tHr4p5n+AgAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlW&#10;eHrSExxtf/r9/cV68r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMm&#10;NiqFsORooY1xyLWWuiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I&#10;7SvG+Gl+HiuZ5KO29vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh&#10;/1cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDME5NzHQMAALEGAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAHcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRPr="00B44E84" w:rsidRDefault="00753128" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="8072" w:right="1144" w:hanging="1200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 8" o:spid="_x0000_s1029" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt1AMnGgMAAK8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaLYvbbpaNVuE&#10;tMBKWw7gOk4TkdjBdpsuiDNwBK6xEoIzlBsxtpNu2xUSQkSqM86Mv/lmxjO9uNxWJdowqQrBYxyc&#10;+RgxTkVa8FWM3y/mvRFGShOeklJwFuN7pvDl9Pmzi6aesFDkokyZRADC1aSpY5xrXU88T9GcVUSd&#10;iZpxUGZCVkTDVq68VJIG0KvSC31/4DVCprUUlCkFXxOnxFOLn2WM6ndZpphGZYyBm7artOvSrN70&#10;gkxWktR5QVsa5B9YVKTg4HQPlRBN0FoWT6CqgkqhRKbPqKg8kWUFZTYGiCbwT6K5y0nNbCyQHFXv&#10;06T+Hyx9u7mVqEhjDIXipIIS7b7tfu6+7x7s78fu4ddXNDJ5amo1AfO7+laaSFV9I+gHBQrvSGM2&#10;CmzQsnkjUsAjay1sbraZrMxJiBptbQnu9yVgW40ofBz4UdAfQ6Uo6IJwaCvkkUl3lq6VfsWExSGb&#10;G6VdAVOQbPrTNogFQGRVCbV82UM+CsKBW9qC782CzuyFhxY+atD4PIhOjcLOyGH5w2HfIp7a9Ts7&#10;AxYegEEAq44iyTvWdMtb2iAhYjrGt4mqhTIJWgC5LkOAAEYmxD/Ygu9TW3emdSGhFU6bQGIETbB0&#10;YdREG2bGhRFRE2ObC/OhEhu2EFalT0oHTh61JT+0guPHrJwaThgHcG+cYJ0argel5WJelKWtbckN&#10;lWHgD21ulCiL1CgNGyVXy1kp0YaY9raPCQbAjsxqqXRCVO7srMrFLMWap9ZLzkh63cqaFKWTAai0&#10;SYfr2ebGXFTb2J/H/vh6dD2KelE4uO5FfpL0ruazqDeYB8PzpJ/MZknwxXAOoklepCnjhnY3ZILo&#10;75q4HXduPOzHzFF4R1mY2+dpFrxjGjZJEEv3dkXoetc1+1Kk99DHUripCVMehFzITxg1MDFjrD6u&#10;iWQYla85jKRxEEVmxNpNdD4MYSMPNctDDeEUoGKsMdx8I860G8vrWharHDwFtt5cXMH8yArT6HbQ&#10;OFbtBqaijaCd4GbsHu6t1eP/zPQ3AAAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunb&#10;sz3R48yOZr/J1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6Djtto&#10;BJe4kKKGOsYulTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9Vmrx&#10;W533m2TzWr0ZNO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDM&#10;M3k9If8DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArdQDJxoDAACvBgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAA&#10;AAAAAAAAAAB0BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIEGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 7" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkLaNzGgMAAK8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVf9u0zAQ/h+Jd7D8J6jLj2bNGi2dpqZF&#10;SAMmrTyAmzhNRGIH2206EM/AI/AakxA8Q3kjznbStZ2QECJSnXPu/N13d77r5dW2rtCGCllyFmPv&#10;zMWIspRnJVvF+P1iPrjASCrCMlJxRmN8TyW+mjx/dtk2EfV5wauMCgQgTEZtE+NCqSZyHJkWtCby&#10;jDeUgTLnoiYKtmLlZIK0gF5Xju+6I6flImsET6mU8DWxSjwx+HlOU/UuzyVVqIoxcFNmFWZd6tWZ&#10;XJJoJUhTlGlHg/wDi5qUDJzuoRKiCFqL8glUXaaCS56rs5TXDs/zMqUmBojGc0+iuStIQ00skBzZ&#10;7NMk/x9s+nZzK1CZxTjEiJEaSrT7tvu5+757ML8fu4dfX1Go89Q2MgLzu+ZW6Ehlc8PTDxIUzpFG&#10;byTYoGX7hmeAR9aKm9xsc1HrkxA12poS3O9LQLcKpfBx5AbecAyVSkHn+aGpkEOi/my6luoV5QaH&#10;bG6ksgXMQDLpz7ogFgCR1xXU8uUAucjzR3bpCr4383qzFw5auKhF43MvODXyeyOL5Ybh0CCe2g17&#10;Ow3mH4BBAKueIil61umWdbRBQkR3jGsS1XCpE7QAcn2GAAGMdIh/sAXfp7b2TOdCQCucNoHACJpg&#10;acNoiNLMtAstojbGJhf6Q803dMGNSp2UDpw8ait2aAXHj1lZNZzQDuDeWME41VwPSsv4vKwqU9uK&#10;aSqh54YmN5JXZaaVmo0Uq+W0EmhDdHubRwcDYEdmjZAqIbKwdkZlYxZ8zTLjpaAkm3WyImVlZQCq&#10;TNLhena50RfVNPbnsTueXcwugkHgj2aDwE2SwfV8GgxGcy88T4bJdJp4XzRnL4iKMsso07T7IeMF&#10;f9fE3biz42E/Zo7CO8rC3DxPs+Ac0zBJglj6ty1C37u22Zc8u4c+FtxOTZjyIBRcfMKohYkZY/lx&#10;TQTFqHrNYCSNvSDQI9ZsgvPQh4041CwPNYSlABVjheHma3Gq7FheN6JcFeDJM/Vm/BrmR17qRjeD&#10;xrLqNjAVTQTdBNdj93BvrB7/Zya/AQAA//8DAFBLAwQUAAYACAAAACEAemcE1d8AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdUKVViFMBEhckqFo4cNwmGyc0XofYbdO/&#10;xznBcWZHs2/y9Wg7caLBt441zGcKBHHpqpaNhs+Pl7sVCB+QK+wck4YLeVgX11c5ZpU785ZOu2BE&#10;LGGfoYYmhD6T0pcNWfQz1xPHW+0GiyHKwchqwHMst51MlEqlxZbjhwZ7em6oPOyOVsPTt/1SavVT&#10;Xw6b+ea1fjNo3o3Wtzfj4wOIQGP4C8OEH9GhiEx7d+TKiy7qJI1bgob7NAExBdRyuQCxn5wFyCKX&#10;/ycUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAkLaNzGgMAAK8GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAHQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 6" o:spid="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlWe+nGgMAAK8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVf9u0zAQ/h+Jd7D8J6jLj2btWi2dpqZF&#10;SAMmrTyAmzhNhGMH2206EM/AI/AakxA8Q3kjznbStZ2QECJSnXPu/N13d77r5dW2YmhDpSoFj3Fw&#10;5mNEeSqykq9i/H4x711gpDThGWGC0xjfU4WvJs+fXTb1mIaiECyjEgEIV+OmjnGhdT32PJUWtCLq&#10;TNSUgzIXsiIatnLlZZI0gF4xL/T9gdcImdVSpFQp+Jo4JZ5Y/DynqX6X54pqxGIM3LRdpV2XZvUm&#10;l2S8kqQuyrSlQf6BRUVKDk73UAnRBK1l+QSqKlMplMj1WSoqT+R5mVIbA0QT+CfR3BWkpjYWSI6q&#10;92lS/w82fbu5lajMYjzAiJMKSrT7tvu5+757sL8fu4dfX9HA5Kmp1RjM7+pbaSJV9Y1IPyhQeEca&#10;s1Fgg5bNG5EBHllrYXOzzWVlTkLUaGtLcL8vAd1qlMLHgR8F/RFUKgVdEA5thTwy7s6ma6VfUWFx&#10;yOZGaVfADCSb/qwNYgEQecWgli97yEdBOHBLW/C9WdCZvfDQwkcNGp0H0alR2Bk5LH847FvEU7t+&#10;Z2fAwgMwCGDVUSRFxzrd8pY2SIiYjvFtomqhTIIWQK7LECCAkQnxD7bg+9TWnWldSGiF0yaQGEET&#10;LF0YNdGGmXFhRNTE2ObCfKjEhi6EVemT0oGTRy3jh1Zw/JiVU8MJ4wDujROsU8P1oLRczEvGbG0Z&#10;N1SGgT+0uVGClZlRGjZKrpZTJtGGmPa2jwkGwI7Maql0QlTh7KzKxSzFmmfWS0FJNmtlTUrmZABi&#10;NulwPdvcmItqG/vzyB/NLmYXUS8KB7Ne5CdJ73o+jXqDeTA8T/rJdJoEXwznIBoXZZZRbmh3QyaI&#10;/q6J23HnxsN+zByFd5SFuX2eZsE7pmGTBLF0b1eErnddsy9Fdg99LIWbmjDlQSiE/IRRAxMzxurj&#10;mkiKEXvNYSSNgigyI9ZuovNhCBt5qFkeaghPASrGGsPNN+JUu7G8rmW5KsBTYOvNxTXMj7w0jW4H&#10;jWPVbmAq2gjaCW7G7uHeWj3+z0x+AwAA//8DAFBLAwQUAAYACAAAACEAemcE1d8AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdUKVViFMBEhckqFo4cNwmGyc0XofYbdO/&#10;xznBcWZHs2/y9Wg7caLBt441zGcKBHHpqpaNhs+Pl7sVCB+QK+wck4YLeVgX11c5ZpU785ZOu2BE&#10;LGGfoYYmhD6T0pcNWfQz1xPHW+0GiyHKwchqwHMst51MlEqlxZbjhwZ7em6oPOyOVsPTt/1SavVT&#10;Xw6b+ea1fjNo3o3Wtzfj4wOIQGP4C8OEH9GhiEx7d+TKiy7qJI1bgob7NAExBdRyuQCxn5wFyCKX&#10;/ycUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAlWe+nGgMAAK8GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAHQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 5" o:spid="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.45pt;width:475.7pt;height:.1pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnw0oAGgMAAK8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVf9u0zAQ/h+Jd7D8J6jLj6btWi2dpmZF&#10;SAMmrTyAGztNRGIH2206EM/AI/AakxA8Q3kjznbStZ2QECJSnXPu/N13d77rxeW2KtGGSVUIHuPg&#10;zMeI8VTQgq9i/H4x751jpDThlJSCsxjfM4Uvp8+fXTT1hIUiFyVlEgEIV5OmjnGudT3xPJXmrCLq&#10;TNSMgzITsiIatnLlUUkaQK9KL/T9odcISWspUqYUfE2cEk8tfpaxVL/LMsU0KmMM3LRdpV2XZvWm&#10;F2SykqTOi7SlQf6BRUUKDk73UAnRBK1l8QSqKlIplMj0WSoqT2RZkTIbA0QT+CfR3OWkZjYWSI6q&#10;92lS/w82fbu5laigMR5gxEkFJdp92/3cfd892N+P3cOvr2hg8tTUagLmd/WtNJGq+kakHxQovCON&#10;2SiwQcvmjaCAR9Za2NxsM1mZkxA12toS3O9LwLYapfBx6EdBfwyVSkEXhCNbIY9MurPpWulXTFgc&#10;srlR2hWQgmTTT9sgFgCRVSXU8mUP+SgIh25pC743CzqzFx5a+KhB40EQnRqFnZHD8kejvkU8tet3&#10;dgYsPACDAFYdRZJ3rNMtb2mDhIjpGN8mqhbKJGgB5LoMAQIYmRD/YAu+T23dmdaFhFY4bQKJETTB&#10;0oVRE22YGRdGRE2MbS7Mh0ps2EJYlT4pHTh51Jb80AqOH7NyajhhHMC9cYJ1argelJaLeVGWtrYl&#10;N1RGgT+yuVGiLKhRGjZKrpazUqINMe1tHxMMgB2Z1VLphKjc2VmVi1mKNafWS84IvW5lTYrSyQBU&#10;2qTD9WxzYy6qbezPY398fX59HvWicHjdi/wk6V3NZ1FvOA9Gg6SfzGZJ8MVwDqJJXlDKuKHdDZkg&#10;+rsmbsedGw/7MXMU3lEW5vZ5mgXvmIZNEsTSvV0Rut51zb4U9B76WAo3NWHKg5AL+QmjBiZmjNXH&#10;NZEMo/I1h5E0DqLIjFi7iQajEDbyULM81BCeAlSMNYabb8SZdmN5XctilYOnwNabiyuYH1lhGt0O&#10;Gseq3cBUtBG0E9yM3cO9tXr8n5n+BgAA//8DAFBLAwQUAAYACAAAACEA1Hnf7t8AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidgJoS4lSAxAUJKgoHjtvEcULjdYjdNv17&#10;tid6nNnR7JtiOble7M0YOk8akpkCYajydUdWw9fny80CRIhINfaejIajCbAsLy8KzGt/oA+zX0cr&#10;uIRCjhraGIdcylC1xmGY+cEQ3xo/OowsRyvrEQ9c7nqZKjWXDjviDy0O5rk11Xa9cxqefty3Uovf&#10;5rhdJavX5s2ifbdaX19Njw8gopnifxhO+IwOJTNt/I7qIHrW6Zy3RA1Zeg/iFFBZdgdiw85tArIs&#10;5PmE8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBnw0oAGgMAAK8GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUed/u3wAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAHQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="171"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(керегінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 4" o:spid="_x0000_s1033" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:475.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmtwbUHQMAAK8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0Wy7rTZdrZoW&#10;IS2w0pYDuInTRDh2sN2mC+IMHIFrrITgDOVGjO2k23aFhBCVmtqZ8Zv3ZjzTy6ttxdCGSlUKHuPg&#10;zMeI8lRkJV/F+P1i3rvASGnCM8IEpzG+pwpfTZ4/u2zqMQ1FIVhGJQIQrsZNHeNC63rseSotaEXU&#10;magpB2MuZEU0bOXKyyRpAL1iXuj7A68RMqulSKlS8DZxRjyx+HlOU/0uzxXViMUYuGn7lPa5NE9v&#10;cknGK0nqokxbGuQfWFSk5BB0D5UQTdBalk+gqjKVQolcn6Wi8kSelym1GkBN4J+ouStITa0WSI6q&#10;92lS/w82fbu5lajMYhxhxEkFJdp92/3cfd892O+P3cOvrygyeWpqNQb3u/pWGqWqvhHpBwUG78hi&#10;Ngp80LJ5IzLAI2stbG62uazMSVCNtrYE9/sS0K1GKbwc+FHQH0GlUrAF4dBWyCPj7my6VvoVFRaH&#10;bG6UdgXMYGXTn7UiFgCRVwxq+bKHfBSEA/doC753Czq3Fx5a+KhBo/PAqoVS7p3Czslh+cNh3yKe&#10;gvU7PwMWHoCBgFVHkRQd63TLW9qwQsR0jG8TVQtlErQAcl2GAAGcjMQ/+ELsU193pg0hoRVOm0Bi&#10;BE2wdDJqog0zE8IsURNjmwvzohIbuhDWpE9KB0EerYwfesHxY1bODCdMALg3bmGDGq4HpeViXjJm&#10;a8u4oTIM/KHNjRKszIzRsFFytZwyiTbEtLf9GDEAduRWS6UTogrnZ01OsxRrntkoBSXZrF1rUjK3&#10;BiBmkw7Xs82Nuai2sT+P/NHsYnYR9aJwMOtFfpL0rufTqDeYB8PzpJ9Mp0nwxXAOonFRZhnlhnY3&#10;ZILo75q4HXduPOzHzJG8oyzM7edpFrxjGjZJoKX7dUXoetc1+1Jk99DHUripCVMeFoWQnzBqYGLG&#10;WH1cE0kxYq85jKRREEVmxNpNdD4MYSMPLctDC+EpQMVYY7j5ZjnVbiyva1muCogU2HpzcQ3zIy9N&#10;o9tB41i1G5iKVkE7wc3YPdxbr8f/mclvAAAA//8DAFBLAwQUAAYACAAAACEA7PnuYt8AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidgNoqxKkAiQsSVBQOHLex44TG6xC7&#10;bfr3bE9wnNnR7LxyNfleHOwYu0AaspkCYakOpiOn4fPj+WYJIiYkg30gq+FkI6yqy4sSCxOO9G4P&#10;m+QEl1AsUEOb0lBIGevWeoyzMFjiWxNGj4nl6KQZ8cjlvpe5UnPpsSP+0OJgn1pb7zZ7r+Hx238p&#10;tfxpTrt1tn5pXh26N6f19dX0cA8i2Sn9heE8n6dDxZu2YU8mip51PmeWpOE2Y4RzQC0WdyC27OQK&#10;ZFXK/wjVLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmtwbUHQMAAK8GAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDs+e5i3wAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAAHcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="1144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:group id="Группа 2" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxF2hKhAIAAGYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNFu2yAUfZ+0f0B+T20nXtpYdaopTvrS&#10;bZW6fQABbKNhQEDjVNOkSfuE/cj+YL/Q/tEu4KZr+1J1iYSBe7mce869nJ7te4F2zFiuZJXkR1mC&#10;mCSKctlWyZfPm8lJgqzDkmKhJKuSG2aTs+XbN6eDLtlUdUpQZhAEkbYcdJV0zukyTS3pWI/tkdJM&#10;grFRpscOlqZNqcEDRO9FOs2yeTooQ7VRhFkLu3U0JssQv2kYcZ+axjKHRJUANhdGE8atH9PlKS5b&#10;g3XHyQgDvwJFj7mESw+hauwwujb8WaieE6OsatwRUX2qmoYTFnKAbPLsSTbnRl3rkEtbDq0+0ATU&#10;PuHp1WHJx92lQZxWyTRBEvcg0e2vux93P2//wP83mnqGBt2W4Hhu9JW+NDFNmF4o8tWCOX1q9+s2&#10;OqPt8EFRiIqvnQoM7RvT+xCQO9oHIW4OQrC9QwQ251mRzxagFwHb8Xw66kQ6EPPZIdKtx2OLd3kR&#10;z+QBd4rLeFtAOCLy6UCt2Qc67f/RedVhzYJK1rM00gkIRj4vuGRoFnkMHit5aQKrtrTA5wspmsda&#10;vacIcp3FXAM5h1RxqY1150z1yE+qRMD1gXi8u7DOy/Xg4nWQasOFgH1cCokG4DvPjsMBqwSn3uht&#10;1rTblTBoh30nhZ8HBMEeufk7a2y76BdMETeUsqThlo5huh7nDnMR5xBISH8RJAg4x1nsoW+LbLE+&#10;WZ8Uk2I6X0+KrK4n7zerYjLf5Mfv6lm9WtX5d485L8qOU8qkh33fz3nxMoHHlyV24qGjD/ykj6OH&#10;3AHs/TeAhkKLosYq2yp6E7QO+1Bz4OybA5o5HBsfHv9a/LsOXg/P4/IvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAv9a+IdoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kWtGY&#10;TSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSI&#10;yBZbz2TgTAGWxeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5J7&#10;7bBhWaixo3VN5XF7cgZeRxxXt+nzsDke1uev3eLtc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1&#10;II/EXxXvcZHegdpLaA66yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcRdoSoQC&#10;AABmBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAv9a+&#10;IdoAAAADAQAADwAAAAAAAAAAAAAAAADeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;">
+            <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlKlZ+sEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYTezK4WpUQ3QQst&#10;tTdtoTkO2TEJZmdjdmvSf98tFLzN433ONh9tK27U+8axhkWiQBCXzjRcafj8eJk/gfAB2WDrmDT8&#10;kIc8m062mBo38JFup1CJGMI+RQ11CF0qpS9rsugT1xFH7ux6iyHCvpKmxyGG21YulVpLiw3Hhho7&#10;eq6pvJy+rYZzcf0KxapQh3eSbnzcezW8llo/zMbdBkSgMdzF/+43E+cv4e+XeIDMfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokeweight=".19742mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="48" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="2144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3098"/>
+        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="4409"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="35" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10609"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="46" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10697"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="171"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="008726A2" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 1" o:spid="_x0000_s1034" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAv9CGDHAMAALMGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzue222na1alqE&#10;tMBKWw7gOk4TkdjBdpsuiDNwBK6xEoIzlBsxtpNu2xUSQlRqamfGb96b8Uwvr7ZViTZMqkLwMQ7O&#10;fIwYpyIt+GqM3y/mvQuMlCY8JaXgbIzvmcJXk+fPLpt6xEKRizJlEgEIV6OmHuNc63rkeYrmrCLq&#10;TNSMgzETsiIatnLlpZI0gF6VXuj7fa8RMq2loEwpeJs4I55Y/CxjVL/LMsU0KscYuGn7lPa5NE9v&#10;cklGK0nqvKAtDfIPLCpScAi6h0qIJmgtiydQVUGlUCLTZ1RUnsiygjKrAdQE/omau5zUzGqB5Kh6&#10;nyb1/2Dp282tREUKtcOIkwpKtPu2+7n7vnuw3x+7h19fUWDy1NRqBO539a00SlV9I+gHBQbvyGI2&#10;CnzQsnkjUsAjay1sbraZrMxJUI22tgT3+xKwrUYUXvajYT86P8eIgi0IB7ZCHhl1Z+la6VdMWByy&#10;uVHaFTCFlU1/2opYQLGzqoRavuwhHwVh3z3agu/dQLVze+GhhY8aFPj+IDr1CjsvBxZEUWQhT/2i&#10;zs+ghYdoIGHVkSR5x5tueUscVoiYnvFtqmqhTIoWQK/LESCAkxH5B18IfurrzrQhJDTDaRtIjKAN&#10;lk5HTbRhZkKYJWqgAjYb5k0lNmwhrE2fVA+iPFpLfujlzh/ycnY4YkLA3XELG9awPSgvF/OiLG19&#10;S27IDAJ/YLOjRFmkxmjoKLlaTkuJNsS0uP0YOQB25FZLpROicudnTU61FGue2ig5I+msXWtSlG4N&#10;QKVNO1zRNjvmstrm/jz0h7OL2UXci8P+rBf7SdK7nk/jXn8eDM6TKJlOk+CL4RzEo7xIU8YN7W7Q&#10;BPHfNXI78tyI2I+aI3lHWZjbz9MseMc0bJJAS/fritD1r2v4pUjvoZelcJMTJj0sciE/YdTA1Bxj&#10;9XFNJMOofM1hLA2DODZj1m7i80EIG3loWR5aCKcANcYaw903y6l2o3ldy2KVQ6TA1puLa5ghWWGa&#10;3Q4bx6rdwGS0Ctopbkbv4d56Pf7XTH4DAAD//wMAUEsDBBQABgAIAAAAIQBON6mw3gAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9LSwNBEITvgv9haMGbmX1AkHVngwQVBFGMwfNkp7OzOK/MTDar&#10;v97OSY/VXVR91a5ma9iEMY3eCSgXBTB0vVejGwRsPx5vboGlLJ2SxjsU8I0JVt3lRSsb5U/uHadN&#10;HhiFuNRIATrn0HCeeo1WpoUP6Oi399HKTDIOXEV5onBreFUUS27l6KhBy4Brjf3X5mip5DUG/fN2&#10;eD58hqftyM3+4WU9CXF9Nd/fAcs45z8znPEJHTpi2vmjU4kZ0tWStmQBdUkTzoayrmtgO7pUBfCu&#10;5f8ndL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL/QhgxwDAACzBgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATjepsN4AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAB2BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIEGAAAAAA==&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:before="55" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="1935"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRPr="0024522E" w:rsidRDefault="00753128" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="52"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRDefault="00753128" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="304" w:lineRule="auto"/>
+        <w:ind w:right="2629"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00753128" w:rsidRPr="0024522E" w:rsidRDefault="00753128" w:rsidP="00753128">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="304" w:lineRule="auto"/>
+        <w:ind w:right="2629"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0024522E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10679"/>
+        </w:tabs>
+        <w:spacing w:before="95"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="102"/>
+          <w:sz w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:before="49"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="102"/>
+          <w:sz w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6555"/>
+        </w:tabs>
+        <w:spacing w:before="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B4F53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="3684"/>
+        <w:gridCol w:w="2959"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="192"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1710"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="357"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сырттай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:right="916"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кандидаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1756"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="237"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог" біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="579"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-ге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-нен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003B4F53" w:rsidRPr="003B4F53">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1040" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="3684"/>
+        <w:gridCol w:w="2959"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="534"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагогика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-қа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-қа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-ке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-модератор"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагогика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="820"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1059"/>
+              </w:tabs>
+              <w:spacing w:before="133"/>
+              <w:ind w:right="346"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-сарапшы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-нен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагогика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-зерттеуші"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70-тен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>80-нен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1068"/>
+                <w:tab w:val="left" w:pos="1717"/>
+              </w:tabs>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагогика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30-дан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60-тан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін=6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:spacing w:before="13" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="290"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-шебер"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1211"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="159"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="159"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктілігі/Санаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="159"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Куәлік,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="654"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-модератор-3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:line="295" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003B4F53" w:rsidRPr="003B4F53">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="3684"/>
+        <w:gridCol w:w="2959"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="865"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="509"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1183"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:right="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1352"/>
+                <w:tab w:val="left" w:pos="1421"/>
+              </w:tabs>
+              <w:spacing w:before="65" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="197" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:right="312"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="87"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"өте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жақсы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"жақсы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1277"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="87"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="25"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="3593"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="157"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="274"/>
+                <w:tab w:val="left" w:pos="1651"/>
+                <w:tab w:val="left" w:pos="2299"/>
+              </w:tabs>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>грамоталары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="327"/>
+                <w:tab w:val="left" w:pos="328"/>
+                <w:tab w:val="left" w:pos="1578"/>
+                <w:tab w:val="left" w:pos="2078"/>
+                <w:tab w:val="left" w:pos="2135"/>
+              </w:tabs>
+              <w:spacing w:before="25" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="248"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="155" w:hanging="118"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2011"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="84"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстардың жүлдегерлері-0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2011"/>
+              </w:tabs>
+              <w:spacing w:before="24" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="152"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүлдегерлері-3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="152"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысушысы-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>– 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Қазақстанның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұстазы" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="417"/>
+                <w:tab w:val="left" w:pos="1617"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="331"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(немесе)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӘК авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторы –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1201"/>
+                <w:tab w:val="left" w:pos="1424"/>
+              </w:tabs>
+              <w:spacing w:before="25" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="109"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(немесе)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1925"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="839"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003B4F53" w:rsidRPr="003B4F53">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="1839"/>
+        <w:gridCol w:w="1844"/>
+        <w:gridCol w:w="2958"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:ind w:right="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс/қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шетел/орыс,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="86"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="87"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="008726A2" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="569"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(қазақ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаты,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="1672"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="139"/>
+              <w:ind w:right="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="139"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3683" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="28"/>
+              <w:ind w:right="2954"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:right="2954"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1029"/>
+                <w:tab w:val="left" w:pos="2292"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="99"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>"Python-да</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негіздері",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Microsoft-пен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2958" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="273" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidTr="00810459">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8880"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="00373625">
-[...142 lines deleted...]
-    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="00373625">
+    <w:p w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidRDefault="003B4F53" w:rsidP="003B4F53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...63 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="00373625">
-[...7045 lines deleted...]
-    <w:sectPr w:rsidR="00275389" w:rsidRPr="001917EE" w:rsidSect="00E702C2">
+    <w:sectPr w:rsidR="003B4F53" w:rsidRPr="003B4F53" w:rsidSect="00E702C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -10426,50 +20551,2407 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0C024E34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7A60CBA"/>
+    <w:lvl w:ilvl="0" w:tplc="92E4D7D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C142BC7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E6F00F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A5F099BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2D8CDBDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="61B86002">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A6523332">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="682CD8EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A2703F34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="138C1A3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B07ADE5A"/>
+    <w:lvl w:ilvl="0" w:tplc="B2FC0D10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="219"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="4"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="83143D1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6E6479AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6312142A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EB945398">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="440263DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8210100E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3FECA842">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8828ECCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="15656FE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDC882C4"/>
+    <w:lvl w:ilvl="0" w:tplc="32EA90E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1365" w:hanging="386"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="93D02B3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1574" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D82A0C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5FB06534">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2003" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D206DC56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2218" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="489275A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="204A284A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2647" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1A5C998C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2861" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="129A1662">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3076" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="17803773"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0324F358"/>
+    <w:lvl w:ilvl="0" w:tplc="19063D5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="313"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5ED46E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1B0E420E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8D522EB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CD20E63E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7DC0AEEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CAF80936">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D5884A02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AD204668">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1A130F5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="495245FC"/>
+    <w:lvl w:ilvl="0" w:tplc="58F07A56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D4DECF9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E876A950">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="09C8A2FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BCCB6B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53CAC1CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="25C8C5CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="24F2DD4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="483ED312">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1A457FC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6F4A44A"/>
+    <w:lvl w:ilvl="0" w:tplc="14CC3A16">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E318C5A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7EF2AC6C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5C605636">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F224E7B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E1C849FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F7C4CF92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1F00DFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="300E0B2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1A8876DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA12C820"/>
+    <w:lvl w:ilvl="0" w:tplc="F1804432">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C150CDC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D908B8CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1324B6B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6598EDEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0BB20A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B0C61184">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="498C1502">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A125320">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="204247D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B5C12DA"/>
+    <w:lvl w:ilvl="0" w:tplc="9AA40902">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBA0E7E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4067FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="47DE9210">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F9A83E4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4F56F880">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="125A6680">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C8A07A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A8216E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="21474DC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE3AD5D0"/>
+    <w:lvl w:ilvl="0" w:tplc="21D663B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="298"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="13D895CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="357"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7D96484C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EE84025A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A2C611F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A2843FF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4F643BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4C827624">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9F8AEC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="239375F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E2859E2"/>
+    <w:lvl w:ilvl="0" w:tplc="9CB8B1FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="121052D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="240C2820">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C4E632B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0AF26164">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AF6AFED8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="37B0A54A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="95CC2B00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="00DEB5F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="29986500"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6D62F50"/>
+    <w:lvl w:ilvl="0" w:tplc="945C2D78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="324"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9D4AAA24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B1A0D6B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EBEA27C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F4B2D890">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8EFCE398">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FA2642A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9F4A4D94">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8324627E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="34795336"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18303A92"/>
+    <w:lvl w:ilvl="0" w:tplc="3CCCB8CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="102"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A4DCF596">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="06CC397E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="07E6600A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2673" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DF2AF504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3618915E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5006" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6E9CC796">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6173" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="49521D90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7340" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A30E386">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8506" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="34887EDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC0667C4"/>
+    <w:lvl w:ilvl="0" w:tplc="43CAF752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B8703E06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B8FE6EE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4D0AF90C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D83E6D18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A06CBB28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9BC43CCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="19DC7388">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CB6A510C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="3F624AF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2332886A"/>
+    <w:lvl w:ilvl="0" w:tplc="EA30C39E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="194E0558">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="403" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7EF01E2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="766" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="24A42ECC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1130" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CACEF402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1493" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B2439C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1857" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="16E4AFDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6936BEF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2583" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="69AC86DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2947" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="49C07F0B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2FD20642"/>
+    <w:lvl w:ilvl="0" w:tplc="79E4BCFE">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="189" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="03669C4A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="433" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="45BE14E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="687" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="631A3C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="940" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4E8CCC78">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1194" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A0FC913C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1448" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="177E8BC2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="218C6ADC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1955" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EDD6C78C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2208" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="54BD2404"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6084076"/>
+    <w:lvl w:ilvl="0" w:tplc="5AEEDCAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E848915E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6ECCFFC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D688AA06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34E0C628">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7586201A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EDD808C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1EAC0DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F5F67B0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="580D2E4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4309B50"/>
+    <w:lvl w:ilvl="0" w:tplc="BA2A603C">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="36585DC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C5C6940">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="53B22E26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CF36C72C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A0FC4BE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F0048A6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="389E6FF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FEAC9064">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="5B8A02FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="270A2BAA"/>
+    <w:lvl w:ilvl="0" w:tplc="9FEA68B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B0402552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="442E2A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F536A3AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DB2A5320">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4FF4C674">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DF960E1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E5629FC2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4C4A1A9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="5C0B6401"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C1C037E"/>
+    <w:lvl w:ilvl="0" w:tplc="46324B1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:w w:val="101"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="886E8E84">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1390" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C1E635B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2440" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7F02EE96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3490" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6F9C254C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4540" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="440840B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5590" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EDA0CC86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED5C8C3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7690" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="84149566">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8740" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="684457E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="806632B2"/>
+    <w:lvl w:ilvl="0" w:tplc="29F03414">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="289" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6506FBC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="99725532">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="767" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D916BE6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1010" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2ECE13F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1254" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="392A925A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1498" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2A94B32A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1741" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F2089D2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BAD64CF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2228" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10518,263 +23000,690 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="70E84348"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA5EF1FE"/>
+    <w:lvl w:ilvl="0" w:tplc="3EA0ED70">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="337" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="2"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="96EEC97C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2EE0A49A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="595" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="11066A62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="723" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BDE8FA2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="45427CCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="979" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0694BD80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1107" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="484010F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1235" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="697AE1E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1363" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="72D65494"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CD8AE3A6"/>
+    <w:lvl w:ilvl="0" w:tplc="06540F32">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="300"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="49628388">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="344"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="82B4CB04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="05D41564">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1BDAC35E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="60668378">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01B82828">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F7F2B730">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2D30DA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="7C7D0EFB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0BE54D4"/>
+    <w:lvl w:ilvl="0" w:tplc="D1543134">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="3"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E3024312">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7C1261C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8C0E5A68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C6CCFDB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2EC25716">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7FB49334">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DC88FC18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E8F815B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E6ECF"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="002652B2"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
-    <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B4F53"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00417AB2"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E3A77"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
@@ -10800,123 +23709,125 @@
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00683B59"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="00753128"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007F39A0"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="008726A2"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C4B16"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
@@ -10925,210 +23836,209 @@
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25A48"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B44E84"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA130D"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB0665"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71A7F"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E92F1E"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC1328"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
@@ -11143,128 +24053,132 @@
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1036"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule1" type="connector" idref="#Line 3"/>
+      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -11416,57 +24330,150 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003B4F53"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Нет списка11"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003B4F53"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003B4F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B4F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003B4F53"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B4F53"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -11620,111 +24627,85 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="335617763">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1852522105">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11975,79 +24956,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAADD766-1E04-4760-906C-5C43851E3C8E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A999F0-A849-4026-8E24-8F3E9955034F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2656</Words>
-  <Characters>15144</Characters>
+  <Words>2603</Words>
+  <Characters>14838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>123</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17765</CharactersWithSpaces>
+  <CharactersWithSpaces>17407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>