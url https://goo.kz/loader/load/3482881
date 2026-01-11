--- v0 (2025-12-12)
+++ v1 (2026-01-11)
@@ -2,20220 +2,10533 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002C49B2" w:rsidRPr="002C49B2" w:rsidRDefault="002C49B2" w:rsidP="006B583A">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="003E3EEA" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C49B2">
+    </w:p>
+    <w:p w:rsidR="00F410E4" w:rsidRPr="00BF329F" w:rsidRDefault="00F410E4" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурс туралы хабарландыру</w:t>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Объявление о конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="00BF329F" w:rsidRDefault="003E3EEA" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C49B2">
+    </w:p>
+    <w:p w:rsidR="00F56B91" w:rsidRPr="00BF329F" w:rsidRDefault="00F56B91" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование организации образования: </w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005621FC" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Білім беру ұйымының атауы: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00773160">
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местонахождение: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B940DA" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республика Казахстан, 14001</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60CA1" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Павлод</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арская область</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, город Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60CA1" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Малайсары батыра</w:t>
+      </w:r>
+      <w:r w:rsidR="00430029" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">строение </w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00430029" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон - 8(7182) 500337, адрес электронной почты - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00481A44" w:rsidRPr="00BF329F">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sosh41@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F410E4" w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар білім беру бөлімінің «Павлодар қаласының № 41 денешынықтыру – сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» КММ</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...100 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA5364" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>аралас (қазақ</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Наименование вакантной должности: </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C11EF" w:rsidRPr="00E07EA1">
+        <w:t xml:space="preserve">логопед </w:t>
+      </w:r>
+      <w:r w:rsidR="00E73552" w:rsidRPr="00E73552">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E33C6B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00456CEA" w:rsidRPr="00E73552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="002658FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>о смешанным</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C11EF">
+      <w:r w:rsidR="008C0E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тілінде оқытатын логопед</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="008C0E1A">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="002658FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">– 1 </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мөлшерлеме</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA5364" w:rsidRPr="00BF329F">
+        <w:t>1 ставка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C49B2" w:rsidRPr="000360A8" w:rsidRDefault="002C49B2" w:rsidP="002C49B2">
+    <w:p w:rsidR="008D6A9A" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00866144">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Основные функциональные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A9A" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A9A" w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ; обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA5364" w:rsidRPr="00BF329F" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E0EB1" w:rsidRPr="00406C82" w:rsidRDefault="00AA5364" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Негізгі функционалдық міндеттері</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00406C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Размер и условия оплаты труда</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0EB1" w:rsidRPr="00406C82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00406C82" w:rsidRDefault="00406C82" w:rsidP="00406C82">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- среднее специальное  образование до 1 года 143947 тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00406C82" w:rsidRDefault="00406C82" w:rsidP="00406C82">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- высшее образование со стажем работы до одного года: 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>77766</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF329F" w:rsidRDefault="008D6A9A" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF329F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные требования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осуществляет оценку особых образовательных потребностей с учетом физического, психического, речевого, неврологического статуса обучающегося, проводит обследование речевого и психофизического развития, ведет и анализирует документацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1838"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Планирует и осуществляет организованную учебную деятельность в соответствии с Типовыми учебными программами и рекомендациями психолого-медико-педагогических консультаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1839"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осуществляет развивающую работу с детьми с особыми образовательными потребностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1840"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Разрабатывает индивидуальные учебные, индивидуально-развивающие программы на основе Типовой учебной программы, осуществляет психолого-педагогическое сопровождение детей с ограниченными возможностями в различных образовательных условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1841"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Обеспечивает взаимодействие с учителями и другими специалистами, осуществляет групповую и индивидуальную деятельность по преодолению и компенсации нарушенных функций, развитию и социализации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми образовательными потребностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z1842"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Способствует реализации принципа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инклюзивности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z1843"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Консультирует педагогов, родителей обучающихся или лиц, их заменяющих, по применению специальных методов и приемов обучения и воспитания оказания помощи детям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z1844"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Оказывает специальную психолого-педагогическую помощь детям с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z1845"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Способствует формированию общей культуры личности, использует разнообразные формы, образовательные технологии, приемы, методы и средства обучения в соответствии с требованиями Стандарта начального, основного среднего и общего среднего образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z1846"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Реализует типовые адаптированные, специальные индивидуальные учебные программы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z1847"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Реализует концепцию "Образование, основанное на ценностях".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z1848"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Повышает свою профессиональную компетентность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z1849"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Участвует в заседаниях методических советов, методических объединений, сетевых сообществ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z1850"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ведет необходимую документацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z1851"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Проводит работу по формированию толерантного отношения общества к лицам с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z1852"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Соблюдает правила по безопасности и охране труда, противопожарной защиты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z1853"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обеспечивает охрану жизни, здоровья и прав детей в период образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z1854"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Конституцию Республики Казахстан, Трудовой Кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О социальной медико-педагогической и коррекционной поддержке детей с ограниченными возможностями", "О статусе педагога" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z1856"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственные стандарты специальных социальных услуг для детей, оказавшихся в трудной жизненной ситуации, возрастную и специальную педагогику и психологию, клинические основы специальной педагогики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z1857"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      методы и приемы предупреждения и исправления отклонений в развитии обучающихся и воспитанников, достижения специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z1858"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      правила по безопасности и охране труда, противопожарной защиты, санитарные правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z1859"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z1860"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      высшее и (или) послевузовское педагогическое образование по направлению "Специальная педагогика" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z1861"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-модератора не менее 3 лет, для педагога-эксперта – не менее 4 лет, педагога-исследователя не менее 5 лет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ля педагога-мастера – 6 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z1862"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      67. Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z1863"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z1864"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к специальному педагогу, владеть методами оценки особых образовательных потребностей, методами и технологиями, направленными на максимальную компенсацию отклонений в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z1865"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       владеть передовыми технологиями обучения и воспитания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, имеющих особые образовательные потребности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z1866"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      принимать участие в работе методических объединений организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z1867"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей развития детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z1868"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      способствовать формированию общей культуры детей и его социализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z1869"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       принимать участие в мероприятиях на уровне организации образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z1870"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       осуществлять индивидуальный и дифференцированный подход в воспитании и обучении с учетом потребностей детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z1871"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       владеть навыками профессионально-педагогического диалога; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z1872"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z1873"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) педагог – модератор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z1874"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям к квалификации "педагог" (без категории), а также использовать современные методы диагностики и коррекции отклонений в развитии воспитанников, обобщать опыт на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z1875"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) педагог - эксперт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z1876"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям к квалификации "педагог – модератор", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z1877"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       использовать методы и приемы предупреждения и преодоления отклонений в развитии детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z1878"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      обеспечивать сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z1879"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      изучать и внедрять инновационный педагогический опыт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z1880"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      владеть навыками анализа организованной учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z1881"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и конструктивно определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщать опыт на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z1882"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) педагог-исследователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z1883"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям к квалификации "педагог – эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z1884"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       использовать новейшие достижения специального образования обеспечивать взаимодействие с другими организациями по направлению деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z1885"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      разрабатывать учебно-методические и дидактические материалы, педагогические технологии, методики обучения и воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z1886"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       вести работу по их апробации, составлять экспериментальные задания по своему предмету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z1887"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      руководить творческими группами по разработке актуальных проблем в области специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z1888"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      иметь публикации в педагогических изданиях по проблемам специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z1889"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      уметь разрабатывать инструменты оценивания и мониторинга образовательного и развивающего процесса в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z1890"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z1891"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       обобщать передовой педагогический опыт работы на уровне области/городов республиканского значения и столицы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z1892"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      иметь публикации в психолого-педагогических изданиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z1893"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) педагог-мастер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z1894"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог – исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z1895"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      внедрять новейшие достижения специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z1896"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или являться автором (соавтором) изданных программ, учебно-методических пособий, получивших одобрение на Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z1897"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и принимать участие в развитии сети профессионального сообщества дефектологов на уровне области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="0056645A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z1898"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="0056645A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      являться участником республиканских и международных профессиональных конкурсов, утвержденных уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="0056645A" w:rsidRPr="0056645A" w:rsidRDefault="0056645A" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF329F" w:rsidRDefault="002D5996" w:rsidP="008C0E1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z1770"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00276D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F347B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00581276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года  по </w:t>
+      </w:r>
+      <w:r w:rsidR="00F347B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00276D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00274891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D5996" w:rsidRDefault="002D5996" w:rsidP="00BF329F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00646868" w:rsidRPr="002D5996" w:rsidRDefault="002D5996" w:rsidP="002D5996">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidR="00D34FF7" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Лица, и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00646868" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зъявивш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00646868" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- арнайы орта білім 1 жылға дейін 143947 теңге</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00646868" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z51"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z52"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z53"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z54"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z55"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00024BDF" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="001917EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="002D5996" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9) сертификат Национального квалификационного тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00602932" w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- бір жылға дейінгі жұмыс өтілі бар жоғары білім: 177766 теңге.</w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2097 lines deleted...]
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3EEA" w:rsidRDefault="003E3EEA" w:rsidP="003E3EEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+      <w:r w:rsidRPr="002D5996">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001917EE" w:rsidRPr="002D5996" w:rsidRDefault="001917EE" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E702C2" w:rsidRPr="00E702C2" w:rsidRDefault="00F410E4" w:rsidP="00E702C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E66692">
-[...7 lines deleted...]
-      <w:r w:rsidR="00955F6D">
+      <w:r w:rsidRPr="003E3EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пакет копии конкурсной документации можно </w:t>
+      </w:r>
+      <w:r w:rsidR="00A555E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>предоставить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в срок </w:t>
+      </w:r>
+      <w:r w:rsidR="00822C55" w:rsidRPr="003E3EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E3EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="001917EE" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2BA9" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8716B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00274891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F347B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="66" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidR="00240042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00274891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8716B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7C30" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8716B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D2FB7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E702C2" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r w:rsidR="001917EE" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>включительно по адресу: г. Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7003" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00577E4B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="00E702C2" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сәуір</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00423592" w:rsidRPr="00E66692">
+        <w:t>Малайсары батыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E4B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E4B" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E702C2" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00577E4B" w:rsidRPr="00E702C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E66692">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00E66692">
+      <w:r w:rsidR="001917EE" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>приемная (1 этаж)</w:t>
+      </w:r>
+      <w:r w:rsidR="003B10DA" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D974D0" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и/или на</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3EEA" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D974D0" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D974D0" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000473DC" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00481A44" w:rsidRPr="00E702C2">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-[...2 lines deleted...]
-            <w:u w:val="single"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sosh41@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E66692">
-[...6 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="003E3EEA" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00055391" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E66692">
-[...17 lines deleted...]
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+    </w:p>
+    <w:p w:rsidR="00E702C2" w:rsidRPr="00E702C2" w:rsidRDefault="00F410E4" w:rsidP="00E702C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E66692">
+      <w:r w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки на участие в конкурсе, запечатанные в конверты, представляются</w:t>
+      </w:r>
+      <w:r w:rsidR="00912432" w:rsidRPr="00E702C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конверттерге желімделген конкурсқа қатысуға конкурстық өтінімдер Павлодар облысының білім беру басқармасы, Павлодар білім беру бөлімінің «Павлодар қаласының № 41 денешынықтыру – сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» КММ-ға ұсынылады.</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00602932" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+      <w:r w:rsidR="008E7003" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00481A44" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» отдела образования города Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="00E702C2" w:rsidRPr="00E702C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, управления образования Павлодарской области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00996AA2" w:rsidRDefault="00996AA2" w:rsidP="003E3EEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="003E3EEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00525C87" w:rsidRPr="00CA5DA6" w:rsidRDefault="00E66692" w:rsidP="00525C87">
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRDefault="0056645A" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRDefault="0056645A" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRDefault="0056645A" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRDefault="0056645A" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0056645A" w:rsidRDefault="0056645A" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F36FB3" w:rsidRDefault="00F36FB3" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="003E3EEA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002E4AFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру</w:t>
-[...1655 lines deleted...]
-        <w:t>кейінгі</w:t>
+        <w:t xml:space="preserve">Приложение 10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002E4AFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002E4AFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...9 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3098"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4409"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidTr="00810459">
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:trPr>
-          <w:trHeight w:val="343"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3098" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002E4AFA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...31 lines deleted...]
-              <w:t>кезеңі</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002E4AFA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственный орган, объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                         (должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________           наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3869"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4409" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...48 lines deleted...]
-              <w:t>мамандығы</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidTr="00810459">
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:trPr>
-          <w:trHeight w:val="343"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="363"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3098" w:type="dxa"/>
+            <w:tcW w:w="3869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4409" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E66692">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>болуы</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(берген</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(растаған)</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...567 lines deleted...]
-        <w:ind w:right="1935"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...524 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275389">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2959"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="2918"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidTr="00810459">
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:trPr>
-          <w:trHeight w:val="617"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...14 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...31 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...83 lines deleted...]
-              <w:t>дейін)</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="283" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00955F6D" w:rsidTr="00810459">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...38 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...57 lines deleted...]
-              <w:t>деңгейі</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...74 lines deleted...]
-              <w:t>диплом</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...365 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidTr="00810459">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...83 lines deleted...]
-              <w:t>дәрежесі</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...65 lines deleted...]
-              <w:t>диплом</w:t>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...246 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidTr="00810459">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3684" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2959" w:type="dxa"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>"Педагог" біліктілік санатымен</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мазмұны</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бойынша:</w:t>
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>70-тен</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>80-ге</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>дейін</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>=</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>80-нен</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>90-ға</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">обучение по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>дейін</w:t>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E66692">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275389" w:rsidRPr="00275389" w:rsidTr="006E0CF9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6154" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00275389" w:rsidRPr="00275389" w:rsidRDefault="00275389" w:rsidP="002658FF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00275389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>=</w:t>
-[...33 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E66692" w:rsidRPr="00E66692" w:rsidRDefault="00E66692" w:rsidP="00E66692">
-[...12643 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00275389" w:rsidRPr="001917EE" w:rsidRDefault="00275389" w:rsidP="002658FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00275389" w:rsidRPr="001917EE" w:rsidSect="00E702C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -20239,2407 +10552,50 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0C024E34"/>
-[...2355 lines deleted...]
-  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22688,487 +10644,60 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
-[...357 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="20"/>
-[...40 lines deleted...]
-  <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...25 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
@@ -23202,282 +10731,283 @@
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
-    <w:rsid w:val="002170A1"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00240042"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="002658FF"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00274891"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276D4B"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
-    <w:rsid w:val="002C49B2"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E4AFA"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="0037585E"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D2C12"/>
-    <w:rsid w:val="003D2FB7"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406C82"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
-    <w:rsid w:val="00423592"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B5E59"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C11EF"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
-    <w:rsid w:val="00525C87"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="0056645A"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00581276"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A2EE8"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00612FB5"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
-    <w:rsid w:val="006B583A"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="0077286E"/>
-    <w:rsid w:val="00773160"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
@@ -23494,56 +11024,54 @@
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00955F6D"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00975FC4"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
@@ -23576,72 +11104,70 @@
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B623D0"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
-    <w:rsid w:val="00C009D6"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
@@ -23658,222 +11184,215 @@
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
-    <w:rsid w:val="00E07EA1"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33C6B"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E66692"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00ED08F8"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F347B2"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1036"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
-      <o:rules v:ext="edit">
-[...1 lines deleted...]
-      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -24025,142 +11544,57 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...83 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -24314,98 +11748,98 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="927033090">
+    <w:div w:id="134379246">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh41@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -24656,79 +12090,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59F3D8B9-BE0E-44DB-9DF1-76E2F78D2C4F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2051B953-D111-4992-BB57-E30606059895}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13709</Characters>
+  <Pages>10</Pages>
+  <Words>2577</Words>
+  <Characters>14689</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16081</CharactersWithSpaces>
+  <CharactersWithSpaces>17232</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>