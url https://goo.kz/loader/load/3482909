--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,10750 +1,2935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="7AFE4444" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
-      <w:pPr>
+    <w:p w:rsidR="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00297E9B">
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бос </w:t>
+        <w:t xml:space="preserve">Объявление  о   проведении  конкурса  на занятие вакантной  должности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="004454D2" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инструктор по физической культуре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  с</w:t>
+      </w:r>
+      <w:r w:rsidR="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смешанным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(русским</w:t>
+      </w:r>
+      <w:r w:rsidR="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/казахским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  языком  обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="007C044D" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование  организации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  КГУ «</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40 </w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара»  отдела образования  города Павлодара, управления  образования  Павлодарской  области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="007C044D" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес  местонахождения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  г. Павлодар,  село Павлодарское, ул. Береговая  60/1, тел: 318-416. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00297E9B">
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sosh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>40@</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="007C044D" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>лауазымға</w:t>
+        <w:t>Наименование  вакантной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  Инструктор по спорту – 1  ставка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="007C044D" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные  обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирует и организует проведение учебных, факультативных и внеурочных занятий по физическому воспитанию (физической культуре) в организациях технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00297E9B">
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Внедряет наиболее эффективные формы, методы и средства физического воспитания обучающихся, обеспечивает контроль за состоянием их здоровья и физическим развитием в течение всего периода обучения, за проведением профессионально-прикладной физической подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает организацию и проведение оздоровительных физкультурных мероприятий во </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>внеучебное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и каникулярное время, организует работу спортивно-оздоровительных лагерей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Составляет отчетность по установленной форме, в том числе и с использованием электронных форм ведения документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      Развивает у обучающихся познавательную активность, самостоятельность, инициативу, творческие способности, формирует гражданскую позицию, способность к труду и жизни в условиях современного мира, формирует у обучающихся культуру здорового и безопасного образа жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="006949AD" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F647C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="0" w:name="z3150"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00CE4636" w:rsidRPr="00CE4636" w:rsidRDefault="00CE4636" w:rsidP="007C044D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/K950001000_" \l "z67" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00CE4636">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Трудовой кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, Законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00CE4636">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00CE4636">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00CE4636">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="1E1E1E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>О правах ребенка в Республике Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00CE4636">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CE4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты по вопросам образования, физкультуры и спорта, обучения и воспитания учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="000F647C" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F647C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      основы педагогики, психологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="000F647C" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F647C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      возрастную физиологию, анатомию, школьную гигиену;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F647C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      методику физического воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>орналасуға</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+        <w:t>Оплата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средне-специальное  образование со стажем</w:t>
+      </w:r>
+      <w:r w:rsidR="00E642CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы  до одного  года: 110252</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC4D16" w:rsidRPr="00BC4D16" w:rsidRDefault="00BC4D16" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- высшее образование со стажем </w:t>
+      </w:r>
+      <w:r w:rsidR="00E642CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы до одного года: 136090</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="007C044D" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+        <w:t>Квалификационные  требования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>өткізу</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии   с приказом Министра  образования  и науки Республики  Казахстан от 13 июля 2009 года №338.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      высшее и (или) послевузовское педагогическое образование или иное высшее и (или) послевузовское профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное образование (среднее специальное, среднее профессиональное) без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>   и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего и высшего уровня квалификации стаж работы по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>специальности: для педагога-модератора, педагога-эксперта,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагога-исследователя не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>  1) педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      должен уметь планировать и организовать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      способствовать формированию общей культуры обучающегося и его социализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      владеть навыками профессионально-педагогического диалога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) педагог-модератор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям, предъявляемым к квалификации "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      использовать инновационные формы, методы и средства обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      иметь участников олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      3) педагог-эксперт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог-модератор", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      владеть навыками анализа организованной учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и конструктивно определять приоритеты профессионального развития: собственного и коллег на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      иметь участников олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>  4) педагог-исследователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог-эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      владеть навыками исследования урока и разработки инструментов оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      обеспечивать развитие исследовательских навыков обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и конструктивно определяет стратегии развития в педагогическом сообществе на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      иметь участников олимпиад, конкурсов, соревнований на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>  5) педагог-мастер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог-исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение на областном учебно-методическом совете или Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      обеспечивать развитие навыков научного проектирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и планирует развитие сети профессионального сообщества на уровне области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006949AD" w:rsidRPr="006949AD" w:rsidRDefault="006949AD" w:rsidP="007C044D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006949AD">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>      являться участником республиканских и международных конкурсов и олимпиад или подготовить участников республиканских и международных конкурсов и олимпиад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="007C044D" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+        <w:t>Срок  приёма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>хабарландыру</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">  документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D16" w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с 17 января 2022 года по 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января  2022  года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="007C044D" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...181 lines deleted...]
-    <w:p w14:paraId="6A6DE032" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:t>Перечень  документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...40 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявление   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00472B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>об  участии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00472B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в конкурсе  с  указанием  перечня  прилагаемых  документов  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по  форме  согласно  приложению  </w:t>
+      </w:r>
+      <w:r w:rsidR="00472B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7206 lines deleted...]
-    <w:p w14:paraId="4CF287A4" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+      <w:r w:rsidR="006B543C" w:rsidRPr="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Совместный приказ Министра образования и науки Республики Казахстан от 19 ноября 2021 года № 568 и Министра труда и социальной защиты населения Республики Казахстан от 22 ноября 2021 года № 432. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 ноября 2021 года № 25349</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...198 lines deleted...]
-    <w:p w14:paraId="0F4A6DDB" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий  личность</w:t>
+      </w:r>
+      <w:r w:rsidR="00472B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  либо  электронный  документ  из  сервиса  цифровых  документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00472B0A" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...54 lines deleted...]
-    <w:p w14:paraId="356524C7" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заполненный  л</w:t>
+      </w:r>
+      <w:r w:rsidR="00096BD0" w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ичный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00096BD0" w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  листок  по учету кадров </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>( с указанием  фактического  места  жительства  и контактных  телефонов</w:t>
+      </w:r>
+      <w:r w:rsidR="00096BD0" w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00472B0A" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="0440C54E" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копию  документов  об  образовании  в соответствии с  предъявляемыми  к  должности  квалификационными  требованиями, утвержденными Типовыми  квалификационными  характеристиками  педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...185 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копию  документа,  подтверждающего  трудовую  деятельность</w:t>
+      </w:r>
+      <w:r w:rsidR="00472B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DE011A" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о состоянии здоровья по форме, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утвержденной  приказом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  исполняющего  обязанности Министра  </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00297E9B">
-[...5 lines deleted...]
-        <w:t>кадрларды</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здравохранения</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00297E9B">
-[...242 lines deleted...]
-    <w:p w14:paraId="36DD0C07" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  РК  от 30  октября 2020  года № КР ДСМ – 175/2020  «Об   утверждении  форм  учетной  документации в  области  здравоохранения» ( зарегистрирован  в  Реестре  государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Справка  с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  психоневрологической </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00297E9B">
-[...5 lines deleted...]
-        <w:t>педагогтердің</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00297E9B">
-[...233 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59232A41" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...122 lines deleted...]
-    <w:p w14:paraId="3518E4EB" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка  с  наркологической  организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...353 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сертификат </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00297E9B">
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Национального  квалификационного</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00297E9B">
-[...260 lines deleted...]
-    <w:p w14:paraId="1712D507" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  тестирования  или  удостоверение  о наличии  квалификационной  категории  педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера( при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C044D" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заполненный  Оценочный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  лист  кандидата  на вакантную  должность  педагога  по  форме согласно приложения  11.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C044D" w:rsidRPr="007C044D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="48833639" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+      <w:r w:rsidR="007C044D" w:rsidRPr="006B543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Совместный приказ Министра образования и науки Республики Казахстан от 19 ноября 2021 года № 568 и Министра труда и социальной защиты населения Республики Казахстан от 22 ноября 2021 года № 432. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 ноября 2021 года № 25349</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="007C044D" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...72 lines deleted...]
-    <w:p w14:paraId="6CC409E3" w14:textId="77777777" w:rsidR="00297E9B" w:rsidRPr="00297E9B" w:rsidRDefault="00297E9B" w:rsidP="00297E9B">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...990 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
-        <w:rPr>
-[...108 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65817CDE" w14:textId="77777777" w:rsidR="00CC1287" w:rsidRDefault="00CC1287"/>
-    <w:sectPr w:rsidR="00CC1287">
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00474C2F" w:rsidRDefault="00474C2F" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00474C2F" w:rsidRDefault="00474C2F" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E642CB" w:rsidRDefault="00E642CB" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="007C044D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C044D" w:rsidRDefault="007C044D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007C044D" w:rsidSect="00474C2F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="17A555B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E44CB5A6"/>
+    <w:lvl w:ilvl="0" w:tplc="BB0AF6F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="19CA0FF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9A8C4B6"/>
+    <w:lvl w:ilvl="0" w:tplc="79C27046">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2F051F1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDD46230"/>
     <w:lvl w:ilvl="0" w:tplc="CE9A6EC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10790,51 +2975,289 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="308E62C2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F64E246"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="31FE0AA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61B2759C"/>
+    <w:lvl w:ilvl="0" w:tplc="D3FC1210">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="390944BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB06374C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10880,141 +3303,320 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6FE905EB"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="47E01842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E18A0514"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="9EC8E64C"/>
+    <w:lvl w:ilvl="0" w:tplc="5EC89362">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="667E3A42"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99865652"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="6D8A18D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3054509C"/>
+    <w:lvl w:ilvl="0" w:tplc="4A22698A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="74727D68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40B603CA"/>
     <w:lvl w:ilvl="0" w:tplc="EF2C1A10">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11060,130 +3662,173 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00297E9B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC1287"/>
+    <w:rsidRoot w:val="0016410D"/>
+    <w:rsid w:val="00045DE4"/>
+    <w:rsid w:val="00096BD0"/>
+    <w:rsid w:val="000E3013"/>
+    <w:rsid w:val="001348A7"/>
+    <w:rsid w:val="0016410D"/>
+    <w:rsid w:val="00165A66"/>
+    <w:rsid w:val="002002EE"/>
+    <w:rsid w:val="003B5B03"/>
+    <w:rsid w:val="004454D2"/>
+    <w:rsid w:val="00472B0A"/>
+    <w:rsid w:val="00474C2F"/>
+    <w:rsid w:val="00601EE9"/>
+    <w:rsid w:val="006949AD"/>
+    <w:rsid w:val="006B543C"/>
+    <w:rsid w:val="007B7372"/>
+    <w:rsid w:val="007C044D"/>
+    <w:rsid w:val="007C5893"/>
+    <w:rsid w:val="008D54D5"/>
+    <w:rsid w:val="00936936"/>
+    <w:rsid w:val="00A91FA9"/>
+    <w:rsid w:val="00A9311C"/>
+    <w:rsid w:val="00B677B1"/>
+    <w:rsid w:val="00BA388E"/>
+    <w:rsid w:val="00BC4D16"/>
+    <w:rsid w:val="00C64071"/>
+    <w:rsid w:val="00C92A2F"/>
+    <w:rsid w:val="00CE4636"/>
+    <w:rsid w:val="00D44769"/>
+    <w:rsid w:val="00E642CB"/>
+    <w:rsid w:val="00EF05C9"/>
+    <w:rsid w:val="00EF34B8"/>
+    <w:rsid w:val="00F95B9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="26E61CE8"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{B05CD0BC-9609-487E-AC1B-CB0FE36AC393}"/>
+  <w15:docId w15:val="{F069F485-1D23-4347-B778-4F7C19BE4D50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11294,51 +3939,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -11511,438 +4156,498 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00297E9B"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="001348A7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00297E9B"/>
+    <w:rsid w:val="0016410D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00297E9B"/>
+    <w:rsid w:val="00EF34B8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE4636"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="662272565">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="766004365">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2127649036">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ABAD964-31DE-4F8E-900D-B86FB2CEA910}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6424</Characters>
+  <Pages>3</Pages>
+  <Words>1243</Words>
+  <Characters>7091</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7536</CharactersWithSpaces>
+  <CharactersWithSpaces>8318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>