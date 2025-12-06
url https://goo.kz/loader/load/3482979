--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,1761 +1,11032 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="63D82FF1" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
-[...16 lines deleted...]
-    <w:p w14:paraId="3C37C0AF" w14:textId="77B41421" w:rsidR="001C64E9" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="5FB52312" w14:textId="6462797C" w:rsidR="000B08CD" w:rsidRDefault="003B2574" w:rsidP="003B2574">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>объявляет открытый конкурс на замещение временно вакантной должности учителя изобразительных искусств, находящегося в декретном отпуске</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00175527">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>122 мектепке дейінгі гимназиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F5570" w14:textId="421D35A4" w:rsidR="000B08CD" w:rsidRDefault="00175527" w:rsidP="003B2574">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">декреттік демалыстағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0D78">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ейнелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0D78">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өнер мұғалімі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уақытша </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4D72BE" w14:textId="77777777" w:rsidR="003B2574" w:rsidRPr="00124F76" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C37C0AF" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00124F76">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="41E7D55D" w14:textId="77777777" w:rsidR="00124F76" w:rsidRPr="00175527" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07B73D9E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00175527" w:rsidP="00E41C37">
+    <w:p w14:paraId="3D2B8E42" w14:textId="43BBB15C" w:rsidR="001C64E9" w:rsidRPr="00175527" w:rsidRDefault="00175527" w:rsidP="00175527">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175527">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E41C37" w:rsidRPr="00E41C37">
-[...3 lines deleted...]
-        <w:t>КГКП» дошкольная гимназия № 122 города Павлодара " г. Павлодар, ул. Сатпаева, 39, телефон 8(7182)- 32-04-16; эл.почта: pavlodar122@mail.ru</w:t>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының № 122 мектепке дейінгі гимназиясы</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпаев</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182)- 32-04-16</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">эл.почта: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>pavlodar122@mail.r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A954521" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="4AFD5204" w14:textId="391D73B3" w:rsidR="001C64E9" w:rsidRDefault="00175527" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...3 lines deleted...]
-        <w:t>Дошкольная гимназия преподает на казахском языке. Реализует типовую учебную программу дошкольного воспитания и обучения в Республике Казахстан.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі гимназиясы қазақ тілінде</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>үлгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C64E9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBDD522" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="58F9F42D" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="003B2574" w:rsidP="00AF0D78">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081942DC" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...18 lines deleted...]
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF4FA6E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="4C26A399" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0F971D" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="015F0ED6" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      59. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D251A0B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="36C8CA96" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "педагог" (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6364C327" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="5010A1BA" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>1) "педагог" (без категории):</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9FA0FC" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="29193B95" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EFBA04" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="480F82E5" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәдениетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BFF674" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="161D54C6" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="08002D6A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="7E49F1A3" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E755C4" w14:textId="69AA6A5E" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00AF0D78" w:rsidP="00E41C37">
+    <w:p w14:paraId="75C805E1" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2) "педагог-модератор":</w:t>
-[...21 lines deleted...]
-        <w:t>соответствует общим требованиям категории "педагог", а также:</w:t>
+        <w:t xml:space="preserve">      "педагог" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D2243B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="159678C2" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C4D814" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="48A3733B" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>3) "педагог-эксперт":</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA25FA5" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="41888696" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> а также:</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "педагог-модератор" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633BF177" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="2D9FEE67" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>владеет навыками анализа организованной учебной деятельности,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DAB48BC" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="6B89AAF3" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конструктивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жекелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немеесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұжым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басымдықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BF8492" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="1B701BB3" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...10 lines deleted...]
-      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+      <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F4148AB" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="36E35966" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>4) "педагог-исследователь":</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068DBE5D" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="4AE980CF" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> а также:</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CC9B2E" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="7AFF6E78" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7269D952" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="343DF9AA" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C32608" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="489FC334" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1696FBDE" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="34107091" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конструктивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394929E6" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="75BB39DF" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астаналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Республика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133432F5" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="2AA81FFE" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...8 lines deleted...]
-        <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астаналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, республика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0FC083" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="0EE0100B" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t>5) "педагог-мастер":</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465915AA" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="44D43563" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>соответствует общим требованиям категории "педагог-мастер"</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C10E412" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> а также:</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақұлданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқулықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторы (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автор) бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A0FDD0" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="4F0A367E" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>иметь авторские программы и быть автором (соавтором) авторских программ или учебников, учебно-методических пособий, одобренных республиканским учебно-методическим советом;</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5535F359" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="55D96334" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>обеспечивает развитие навыков научного проектирования,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желісіндамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C56E8F" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="0FBF9D28" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>осуществляет руководство и планирует участие в сети профессиональных объединений на уровне области,</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0D08FE" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="57CFEFC4" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="001C64E9" w:rsidP="00AF0D78">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-        <w:t>является участником республиканских и международных конкурсов и олимпиад или готовит участников республиканских и международных конкурсов, утвержденных уполномоченным областным органом образования.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D1B11D" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="001C64E9" w:rsidP="00E41C37">
+    <w:p w14:paraId="5F2E1854" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0D78">
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-        <w:t>Должностные обязанности: осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F849E66" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="06683E76" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBD6215" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="27D20BD9" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25688DDB" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="401D3EA7" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3716D650" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="3CF956B3" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0228870B" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="447FD630" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Арнайы (түзету) білім беру мекемелерінде оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D16B83" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="7748BC03" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68167B79" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="3C61B15B" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418BBD9A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="0ADDCA0D" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F5A552" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="799D0DF7" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D41599" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="192DB43E" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4D947A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="09687D94" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3445FCF0" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="08A63C15" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C055D3F" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="6C5BB6A3" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D746D3" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="157A7039" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA2554A" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="6DF672AF" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="001C64E9" w:rsidP="00AF0D78">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="00AF0D78">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/K1500000414" \l "z205" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек Кодексін</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">22" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00175527">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z970000151_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF0D78" w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" Заңдарын, білім беруді дамытудың бағыттары мен перспектикваларын айқындайтын мемлекеттік жалпыға міндетті білім беру стандарттарын және басқа да нормативтік құқықтық актілерді,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AEF051" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="001C64E9" w:rsidP="00E41C37">
-[...97 lines deleted...]
-    <w:p w14:paraId="17848F16" w14:textId="389C2A4C" w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="229A8B5A" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      педагогика мен психологияны,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE0C534" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      пәнді оқыту әдістемесін, тәрбие жұмысын, оқыту құралдарын және олардың дидактикалық мүмкіндіктерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FA16A2" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F432E46" w14:textId="77777777" w:rsidR="00AF0D78" w:rsidRPr="00AF0D78" w:rsidRDefault="00AF0D78" w:rsidP="00AF0D78">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6427D529" w14:textId="04E3B81A" w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00AF0D78" w:rsidP="00460AA6">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейнелеу өнер мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E000CD">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82760">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82760">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E000CD">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67296AF9" w14:textId="6DB1A915" w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00AF0D78" w:rsidP="00460AA6">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейнелеу өнер мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E000CD">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82760">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82760">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E000CD">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF9AD92" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>правила и нормы охраны труда, техники безопасности и противопожарной защиты, санитарные правила и нормы</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452409AA" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="17848F16" w14:textId="1D66BD23" w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы №</w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>122 мектепке дейінгі гимназиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00487807" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпаев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12938D10" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="5371F8B0" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E41C37">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41974B2C" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="565E4C88" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAADA04" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077AB8C7" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0F5E5F" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA41F35" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554DECAD" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297D7A12" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC0DA7B" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8A87A2" w14:textId="77777777" w:rsidR="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8241B9" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33201107" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00460AA6" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41C37">
-[...5 lines deleted...]
-        <w:t>2) документ, удостоверяющий личность или электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642B9ED7" w14:textId="77777777" w:rsidR="00E41C37" w:rsidRPr="00E41C37" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
-[...207 lines deleted...]
-    <w:p w14:paraId="703A0392" w14:textId="5C49818E" w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="00E41C37" w:rsidP="00E41C37">
+    <w:p w14:paraId="703A0392" w14:textId="2DC62136" w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="008C7E84" w:rsidP="00803CB1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1" w:rsidRPr="00803CB1">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182)- 32-04-16</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:t>pavlodar122@mail.r</w:t>
+      </w:r>
+      <w:r w:rsidR="00803CB1">
+        <w:t>u</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00E41C37">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1896,51 +11167,50 @@
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="00175527"/>
     <w:rsid w:val="001C64E9"/>
     <w:rsid w:val="00244DA8"/>
     <w:rsid w:val="003B2574"/>
     <w:rsid w:val="003D06EF"/>
     <w:rsid w:val="00460AA6"/>
     <w:rsid w:val="00487807"/>
     <w:rsid w:val="0058192E"/>
     <w:rsid w:val="0058555C"/>
     <w:rsid w:val="005A0ADC"/>
     <w:rsid w:val="007F60A1"/>
     <w:rsid w:val="00803CB1"/>
     <w:rsid w:val="008C7E84"/>
     <w:rsid w:val="008F5548"/>
     <w:rsid w:val="009144D3"/>
     <w:rsid w:val="009D74B2"/>
     <w:rsid w:val="00A85619"/>
     <w:rsid w:val="00AA469B"/>
     <w:rsid w:val="00AA4D07"/>
     <w:rsid w:val="00AE54C5"/>
     <w:rsid w:val="00AF0D78"/>
     <w:rsid w:val="00D3649F"/>
     <w:rsid w:val="00D66E12"/>
     <w:rsid w:val="00E000CD"/>
-    <w:rsid w:val="00E41C37"/>
     <w:rsid w:val="00F82760"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2090,51 +11360,50 @@
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
@@ -2339,51 +11608,50 @@
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
@@ -2827,70 +12095,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6967</Characters>
+  <Pages>3</Pages>
+  <Words>1450</Words>
+  <Characters>8267</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8173</CharactersWithSpaces>
+  <CharactersWithSpaces>9698</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>