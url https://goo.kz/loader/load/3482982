--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -2,3697 +2,901 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5570"/>
-        <w:gridCol w:w="3785"/>
+        <w:gridCol w:w="6096"/>
+        <w:gridCol w:w="3543"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w14:paraId="4EAB59D6" w14:textId="77777777" w:rsidTr="00A85F2B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0017692C" w:rsidRPr="0017692C" w14:paraId="2F70FE8B" w14:textId="77777777" w:rsidTr="0017692C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09A00C3B" w14:textId="77777777" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B">
+          <w:p w14:paraId="35A8012A" w14:textId="77777777" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0017692C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C01DDEB" w14:textId="77777777" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B">
+          <w:p w14:paraId="094176A3" w14:textId="15C4CA7B" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A85F2B">
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z276"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0017692C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0017692C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A85F2B">
+            <w:r w:rsidRPr="0017692C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>білім</w:t>
+              <w:t>освобождения от должностей</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A85F2B">
+            <w:r w:rsidRPr="0017692C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
+              <w:t>первых руководителей</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A85F2B">
+            <w:r w:rsidRPr="0017692C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ұйымдарының</w:t>
+              <w:br/>
+              <w:t>и педагогов государственных</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A85F2B">
+            <w:r w:rsidRPr="0017692C">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="ru-RU"/>
-[...27 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...170 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EA23BF0" w14:textId="77777777" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
-[...762 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1CE1DE3C" w14:textId="77777777" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="7886DD38" w14:textId="7513EEEC" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Памятка наблюдателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20175F11" w14:textId="4DB957EB" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уважаемый наблюдатель, Вас пригласили для обеспечения прозрачности и объективности работы конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA6DCA7" w14:textId="1D1E36AE" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой связи, для наиболее полной работы наблюдателя просим Вас ознакомиться с данной памяткой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6BC578" w14:textId="21706C83" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Памятка предоставляется на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4083350E" w14:textId="0F079504" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вы, как наблюдатель, имеете возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0497373A" w14:textId="6D48C860" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...75 lines deleted...]
-    <w:p w14:paraId="68E19365" w14:textId="0C7D220F" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знакомиться с документами участников конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382E5714" w14:textId="5C2AE6EE" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...106 lines deleted...]
-    <w:p w14:paraId="30E072D1" w14:textId="11AA3C93" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>присутствовать при собеседовании с конкурсантами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CF7E25" w14:textId="50905716" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...126 lines deleted...]
-    <w:p w14:paraId="2DA18FB2" w14:textId="5838BE7C" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>давать оценку о ходе проведения собеседования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07273028" w14:textId="42F06E64" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...297 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>представлять свое мнение о работе конкурсной комиссии в письменной форме руководству государственного органа, объявившего конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056F126D" w14:textId="77777777" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="ru-RU"/>
-[...21 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="ru-RU"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="2239569F" w14:textId="795724AD" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом, наблюдатель не может:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1122934D" w14:textId="2A66F30B" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...66 lines deleted...]
-    <w:p w14:paraId="0CBCE802" w14:textId="6060F1BB" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>задавать кандидатам вопросы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7679B12F" w14:textId="1D78F823" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...95 lines deleted...]
-    <w:p w14:paraId="461D4AD3" w14:textId="5DD7D29D" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разглашать персональные данные участников конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358F4B77" w14:textId="489422ED" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...186 lines deleted...]
-    <w:p w14:paraId="6CCC6009" w14:textId="3E13178E" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вмешиваться в процесс проведения собеседования, препятствовать ходу заседания конкурсной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554EE394" w14:textId="4CB9AED5" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...95 lines deleted...]
-    <w:p w14:paraId="778D1BDF" w14:textId="71F41050" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказывать какое-либо содействие участникам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7D8C51" w14:textId="03665C2B" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...166 lines deleted...]
-    <w:p w14:paraId="7B733BB6" w14:textId="606292EB" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воздействовать на членов конкурсной комиссии при принятии ими решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417CDA50" w14:textId="65D9023A" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...186 lines deleted...]
-    <w:p w14:paraId="0EC69F25" w14:textId="780DA529" w:rsidR="00A85F2B" w:rsidRPr="00A85F2B" w:rsidRDefault="00A85F2B" w:rsidP="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>публично выражать мнение о конкретных участниках конкурса, их личных качествах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD01590" w14:textId="7940E137" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...108 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>использовать технические средства записи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D73ADC" w14:textId="77777777" w:rsidR="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...415 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во время собеседования обратите внимание на соблюдение конкурсной комиссией Правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2687C7DE" w14:textId="77777777" w:rsidR="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...233 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F32D76E" w14:textId="77777777" w:rsidR="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ознакомлен:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(подпись) (ФИО (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1892FCD8" w14:textId="1E110D2A" w:rsidR="0017692C" w:rsidRPr="0017692C" w:rsidRDefault="0017692C" w:rsidP="0017692C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-    <w:sectPr w:rsidR="003A0EE9" w:rsidRPr="00A85F2B" w:rsidSect="00A85F2B">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____"_______________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677369BD" w14:textId="77777777" w:rsidR="00AB5FB2" w:rsidRPr="0017692C" w:rsidRDefault="00AB5FB2" w:rsidP="0017692C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AB5FB2" w:rsidRPr="0017692C" w:rsidSect="0017692C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -3706,81 +910,81 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4E6247E5"/>
+    <w:nsid w:val="15F74A7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C99E4F34"/>
+    <w:tmpl w:val="D3807ABE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3819,216 +1023,216 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="59FA048D"/>
+    <w:nsid w:val="61071C1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="92728F46"/>
+    <w:tmpl w:val="43BA84C0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A0EE9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A85F2B"/>
+    <w:rsidRoot w:val="00AB5FB2"/>
+    <w:rsid w:val="0017692C"/>
+    <w:rsid w:val="00AB5FB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0F2A5381"/>
+  <w14:docId w14:val="29ADCB6C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1C9EB69D-0E52-4273-BA63-C1FE3EA23B59}"/>
+  <w15:docId w15:val="{A66DDFBC-1099-427A-BE5B-9F997F48EA10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4386,104 +1590,96 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A85F2B"/>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A85F2B"/>
+    <w:rsid w:val="0017692C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1414862129">
+    <w:div w:id="237522057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -4763,54 +1959,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>246</Words>
-  <Characters>1407</Characters>
+  <Words>233</Words>
+  <Characters>1334</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1650</CharactersWithSpaces>
+  <CharactersWithSpaces>1564</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>