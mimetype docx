--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,2509 +1,1407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003D67B3" w:rsidRPr="004830FB" w:rsidRDefault="003D67B3" w:rsidP="003D67B3">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БУҚБДДО МҚКК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________ А.Л. Мухаметжанова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004830FB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«____»___________2022 ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>«____»___________202</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«Ұл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ымыздын Ұстазы – Ахмет Байтұрсынов» мәнерлеп оқу челлендж </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4395"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Осы ереже қазақ тіл білімінің негізін қалаушы Ахмет Байтұрсыновтың 150 жылдығына арналған "Ұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ымыздың  Ұстазы – Ахмет Байтұрсынов" атты қалалық қашықтықтан оқыту челленджінің мақсаттары мен міндеттерін анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="960"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="003D67B3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Челленджді ұйымдастырушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Павлодар қаласы білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру бөлімінің "Павлодар дарыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" бос уақытты қамту және балалардың дарындылығын дамыту орталығы" КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...239 lines deleted...]
-    <w:p w:rsidR="003D67B3" w:rsidRPr="002D15EA" w:rsidRDefault="003D67B3" w:rsidP="00C43DC2">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Челлендждің мақсаттары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- дарынды және талантты оқушыларды анықтау және қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...633 lines deleted...]
-    <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="003D67B3">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - қатысушыларға өздерінің шығармашылық қабілеттерін конкурстық түрде көрсетуге мүмкіндік беру; - жасөспірімдердің  патриоттық сезімі мен төзімділіктерін  қалыптастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...288 lines deleted...]
-    <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="003D67B3">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқауға қатысушылардың туған өлкеге өз көзқарасын шығармашылық түрде білдіру қабілеттерін анықтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Челлендж шарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.1.Челленджге Павлодар қаласының жалпы білім беретін мектептерінің 5-11 сынып оқушылары қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...185 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.2. Челлендж 2022 жылдың 24 қаңтарында онлайн форматта өтеді. Оның шарты бойынша А.Байтұрсыновтың кез келген өлеңін мәнерлеп оқып, бейнеге жазу керек. Бейне екі минуттан аспауы керек. Содан кейін бейнені Instagram-дағы мектеп бетіне #Baitursunov150 хэштегімен жүктеу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3.Өтінімдер (Excel нысаны, Times New Roman қарпі) және жұмыстар электрондық мекенжайға жіберіледі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">massovyy.otdel@mail.ru 18 қаңтардан 24 қаңтарға дейін қоса алғанда. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.4. Әкімшілік бекіткеннен кейін материал Instagram әлеуметтік желісіндегі "Павлодар Дарыны"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жарияланымына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00E6734E" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1455"/>
+          <w:tab w:val="left" w:pos="2460"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D869D3">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936205">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...66 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E6734E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="2C2D2E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ахмет  Байтурсыновтың 150 жылдығына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6734E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D869D3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған «Ұл</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D869D3">
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6734E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...176 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ымыздын Ұстазы – Ахмет Байтұрсынов»  қалалық  Челленджге  қатысуға өтінім</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="2"/>
-        <w:tblW w:w="9779" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="10455" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="426"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1415"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="700"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="838"/>
+        <w:gridCol w:w="1252"/>
+        <w:gridCol w:w="1256"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidTr="002B0F85">
+      <w:tr w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidTr="00346056">
         <w:trPr>
           <w:trHeight w:val="1050"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="424" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="36"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...22 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Қатысушының Т.А.Ә.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="-140" w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...8 lines deleted...]
-              <w:t>класс</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ссынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...8 lines deleted...]
-              <w:t>Полное наименование школы</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Мектептің толық атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ar-SA"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...31 lines deleted...]
-              <w:t>ОДН, ВШК, ГР</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>КТІЖ,МІБ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>қауіпті топ есепте тұрғандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:tcW w:w="1256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...8 lines deleted...]
-              <w:t>Соц. статус</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Әлеуметтік мәртебесі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...29 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>а/қ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>к/б,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ж/б,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>АСП</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>алатын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...8 lines deleted...]
-              <w:t>Статус класса</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сынып мәртебесі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...8 lines deleted...]
-              <w:t>гимназия, лицей, углубление</w:t>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>гимназия, лицей, терең</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="1946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="002B0F85">
+          <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00346056">
             <w:pPr>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D869D3">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Жауапты мұғалім байланыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936205">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ф.И.О. </w:t>
-[...23 lines deleted...]
-              <w:t>. педагога, тел.</w:t>
+              <w:t>, тел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D67B3" w:rsidRPr="00D869D3" w:rsidRDefault="003D67B3" w:rsidP="003D67B3">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B43F77" w:rsidRPr="00D869D3" w:rsidRDefault="00521868" w:rsidP="00521868">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00314CB0" w:rsidRPr="00936205" w:rsidRDefault="00314CB0" w:rsidP="00314CB0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D869D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Исп: Аргынова С.Б.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D67B3" w:rsidRPr="00D869D3">
+        <w:t xml:space="preserve">Орын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936205">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00B43F77" w:rsidRPr="00D869D3" w:rsidSect="00D869D3">
+        <w:t>: Аргынова С.Б., тел: 87776549574</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C3F3D" w:rsidRPr="00314CB0" w:rsidRDefault="001C3F3D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001C3F3D" w:rsidRPr="00314CB0" w:rsidSect="00314CB0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003D67B3"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00EF4F78"/>
+    <w:rsidRoot w:val="00314CB0"/>
+    <w:rsid w:val="001C3F3D"/>
+    <w:rsid w:val="00314CB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2628,156 +1526,116 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003E7FCB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...37 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="2">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003D67B3"/>
+    <w:rsid w:val="00314CB0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3023,70 +1881,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1742</Characters>
+  <Pages>2</Pages>
+  <Words>301</Words>
+  <Characters>1720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2043</CharactersWithSpaces>
+  <CharactersWithSpaces>2017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>