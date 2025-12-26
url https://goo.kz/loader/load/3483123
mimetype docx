--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,16498 +1,10949 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DA3A83" w:rsidRPr="00DA3A83" w:rsidRDefault="00DA3A83" w:rsidP="00DA3A83">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00401CED" w:rsidRDefault="00EB5612" w:rsidP="0070697C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA3A83">
+      <w:r w:rsidRPr="00401CED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бос </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC65BF">
+        <w:t>Объявление о проведении конкурса на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="0070697C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DA3A83">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401CED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>должность</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DA3A83" w:rsidRPr="00DA3A83" w:rsidRDefault="00CC65BF" w:rsidP="00DA3A83">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00401CED" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00401CED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>заместителя руководителя по профильному обучению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C81C04" w:rsidRPr="00C81C04" w:rsidRDefault="00C81C04" w:rsidP="00CC2E96">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F44E56" w:rsidRDefault="00CC2E96" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00A064F5" w:rsidRDefault="00EB5612" w:rsidP="00401CED">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004750B7">
+      <w:r w:rsidRPr="00A064F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...111 lines deleted...]
-        <w:t>қ мемлекеттік мекемесі.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное учреждение «Школа-лицей № 20 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722152" w:rsidRPr="00722152" w:rsidRDefault="00CC2E96" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар,  улица Максима Горького,  102/4, индекс: 140003, кабинет 322, телефон </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-      <w:r w:rsidR="00722152" w:rsidRPr="004750B7">
+        </w:rPr>
+        <w:t>8 (7182) 314244</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A064F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...109 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>sosh20@goo.edu.kz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4003" w:rsidRPr="001F4003" w:rsidRDefault="00CC65BF" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-      <w:r w:rsidR="001F4003" w:rsidRPr="00722152">
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель руководителя по профильному обучению - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37E83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-        <w:t>, тұрақты жұмыс орны, еңбек жағдайы – қалыпты.</w:t>
+        </w:rPr>
+        <w:t>1 ставка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37E83" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работа - постоянная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0757">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условия труда – нормальные. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4003" w:rsidRDefault="005762B6" w:rsidP="006D6447">
+    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="002C0757" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер базового  должностного </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5612" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  оклад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722152" w:rsidRDefault="00722152" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>1 жылдан 5 жылға – 170 674 теңге;</w:t>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 до 5 лет – 170</w:t>
+      </w:r>
+      <w:r w:rsidR="0070697C" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>674 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722152" w:rsidRDefault="00722152" w:rsidP="006D6447">
+    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>5 жылдан 15 жылға – 184 971 теңге;</w:t>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 до 15 лет – 184 971 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722152" w:rsidRPr="004750B7" w:rsidRDefault="00722152" w:rsidP="006D6447">
+    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>15 жылдан 20 жылға – 195 542 теңге.</w:t>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00735C44" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 до 20 лет – 195 542 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00A064F5" w:rsidP="00A064F5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3657E">
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> міндеттерді жүзеге асырады:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5612" w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Заместитель руководителя по профильному обучению выполняет следующие обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="006D6447">
-[...21 lines deleted...]
-    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3657E">
-[...6 lines deleted...]
-        <w:t>Қолданбалы және элективті курстардың мамандандырылған оқу бағдарламаларын бағдарламалық-әдістемелік қамтамасыз етуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Разрабатывает план реализации системы профильного обучения учащихся.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3657E" w:rsidRPr="004750B7" w:rsidRDefault="00B3657E" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B3657E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Жоғары (бейінді) сыныптарды аяқтаудың объективті негізі ретінде негізгі мектеп бітірушінің қорытынды білім рейтингін қалыптастырады.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает программно-методическое сопровождение профильного обучения программами прикладных и элективных курсов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C67A6" w:rsidRPr="004750B7" w:rsidRDefault="006C67A6" w:rsidP="006D6447">
-[...576 lines deleted...]
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t>Жоғары, техникалық және кәсіптік білім беру ұйымдарымен бірлесіп кәсіптік бағдар беру жұмыстарын жүргізеді.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Формирует итоговый образовательный рейтинг выпускника основной школы как объективной основы для комплектования старших (профильных классов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Компьютерлік сауаттылығы, ақпараттық-коммуникациялық құзыреттілігі бар.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Организует и анализирует перспективное прогнозирование и планирование деятельности организации образования по профильному обучению, внедрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разноуровневых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Есептік құжаттаманың сапалы және уақтылы дайындалуын, сенімділігін және белгіленген тәртіпте жеткізілуін қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      С целью повышения профессионального мастерства и повышения квалификации педагогов координирует деятельность педагогического коллектива: по обобщению и распространению положительного педагогического опыта, по организации и апробации инновационных технологий в организации работы методических объединении педагогов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      2. Білуге ​​тиіс:</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает возможность выбора образовательных программ разного уровня, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по сквозным учебным планам в системе непрерывного образования "школа-вуз", "школа-колледж-вуз", "колледж-вуз", раскрытие профессиональных склонностей к изучению наук, самостоятельного выбора предметов различных циклов для их углубленного изучения в целях </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилизации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дальнейшего образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Қазақстан Республикасының Конституциясы.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Совместно с организациями высшего, технического и профессионального образования проводит </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профориентационную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">     Қазақстан Республикасының Еңбек кодексі.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...16 lines deleted...]
-        <w:t>дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілер.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает качественное и своевременное составление, достоверность и сдачу в установленном порядке отчетной документации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Педагогика және психология негіздері.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Должен знать:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t>«Рухани жаңғыру», «Құндылықтарға негізделген білім» бағдарламасын және білім беруді дамытудың бағыттары мен келешегін айқындайтын басқа да нормативтік құқықтық актілерді жүзеге асыру жағдайында білім берудің тұжырымдамалық негіздері.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">     Мемлекеттік жалпыға міндетті білім беру стандарттары.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовой Кодекс Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> ғылымы мен практикасының жетістіктері.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и другие нормативные правовые акты, определяющие направления и перспективы развития образования. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...51 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Основы педагогики и психологии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="004750B7" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Қауіпсіздік және еңбекті қорғау ережелері, өрттен қорғау, санитарлық ережелер мен нормалар.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Концептуальные основы воспитания в условиях реализации программы "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "Образование, основанное на ценностях" и другие нормативные правовые акты, определяющие направления и перспективы развития образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
-[...21 lines deleted...]
-    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      тиiстi бейiн бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi педагогикалық немесе өзге де кәсiптiк бiлiмi немесе педагогикалық қайта даярлауды, педагогикалық өтiлi кемiнде 5 жылды растайтын құжат;</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственные общеобязательные стандарты образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820180" w:rsidRPr="004750B7" w:rsidRDefault="00820180" w:rsidP="006D6447">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820180">
-[...42 lines deleted...]
-        <w:t>– зерттеуші» немесе «оқытушы – магистр» болуы.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Достижения педагогической науки и практики.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC2E96" w:rsidRPr="004750B7" w:rsidRDefault="00CC2E96" w:rsidP="002E6155">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Основы экономики, финансово-хозяйственной деятельности.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005704FF" w:rsidRPr="005704FF" w:rsidRDefault="005704FF" w:rsidP="005704FF">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005704FF">
-[...7 lines deleted...]
-        <w:t>Құжаттарды қабылдау мерзімі 2022 жылғы 26 қаңтардан бастап 2 ақпанды қоса алғанда.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила по безопасности и охране труда, противопожарной защиты, санитарные правила и нормы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005704FF" w:rsidRPr="004750B7" w:rsidRDefault="005704FF" w:rsidP="005704FF">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005704FF">
-[...7 lines deleted...]
-        <w:t>Құжаттарды қарау мерзімі 2022 жылғы 03 ақпаннан бастап 2022 жылғы 08 ақпанды қоса алғанда.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Требования к квалификации:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002163E9" w:rsidRPr="004750B7" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 5 лет;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002163E9" w:rsidRPr="00383672" w:rsidRDefault="00383672" w:rsidP="002E6155">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1644 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при осуществлении преподавательской деятельности – дополнительно наличие квалификации "педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z168"/>
-[...20 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00CD4F61" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок приема документов с 26 января 2022 года по 2 февраля 2022 года включительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80932" w:rsidRPr="00CD4F61" w:rsidRDefault="006F6292" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки рассмотрения документов</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6DAF" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 03 февраля 2022 года по 08 февраля 2022 года включительно</w:t>
+      </w:r>
+      <w:r w:rsidR="001C21BD" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6DAF" w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00CD4F61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00A064F5" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z169"/>
-[...20 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z170"/>
-[...78 lines deleted...]
-        <w:t>ә</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...219 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z171"/>
-[...191 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z173"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования                (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067585C" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5575"/>
         <w:gridCol w:w="4093"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
+      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="001C6678" w:rsidRDefault="001C6678" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C6678" w:rsidRDefault="001C6678" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C6678" w:rsidRDefault="001C6678" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> беру</w:t>
+              <w:t>Приложение 10 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарының</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>інші</w:t>
-[...134 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
+      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
+      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">конкурс </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жариялаған</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(государственный орган,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-              <w:t>орган</w:t>
+              <w:t>объявивший конкурс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z332"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3706">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="00997511" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="0033477B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">), ЖСН </w:t>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       (</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z333"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z334"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00EF0727">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...3 lines deleted...]
-      <w:r>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0727">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>На</w:t>
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> телефоны</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
-[...15 lines deleted...]
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...200 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
+        <w:t>В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0727">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бі</w:t>
-[...135 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...346 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3492"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3550"/>
+        <w:gridCol w:w="3514"/>
+        <w:gridCol w:w="2509"/>
+        <w:gridCol w:w="3530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA6327" w:rsidTr="006757A4">
+      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом </w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6327" w:rsidTr="006757A4">
+      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="006757A4">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z335"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0727">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="00EF0727">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Стаж педагогической работы: ____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97649">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="00EF0727">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Имею следующие результаты работы: _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97649">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...399 lines deleted...]
-        <w:t>_________________________________________________________________</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F354C1" w:rsidRDefault="00F354C1" w:rsidP="00383672">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+    <w:p w:rsidR="0033477B" w:rsidRPr="0007151C" w:rsidRDefault="0033477B" w:rsidP="0033477B">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...70 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5886"/>
-        <w:gridCol w:w="3782"/>
+        <w:gridCol w:w="5846"/>
+        <w:gridCol w:w="3822"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B2743" w:rsidTr="00E652D7">
+      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> беру</w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A7952" w:rsidRDefault="008A7952" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A7952" w:rsidRDefault="008A7952" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A7952" w:rsidRPr="008A7952" w:rsidRDefault="008A7952" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00997511" w:rsidRDefault="00997511" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF0727" w:rsidRDefault="00EF0727" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EF0727" w:rsidRDefault="00EF0727" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 11 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарының</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>інші</w:t>
-[...191 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>организаций образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
+    <w:p w:rsidR="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050793A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z231"/>
-[...2 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...197 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="546"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3274"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="2918"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="13"/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050793A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050793A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...50 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050793A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="283" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0050793A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...40 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F918AB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
-          </w:p>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="00E652D7">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...30 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...171 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>или специалист с высшим образованием = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="004750B7">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...48 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 50 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>60 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>90 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...184 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-          </w:p>
-[...193 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>до 60 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 60 до 70 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>90 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 60 до 70 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 70 до 80 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 80 до90 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 60 до 70 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>т 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>80 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">т </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00B23E0F" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мазмұны</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1658 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23E0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...61 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...206 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 категория </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 категория </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшая категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...22 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...314 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="00E652D7">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...23 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...79 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>методист = 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заместитель директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор = 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="00E652D7">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...160 lines deleted...]
-              <w:t>" = 0,5 балл</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики «отлично» = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...150 lines deleted...]
-              <w:t xml:space="preserve"> кезінде)</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...225 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00FD3160" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008878B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="004750B7">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...349 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>приз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еры олимпиад и конкурсов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> мен </w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>конкурстардың</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>ғылыми</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...259 lines deleted...]
-              <w:t>" - 10</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="004750B7" w:rsidP="00E652D7">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="007B2743" w:rsidRPr="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень РУМС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...422 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...87 lines deleted...]
-              <w:t>асыру</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...212 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наставник </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководство МО </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лидер профессионально-педагогического сообщества </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">казахский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...159 lines deleted...]
-              <w:t>) – 5 балл</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="004750B7">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:right="67" w:firstLine="201"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004750B7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>Курстық</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3437" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004750B7">
-[...5 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004750B7">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...367 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3274" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3744" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...22 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...96 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidTr="007B2743">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00EB5612" w:rsidRPr="00D96B2A" w:rsidTr="00E652D7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00E652D7">
-[...26 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6154" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2743" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="004750B7">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> балл – 83</w:t>
+          <w:p w:rsidR="00EB5612" w:rsidRPr="00161958" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7064E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F354C1" w:rsidRPr="004750B7" w:rsidRDefault="007B2743" w:rsidP="00F354C1">
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00161958" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9747"/>
+        </w:tabs>
+        <w:ind w:right="-34"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="006944B9" w:rsidRDefault="0003275D" w:rsidP="00EB5612">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z58"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5612" w:rsidRPr="008878B0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов, указанных в пункте 107 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002163E9" w:rsidRPr="004750B7" w:rsidRDefault="002163E9" w:rsidP="002E6155">
-[...285 lines deleted...]
-    <w:sectPr w:rsidR="00E67392" w:rsidRPr="004750B7" w:rsidSect="001259A3">
+    <w:sectPr w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidSect="00EB5612">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...99 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001F7A5A"/>
-    <w:rsid w:val="000261A7"/>
+    <w:rsidRoot w:val="00112555"/>
     <w:rsid w:val="00031184"/>
-    <w:rsid w:val="0008653A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="001F7A5A"/>
+    <w:rsid w:val="0003275D"/>
+    <w:rsid w:val="00112555"/>
+    <w:rsid w:val="001C21BD"/>
+    <w:rsid w:val="001C6678"/>
     <w:rsid w:val="00203435"/>
-    <w:rsid w:val="002163E9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00391103"/>
+    <w:rsid w:val="002C0757"/>
+    <w:rsid w:val="002C6DAF"/>
+    <w:rsid w:val="0033477B"/>
+    <w:rsid w:val="003C06AF"/>
     <w:rsid w:val="003F0BE1"/>
-    <w:rsid w:val="00466B7F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00674116"/>
+    <w:rsid w:val="00401CED"/>
+    <w:rsid w:val="004B6818"/>
     <w:rsid w:val="0067585C"/>
-    <w:rsid w:val="006C67A6"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FA6327"/>
+    <w:rsid w:val="006F6292"/>
+    <w:rsid w:val="0070697C"/>
+    <w:rsid w:val="00735C44"/>
+    <w:rsid w:val="007B02F4"/>
+    <w:rsid w:val="008A7952"/>
+    <w:rsid w:val="00997511"/>
+    <w:rsid w:val="00A064F5"/>
+    <w:rsid w:val="00A37E83"/>
+    <w:rsid w:val="00B80932"/>
+    <w:rsid w:val="00C117B9"/>
+    <w:rsid w:val="00CD4F61"/>
+    <w:rsid w:val="00D97649"/>
+    <w:rsid w:val="00EB5612"/>
+    <w:rsid w:val="00EF0727"/>
+    <w:rsid w:val="00FB3706"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -16562,220 +11013,118 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00466B7F"/>
+    <w:rsid w:val="00EB5612"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001259A3"/>
+    <w:rsid w:val="00EB5612"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...17 lines deleted...]
-    <w:name w:val="HTML Preformatted"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="HTML0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC2E96"/>
-[...83 lines deleted...]
-    <w:rsid w:val="00BC6E84"/>
+    <w:rsid w:val="00CD4F61"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC6E84"/>
+    <w:rsid w:val="00CD4F61"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -16787,51 +11136,51 @@
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -16901,436 +11250,137 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00466B7F"/>
+    <w:rsid w:val="00EB5612"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001259A3"/>
+    <w:rsid w:val="00EB5612"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...17 lines deleted...]
-    <w:name w:val="HTML Preformatted"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="HTML0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC2E96"/>
-[...83 lines deleted...]
-    <w:rsid w:val="00BC6E84"/>
+    <w:rsid w:val="00CD4F61"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC6E84"/>
+    <w:rsid w:val="00CD4F61"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...197 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17574,71 +11624,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76F3F099-B506-43DE-BF71-C21796CF2387}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1704</Words>
-  <Characters>9715</Characters>
+  <Words>1807</Words>
+  <Characters>10305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11397</CharactersWithSpaces>
+  <CharactersWithSpaces>12088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Мадина Алиханкызы</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>