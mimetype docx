--- v0 (2025-12-12)
+++ v1 (2026-01-10)
@@ -1,9771 +1,2818 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EC24D9" w:rsidRPr="00A72B75" w:rsidRDefault="00EC24D9" w:rsidP="00EC24D9">
+    <w:p w14:paraId="1B4E1B45" w14:textId="255F96DF" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00EC24D9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk92787823"/>
-      <w:r w:rsidRPr="00A72B75">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Биология мұғалімі (уақытша бос лауазым) бос лауазымға тағайындауға конкурс жариялау туралы хабарландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2B9DC2" w14:textId="77777777" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275016E3" w14:textId="6729D674" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00877B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қ., Мұхтар Әуезов атындағы орта жалпы білім беру мектебі» КММ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 140000, Павлодар облысы, Павлодар қ., Ткачев көшесі, 15, тел.: 8(7182)65-62-86</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7648EFF1" w14:textId="241F885E" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эл. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ошта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00877B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42_ </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00241D8A">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>pavlodar</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00877B99">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00241D8A">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00877B99">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00241D8A">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2DBC33D9" w14:textId="7C1F921E" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Биология мұғалімі (уақытша бос лауазым)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B0D671" w14:textId="38BFF44D" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62357B16" w14:textId="6404A330" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім келесі лауазымдық міндеттерді орындайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370C0ABC" w14:textId="503141FB" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқытушылардың берілетін пән спецификасын ескере отырып оқытылуын және тәрбиесін жүзеге асырады, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF24A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптардағы бөлінген оқу жүктемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша оған жүктелген сабақтар мен басқадай сабақтарды өткізеді, сабақ барысында тиісті тәртіпті қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19750648" w14:textId="0C15DF53" w:rsidR="00431DA1" w:rsidRDefault="00431DA1" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу жоспары, өзіндік оқу жоспары және сабақ кестесіне сәйкес білім беру бағдарламаларды іске асырады, сонымен бірге оқытудың т</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рлі әдістері мен құралдарын қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E44C2E1" w14:textId="250B3CB6" w:rsidR="00431DA1" w:rsidRDefault="002C6646" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытушылардың мемлекеттік білім беру стандарты талаптарына тиісті даярлық деңгейін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F59D9F4" w14:textId="2F28EE04" w:rsidR="002C6646" w:rsidRDefault="006E5FDB" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕҚ</w:t>
+      </w:r>
+      <w:r w:rsidR="0035226C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚТ, өрттен қорғау ережелері мен нормаларын орындайды, білім беру процесінде</w:t>
+      </w:r>
+      <w:r w:rsidR="0035226C" w:rsidRPr="0035226C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0035226C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқытушылардың</w:t>
+      </w:r>
+      <w:r w:rsidR="0035226C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2BFD7C" w14:textId="309955A9" w:rsidR="0035226C" w:rsidRDefault="0035226C" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшылыққа әр жазатайым оқиға туралы жедел хабарлайды,</w:t>
+      </w:r>
+      <w:r w:rsidR="00035004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алғашқы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрігерлік алды көмекті көрсету бойынша шаралар қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551FA31A" w14:textId="246679F9" w:rsidR="0035226C" w:rsidRDefault="0035226C" w:rsidP="00035004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру процесін жүргізуді жақсарту бойынша ұсыныстар енгізеді, сондай-ақ кабинет меңгерушісі, басшылыққа оқытушылардың қабілетін төмендетуге ықпал ететін білім беру процесін қамтамасыз етудің кемшілі</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ктері туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B42629D" w14:textId="1C7E5826" w:rsidR="0035226C" w:rsidRDefault="00197632" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сынып журналында немесе нұсқаулықты тіркеу журналында міндетті тіркеумен оқу сабақтарында еңбек қауіпсіздігі бойынша оқытушыларға нұсқаулық жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330D3386" w14:textId="696672FA" w:rsidR="00197632" w:rsidRDefault="008B45FA" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытушылардың еңбекті қорғау бойынша ережелерді зерделеуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128A9442" w14:textId="3DE8BF4D" w:rsidR="008B45FA" w:rsidRDefault="008B45FA" w:rsidP="00431DA1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбекті қорғау бойынша ереже (нұсқаулық) сақта</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068DE005" w14:textId="4DDA04E5" w:rsidR="008B45FA" w:rsidRDefault="008B45FA" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Белгіленген тәртіпте сынып құжаттамасын жүргізеді, оқытушылардың қабылданға жүйе бойынша сабаққа қатысуы мен оқу үлгерімін бақылауды жүзеге асырады, оқытушылардың сынып журналы мен күнделіктеріне баға қояды, әкімшілікке уақтылы есептік мәліметтерді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F449C37" w14:textId="74C36CB5" w:rsidR="00236D53" w:rsidRDefault="00236D53" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Белгіленген тәртіпте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытушылардың қорытынды аттестациясында қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048EC90B" w14:textId="29B01016" w:rsidR="00236D53" w:rsidRDefault="00236D53" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белгіленген тәртіпте педагогтың қызметін бақылау және бағалау мақсатында  </w:t>
+      </w:r>
+      <w:r w:rsidR="004048A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабаққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әкімшілік өкілдерін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082E4110" w14:textId="50036D97" w:rsidR="00236D53" w:rsidRDefault="004048A2" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Директордың оқу-тәрбие жұмысы жөніндегі орынбасарының өкімі бойынша уақытша жоқ мұғалімдерді ауыстырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE533DD" w14:textId="5E1CCE3A" w:rsidR="004048A2" w:rsidRDefault="004048A2" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ішкі еңбек тәртібі ережелері мен жарғысын, басқадай локальдік құқықтық актілерді сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3AFD85" w14:textId="24FFB162" w:rsidR="004048A2" w:rsidRDefault="00322389" w:rsidP="00431DA1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытушал</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рдың заңды құқықтары мен бостандықтарын сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E47D2C" w14:textId="3C9A4E35" w:rsidR="00322389" w:rsidRDefault="0004032A" w:rsidP="009A71E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ өткізуге дайындалады, жүйелі түрде өз кәсіптік біліктілігін арттырады, әдістемелік ұйымдар, және әдістемелік жұмыстың басқадай түрлеріне қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B162BC8" w14:textId="39891262" w:rsidR="0004032A" w:rsidRDefault="0004032A" w:rsidP="008E580B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Әкімшілік өткізетін педагогикалқ кеңес пен жиналыстардың жұмысына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B71ABA" w14:textId="6A689618" w:rsidR="0004032A" w:rsidRDefault="002C61F7" w:rsidP="008E580B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ арасы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда кезекшілік кестесіне сәйкес, сондай-ақ сабақ алдында 20 минут және сабақ аяқталуына 20 минут бойы кезекшілік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2649705E" w14:textId="55C62390" w:rsidR="009F7DAC" w:rsidRDefault="009F7DAC" w:rsidP="008E580B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналарымен (оларды ауыстыратын тұлғалармен) оқытушылардың оқу үлгерімі, сабаққа қатысуы, тәртібі жөнінде үнемі байланыста болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4F3650" w14:textId="2CBFC13A" w:rsidR="009F7DAC" w:rsidRDefault="00E84FD8" w:rsidP="00431DA1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кезеңдік медициналық зерттеуді өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FDAC16" w14:textId="00A666C5" w:rsidR="00E84FD8" w:rsidRDefault="00E84FD8" w:rsidP="00327E65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұрмыста, қоғамдық орындарда мұғалімнің тиісті қоғамдық орнына сәйкес этикалық нормаларды сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C2B4FF" w14:textId="313460AD" w:rsidR="00E84FD8" w:rsidRDefault="00E84FD8" w:rsidP="00431DA1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кабинет меңгерушісі міндеттерін орындаған жағдайда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC135AA" w14:textId="64C61CFA" w:rsidR="00E84FD8" w:rsidRDefault="00E84DF9" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кабинетке бекітілген лаборанттың жұмысына басшылық етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE05EC5" w14:textId="60A26909" w:rsidR="00E84DF9" w:rsidRDefault="00B62D87" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кабинетті мақсатты пайдалануды бақылайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F17D710" w14:textId="20B554EB" w:rsidR="00B62D87" w:rsidRDefault="00B62D87" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кабинетті жабдықпен, құралдармен және басқадай мүлікпен толықтыруды ұйымдастырады, бір реттегі құжаттар бойынша жауапты сақтауға материалдық (жи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B62D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аздан басқа) құндылықтарды қабылдайды, есептегі мүліктің сақталуын қамтамасыз етеді, белгіленген тәртіпте кабинет мүлкін түгендеу және есептен шығаруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0B5B2A" w14:textId="042CC596" w:rsidR="00B62D87" w:rsidRDefault="00F472BC" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз пәні бойынша ЕҚ және ҚТ жөнінде нұсқаулықтарды кезеңдеп (5 жылда 1 реттен кем емес) әзірлейді, оны директорға бекітуге ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519850A0" w14:textId="478B0921" w:rsidR="00F472BC" w:rsidRDefault="00F472BC" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу кабинетін өртке қарсы мүлкімен, медициналық және жеке қорғау құралдарымен, сондай-ақ өмір қауіпсіздігін қамтамасыз ету сұрақтары бойынша жабдықталуды бақылайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52595126" w14:textId="3AC7B250" w:rsidR="00F472BC" w:rsidRDefault="00F472BC" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқа педагогтың оқытушылардың  ЕҚ және ҚТ нұсқаулығын</w:t>
+      </w:r>
+      <w:r w:rsidR="00556732">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып журналында немесе белгіленген үлгідегі журналда тіркеумен өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250E906F" w14:textId="59D927E8" w:rsidR="00556732" w:rsidRDefault="00FD6A12" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқытушылардың және қызметкерлердің өмірі мен денсаул</w:t>
+      </w:r>
+      <w:r w:rsidR="00705806">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ығына қауіпқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланысты сабақтарды өткізуге жол бермейді, ол туралы директордың ОТЖ жөніндегі 1 орынбасарына хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B34D861" w14:textId="413488D3" w:rsidR="00FD6A12" w:rsidRDefault="009F57C0" w:rsidP="00E84DF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбекті қорғау жөніндегі келісімге енгізу үшін оқу және еңбек жағдайын жақсарту бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F98A1F" w14:textId="61A17F63" w:rsidR="009F57C0" w:rsidRDefault="009F57C0" w:rsidP="009F57C0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1845"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Биология пәні мұғалімінің 18 сағаттық жалақысы: орта-арнай білім - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F57C0">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>143947-161724 те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F57C0">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сынып жетекшіліксіз, дәптерді тексерусіз, біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256ADF94" w14:textId="76C4B7AE" w:rsidR="009F57C0" w:rsidRDefault="009F57C0" w:rsidP="009F57C0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1845"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Биология пәні мұғалімінің 18 сағаттық жалақысы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F57C0">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>177766-205080 те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F57C0">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сынып жетекшіліксіз, дәптерді тексерусіз, біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F1E9CF" w14:textId="764F6980" w:rsidR="009F57C0" w:rsidRDefault="009F57C0" w:rsidP="000E1F65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа Қазақстан Республикасы білім беру және ғылым министрінің 2009 жылғы 13 шілдедегі  № 338 бұйрығымен бекітілген педагог лауазымы Үлгідегі біліктілік сипаттамаларға сәйкес келетін педагогтар қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D259846" w14:textId="7C324BF4" w:rsidR="009F57C0" w:rsidRDefault="00CC77FD" w:rsidP="000E1F65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсты өткізу мерзімі: құжаттарды қабылдау 2002ж. 13.01. – 2022ж. 20.01.; құжаттарды қарау 2022ж. 21.01. – 2022ж. 26.01.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A66FE31" w14:textId="70C96A75" w:rsidR="00CC77FD" w:rsidRDefault="00CC77FD" w:rsidP="009F57C0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Электрондық немесе қағаз түріндегі қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3098CBA6" w14:textId="6BBC69D0" w:rsidR="00CC77FD" w:rsidRDefault="008F54F9" w:rsidP="000E1F65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Ереженің 11 қосымшасына сәйкес қоса берілген құжаттар тізбесі көрсетілген конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDEE9CD" w14:textId="4740DD6B" w:rsidR="008F54F9" w:rsidRDefault="008F54F9" w:rsidP="008F54F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке басын куәландыратын  құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7B2A83" w14:textId="7A329E85" w:rsidR="008F54F9" w:rsidRDefault="008F54F9" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кадр есебі бойынша толтырылған жеке парақ (нақты тұратын мекен-жайы және болған жағдайда байланыс телефоны көрсетілген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761AB8DB" w14:textId="497664C0" w:rsidR="008F54F9" w:rsidRDefault="00EB3C88" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру саласында өкілетті органмен бекітілген лауазымға ұсынылатын біліктілік талаптарға сәйкес білім туралы құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62073483" w14:textId="0E71E8F9" w:rsidR="00EB3C88" w:rsidRDefault="00EB3C88" w:rsidP="008F54F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек қызметін (болған жағдайда) растайтын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D304F4" w14:textId="78FCAE31" w:rsidR="00EB3C88" w:rsidRDefault="00AF02F5" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрі міндетін атқарушының     2020 жылғы 30 қазандағы №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF02F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF02F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласында есептік құжат нысанын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF8F5DB" w14:textId="4894CBB8" w:rsidR="00AF02F5" w:rsidRDefault="00CC2B82" w:rsidP="008F54F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық ұйымның анықтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525601ED" w14:textId="474B2AD2" w:rsidR="00CC2B82" w:rsidRDefault="00CC2B82" w:rsidP="008F54F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наркологиялық ұйымның анықтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F583DE5" w14:textId="5BB3EF4A" w:rsidR="00CC2B82" w:rsidRDefault="00CC2B82" w:rsidP="008F54F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сотталған немесе сотталмаған туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B68FB6" w14:textId="2945C0DF" w:rsidR="00CC2B82" w:rsidRDefault="00CC2B82" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көтермелеу немесе жазаланған шаралар көрсетілген бұрыңғы жұмыс орнынан алынған сипаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BDF3FC" w14:textId="7ADCE733" w:rsidR="00CC2B82" w:rsidRDefault="00CC2B82" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>НКТ сертификаты немесе педагог-модерато</w:t>
+      </w:r>
+      <w:r w:rsidR="00705806">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-сарапшы, педагог-зерттеуші, педагог-шебер біліктілік  санаты бар куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCEE56D" w14:textId="130494B2" w:rsidR="00CC2B82" w:rsidRDefault="00CC2B82" w:rsidP="00E209EF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="1374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Биология пәні мұғалімінің уақытша бос лауазымы 2022 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00E209EF">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 наурызға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30986683" w14:textId="77777777" w:rsidR="009F57C0" w:rsidRPr="009F57C0" w:rsidRDefault="009F57C0" w:rsidP="009F57C0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1845"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF3E749" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F38930" w14:textId="73C77C21" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="009F57C0" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E2A592" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F68F2E" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35DFB9F1" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62ED3168" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="408D6156" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ADBF211" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E23724" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B6A2610" w14:textId="77777777" w:rsidR="00877B99" w:rsidRPr="00877B99" w:rsidRDefault="00877B99" w:rsidP="00877B99">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E78E90E" w14:textId="77777777" w:rsidR="00877B99" w:rsidRDefault="00877B99" w:rsidP="00EC24D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00EC24D9" w:rsidRPr="000C2A2A" w:rsidRDefault="00EC24D9" w:rsidP="00EC24D9">
-[...9621 lines deleted...]
-    <w:sectPr w:rsidR="001C19FB" w:rsidRPr="001C19FB" w:rsidSect="0094645B">
+    <w:p w14:paraId="68963739" w14:textId="77777777" w:rsidR="00EC24D9" w:rsidRPr="00E209EF" w:rsidRDefault="00EC24D9" w:rsidP="00EC24D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D1853C" w14:textId="77777777" w:rsidR="00EC24D9" w:rsidRPr="00E209EF" w:rsidRDefault="00EC24D9" w:rsidP="00EC24D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F12E7B" w14:textId="77777777" w:rsidR="00EC24D9" w:rsidRPr="00E209EF" w:rsidRDefault="00EC24D9" w:rsidP="00EC24D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D98D9DC" w14:textId="77777777" w:rsidR="00EA42F4" w:rsidRPr="00E209EF" w:rsidRDefault="00EA42F4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EA42F4" w:rsidRPr="00E209EF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="05FB2178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4006829C"/>
+    <w:lvl w:ilvl="0" w:tplc="8236D2D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0CBD4FAC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A50FA4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1485" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9000" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10440" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1DE21C8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C100AFCC"/>
+    <w:lvl w:ilvl="0" w:tplc="A7D64372">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1845" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2565" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3285" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4005" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4725" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5445" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6165" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6885" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7605" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="55B26867"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31F01D14"/>
+    <w:lvl w:ilvl="0" w:tplc="7A42B21A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="57940FF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CAC55A2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -9834,51 +2881,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="71A053F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF1A6A86"/>
     <w:lvl w:ilvl="0" w:tplc="2000000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -9924,99 +2971,153 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA42F4"/>
-    <w:rsid w:val="001C19FB"/>
-    <w:rsid w:val="0094645B"/>
+    <w:rsid w:val="00035004"/>
+    <w:rsid w:val="0004032A"/>
+    <w:rsid w:val="000E1F65"/>
+    <w:rsid w:val="00173C20"/>
+    <w:rsid w:val="00197632"/>
+    <w:rsid w:val="00236D53"/>
+    <w:rsid w:val="002C61F7"/>
+    <w:rsid w:val="002C6646"/>
+    <w:rsid w:val="00322389"/>
+    <w:rsid w:val="00327E65"/>
+    <w:rsid w:val="0035226C"/>
+    <w:rsid w:val="004048A2"/>
+    <w:rsid w:val="00431DA1"/>
+    <w:rsid w:val="004A79FE"/>
+    <w:rsid w:val="004E1C31"/>
+    <w:rsid w:val="00556732"/>
+    <w:rsid w:val="006E5FDB"/>
+    <w:rsid w:val="00705806"/>
+    <w:rsid w:val="00877B99"/>
+    <w:rsid w:val="008B45FA"/>
+    <w:rsid w:val="008C09E6"/>
+    <w:rsid w:val="008E580B"/>
+    <w:rsid w:val="008F54F9"/>
+    <w:rsid w:val="009A71E9"/>
+    <w:rsid w:val="009F57C0"/>
+    <w:rsid w:val="009F7DAC"/>
+    <w:rsid w:val="00AF02F5"/>
+    <w:rsid w:val="00B62D87"/>
+    <w:rsid w:val="00BF24A9"/>
+    <w:rsid w:val="00CC2B82"/>
+    <w:rsid w:val="00CC77FD"/>
+    <w:rsid w:val="00E209EF"/>
+    <w:rsid w:val="00E84DF9"/>
+    <w:rsid w:val="00E84FD8"/>
     <w:rsid w:val="00EA42F4"/>
+    <w:rsid w:val="00EA77FB"/>
+    <w:rsid w:val="00EB3C88"/>
     <w:rsid w:val="00EC24D9"/>
+    <w:rsid w:val="00F472BC"/>
+    <w:rsid w:val="00FD6A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -10143,51 +3244,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EC24D9"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EC24D9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -10250,74 +3350,365 @@
       <w:i/>
       <w:iCs/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00EC24D9"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle14">
     <w:name w:val="Font Style14"/>
     <w:rsid w:val="00EC24D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="No Spacing"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00877B99"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EC24D9"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001C19FB"/>
+    <w:rsid w:val="00EC24D9"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00EC24D9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle13">
+    <w:name w:val="Font Style13"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle15">
+    <w:name w:val="Font Style15"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:w w:val="50"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
+    <w:name w:val="Font Style17"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
+    <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle14">
+    <w:name w:val="Font Style14"/>
+    <w:rsid w:val="00EC24D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:sz w:val="12"/>
+      <w:szCs w:val="12"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00877B99"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pavlodar@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10565,65 +3956,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>10982</Characters>
+  <Pages>3</Pages>
+  <Words>932</Words>
+  <Characters>5318</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12883</CharactersWithSpaces>
+  <CharactersWithSpaces>6238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>user</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>