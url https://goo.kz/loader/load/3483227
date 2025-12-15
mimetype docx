--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16fed24" w14:textId="16fed24">
+    <w:p w14:paraId="a7f4326" w14:textId="a7f4326">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,447 +76,447 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы"</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223. Зарегистрирован в Министерстве юстиции Республики Казахстан 28 мая 2020 года № 20744.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасының Заңы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған:</w:t>
+      1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті көрсету қағидалары;</w:t>
+      1) правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      2) правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін көрсету қағидалары;</w:t>
+      3) правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына қабылдау" мемлекеттік көрсетілетін көрсету қағидалары бекітілсін.</w:t>
+      4) правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылды деп танылсын. </w:t>
+      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігі интернет-ресурсында орналастыруды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1), 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
-[...19 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -535,75 +535,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -705,1348 +722,1347 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида)</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее - Правила)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыптастыру тәртібін анықтайды.</w:t>
+      1. Настоящие Правила оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z353" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.</w:t>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) психологиялық-медициналық-педагогикалық консультациялар көрсетеді.</w:t>
+      3. Государственная услуга "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" (далее – государственная услуга) оказывается психолого-медико- педагогическими консультациями (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе www.egov.kz "электрондық үкіметтің" веб-порталы арқылы өтініш береді.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" жөніндегі мемлекеттік көрсетілетін қызмет негізгі талаптарының тізбесінде берілген.</w:t>
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Көрсетілетін қызметті берушінің кеңсесі арқылы жүгінген кезде тіркеуші осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құжаттар пакетін психологиялық-медициналық-педагогикалық тексерудің белгіленген күні ұсынады.</w:t>
+      5. При обращении через канцелярию услугодателя регистратор назначает дату психолого-медико-педагогического обследования и вносит данные в Журнал предварительной записи детей на консультацию согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и уведомляет услугополучателя. Пакет документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам услугополучатель предоставляет в назначенный день психолого-медико-педагогического обследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон арқылы және (немесе) көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+      Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. "Электрондық үкімет" www.egov.kz веб-порталы арқылы жүгінген кезде көрсетілетін қызметті алушы "Отбасы" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+      6. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші екі жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет уведомление о статусе электронного запроса и дате психолого-медико-педагогического обследования в "личный кабинет" услугополучателя на портале согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Мемлекеттік қызметті алу үшін кезекте күту уақыты отыз күнтізбелік күнге дейін құрайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      7. Время ожидания в очереди на психолого-медико-педагогическое обследование составляет до тридцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z118" w:id="24"/>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z354" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7-1. Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік көрсетілетін қызмет проактивті тәсілмен, қызметті берушінің бастамасымен көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірі www.egov.kz "электрондық үкімет" веб-порталында тіркеген кезде көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы, проактивті жолмен көрсетілуі мүмкін және оған:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="25"/>
+      7-1. Государственная услуга по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на Портале и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z405" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушыға мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="26"/>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z406" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проактивті қызметті көрсетуге көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті, оның ішінде шектеулі қолжетімді мәліметтерді көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен алу енеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z407" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z408" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қабылдауға eGov Mobile қосымшасындағы Bilim сервисі арқылы көрсетілетін қызметті алушы жазылады. Сәтті жазылғаннан кейін көрсетілетін қызметті алушыға қабылдаудан бір күн бұрын және қабылдау күні еске салумен күні расталған смс-хабарлама жіберіледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Запись на прием производится услугополучателем через сервис Bilim приложения eGov Mobile. После успешной записи услугополучателю направляется смс-уведомление с подтверждением даты, с напоминанием за день до приема и в день приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 7-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Көрсетілетін қызметті алушы мемлекеттік қызметті алу үшін құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="28"/>
+      8. При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет в "личный кабинет" портала. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған кезде тіркеуші көрсетілетін қызметті алушы келген кезде белгіленген күні көрсетілетін қызметті алушының деректерін осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="29"/>
+      9. При предоставлении услугополучателем полного пакета документов регистратор в назначенный день при явке услугополучателя вносит данные услугополучателя в Журнал учета обследования детей в ПМПК согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, передает пакет документов специалистам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Құжаттар топтамасын алғаннан кейін мамандар ата-анасының (заңды өкілдерінің) қатысуымен баланы психологиялық-медициналық-педагогикалық тексеруді және қызмет берушінің мамандарымен кеңес беруді жүргізеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="30"/>
+      10. После получения пакета документов специалистами проводится психолого-медико-педагогическое обследование ребенка в присутствии родителей (законных представителей) и консультирование специалистами услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Психологиялық-медициналық-педагогикалық тексеруден кейін көрсетілетін қызметті берушінің мамандары ұсынылған білім беру, медициналық және әлеуметтік қызметтер, білім беру бағдарламасының түрі көрсетілген жазбаша қорытындыны әзірлейді, мәліметтер "Ұлттық білім беру дерекқоры" ақпараттық жүйесіндегі ПМПК модуліне енгізіледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      11. После психолого-медико-педагогического обследования специалистами услугодателя формируется письменное заключение с указанием рекомендуемых образовательных, медицинских и социальных услуг, типа образовательной программы, сведения вносятся в модуль ПМПК информационной системы "Национальный образовательный банк данных".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Жазбаша қорытындыға көрсетілетін қызметті берушінің басшысы қол қояды және көрсетілетін қызметті алушыға тексерілген күні беріледі және/немесе көрсетілетін қызметті беруші көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="32"/>
+      12. Письменное заключение подписывается руководителем услугодателя и выдается услугополучателю в день обследования и/или услугодатель направляет в "личный кабинет" услугополучателя на портале в форме электронного документа в течение двух рабочих дней по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Заңның 5-бабының 2-тармағының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+      13. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z410" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде білім беру саласындағы уәкілетті орган нормативтік құқықтық акт мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде енгізілген өзгерістер мен (немесе) толықтырулар туралы ақпаратты "электрондық үкімет" ақпараттық- коммуникациялық инфрақұрылымының операторына және көрсетілетін қызметті берушіге, сондай-ақ Бірыңғай байланыс орталығына жолдайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателям, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарына көрсетілетін мемлекеттік қызметті берушінің және (немесе) оның мемлекеттік қызмет көрсету мәселелері бойынша лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="34"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      14. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      15. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2080,515 +2096,578 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Мүмкіндіктері шектеулі </w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">медициналық-педагогикалық </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық </w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көмек көрсету" мемлекеттік </w:t>
-[...25 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Балаларды консультацияға алдын ала жазу журналы</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Журнал предварительной записи детей на консультацию</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексеру күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тексеру уақыты</w:t>
-[...1 lines deleted...]
-          </w:p>
+Тексеру уақыты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Время обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың ТАӘ (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ФИО ребенка(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН ребенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z52" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возраст</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПМПК-ға келу себептері</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основание обращения в ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -2643,196 +2722,170 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тексеру және оларға</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>консультациялық көмек</w:t>
+              <w:t>психолого-медико-педагогической</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t>консультативной помощи детям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет көрсетудің негізгі</w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2848,51 +2901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі</w:t>
+Перечень основных требований к оказанию государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2925,87 +2978,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-медициналық-педагогикалық консультация</w:t>
+Психолого-медико-педагогическая консультация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3038,123 +3091,104 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-"электрондық үкімет" веб-порталы: www. egov. kz;</w:t>
-[...17 lines deleted...]
-www. egov. kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы.</w:t>
+психолого-медико-педагогическая консультация;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>веб-портал "электронного правительства": www.egov.kz; абонентское устройство сотовой связи зарегистрированное на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3187,141 +3221,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті алу үшін кезекте күту уақыты отыз күнтізбелік күнге дейін құрайды. Көрсетілетін қызметті берушіге жүгінген кезде психологиялық-медициналық-педагогикалық тексеру күні жүгінген күні белгіленеді.</w:t>
-[...53 lines deleted...]
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+Время ожидания в очереди на психолого-медико-педагогическое обследование составляет до тридцати календарных дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении к услугодателю дата психолого-медико-педагогического обследования назначается в день обращения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал, а также в проактивной форме дата психолого-медико-педагогического обследования назначается в течение 2 (двух) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При этом психолого-медико-педагогическое обследование проводится в назначенный день. Максимально допустимое время ожидания для сдачи пакета документов к услугодателю - не более 15 (пятнадцать) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3354,87 +3402,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3467,123 +3515,104 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады және сақталады.</w:t>
-[...17 lines deleted...]
-Проактивті түрде мемлекеттік көрсетілетін қызмет нәтижесі психологиялық-медициналық-педагогикалық тексеру қорытындысының дайын болғаны және eGov Mobile қосымшасының Bilim сервисінде сақталатыны туралы хабарлама болып табылады.</w:t>
+Результат оказания государственной услуги – заключение согласно приложению 6 либо мотивированный ответ об отказе в оказании государственной услуги согласно приложению 4 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа. Результатом оказания государственной услуги в проактивной форме является уведомление о готовности и хранении заключения психолого-медико-педагогической консультации в сервисе Bilim приложения eGov Mobile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3616,87 +3645,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3729,197 +3758,212 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Порталдың/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
-[...91 lines deleted...]
-2) www.egov.kz порталында орналасқан.</w:t>
+Услугодатель: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Портал/абонентское устройство сотовой связи, зарегистрированное на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предусмотрена предварительная запись по телефону и (или) при непосредственном обращении услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3952,699 +3996,742 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге:</w:t>
-[...611 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+При обращении услугополучателя к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) свидетельство о рождении ребенка, либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) форму № 052/у "Медицинская карта амбулаторного пациента", утвержденную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, перечисленные в подпунктах 1), 2) предоставляются в подлинниках и копиях, после сверки которых подлинники возвращаются услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя через Портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее - ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) заключение об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) форму № 052/у "Медицинская карта амбулаторного пациента", утвержденную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для нерезидентов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>при обращении к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) документ, удостоверяющий личность ребенка (требуется для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность одного из родителей (законного представителя) (требуется для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) заключение об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) заключение врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, перечисленные в подпунктах 1), 2) и 3) предоставляются в подлинниках и копиях, после сверки которых подлинники возвращаются услугополучателю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении услугополучателя через портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) электронная копия документа, удостоверяющего личность ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) электронная копия документа, удостоверяющего личность одного из родителей (законного представителя);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) электронная копия заключения об инвалидности (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) электронная копия заключения врачебно-консультационной комиссии о необходимости обучения на дому по состоянию здоровья (для статистического учета детей, обучающихся на дому) (при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При необходимости услугодатель для углубленного обследования дополнительно запрашивает следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) форму № 052/у "Медицинская карта амбулаторного пациента", утвержденную </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) психолого-педагогическую характеристику из организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) письменные работы по языку обучения, математике, рисунки и другие результаты деятельности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Свидетельство о рождении ребенка, сведения об инвалидности, заключение врачебно-консультационной комиссии услугодатель получает из соответствующих государственных информационных систем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4677,143 +4764,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4846,141 +4931,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www. egov. kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
-[...53 lines deleted...]
-Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на ww.egov.kz по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронно-цифровой подписи (далее – ЭЦП).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5019,451 +5118,452 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тексеру және оларға</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>консультациялық көмек</w:t>
+              <w:t>психолого-медико-педагогической</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t>консультативной помощи детям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z411" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z412" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымының атауы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+      наименование организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z413" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдау туралы хабарлама</w:t>
-[...252 lines deleted...]
-        <w:t xml:space="preserve"> ________________________.</w:t>
+        <w:t xml:space="preserve"> Уведомление о приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z414" w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уважаемый (-ая) __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ваши документы приняты. фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Напоминаем Вам о необходимости пройти обследование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"_____" _________________ 20_____ года дата обследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид обследования: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>первичное/повторное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место проведения: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование психолого-медико-педагогической консультации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес организации: _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата приема документов: ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при наличии) принявшего документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5499,214 +5599,665 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тексеру және оларға </w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">консультациялық көмек </w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік қызмет</w:t>
+              <w:t xml:space="preserve">педагогической </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетудің негізгі </w:t>
+              <w:t>консультативной помощи детям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">талаптардың тізбесіне </w:t>
+              <w:t xml:space="preserve">с ограниченными </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>возможностями"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                       (Фамилия, имя, отчество (при</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       либо наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ФИО: ___________ИИН:_________________Адрес:_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       УВЕДОМЛЕНИЕ об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 4 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
-[...37 lines deleted...]
-      Нысан</w:t>
+             Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", (Наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказывает в приеме документов на оказание государственной услуги (Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги) в соответствии с Перечнем основных требований к оказанию </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тел.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5742,544 +6293,152 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Көрсетілетін қызметті</w:t>
+              <w:t>Приложение 5 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушының тегі, аты, әкесінің</w:t>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аты (болған жағдайда) не</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымының атауы)</w:t>
+              <w:t>психолого-медико-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>педагогической консультативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(көрсетілетін қызметті</w:t>
+              <w:t xml:space="preserve">помощи детям </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...391 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkStart w:name="z117" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПМПК-да балаларды тексеруді есепке алу журналы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+        <w:t xml:space="preserve"> Журнал учета обследования детей в ПМПК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -6318,410 +6477,434 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z118" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың ТАӘ (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО ребенка (при его наличии)</w:t>
+ФИО ребенка (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z119" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туылған күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z120" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексерілген күні</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z121" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастапкы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Диагнозы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диагнозы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предварительный диагноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мекенжайы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домашний адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z124" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПМПК қорытындысы</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z125" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұсынымдар</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рекомендации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -6776,469 +6959,395 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүмкіндіктері шектеулі</w:t>
+              <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларды психологиялық-</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>медициналық-педагогикалық</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тексеру және оларға</w:t>
+              <w:t>"Обследование и оказание</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>консультациялық көмек</w:t>
+              <w:t>психолого-медико-педагогической</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету" мемлекеттік</w:t>
+              <w:t>консультативной помощи детям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>с ограниченными возможностями"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkStart w:name="z128" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Психологиялық-медициналық-педагогикалық консультация қорытындысы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+        <w:t xml:space="preserve"> Заключение психолого-медико-педагогической консультации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+      Сноска. Приложение 6 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...267 lines deleted...]
-        <w:t xml:space="preserve"> ____________________.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выдано ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при наличии) ребенка в том,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>что был (а) консультирован (а) "____" _________20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Заключение _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Рекомендации по образовательной программе и особым образовательным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>потребностям: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заключение действительно до _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель психолого-медико-педагогической консультации ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалисты ____________________________ _______________________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7274,1516 +7383,1529 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkStart w:name="z141" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет қағидасы</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее - Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z142" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z143" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызмет </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      1. Настоящие Правила оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkStart w:name="z144" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай ұғым пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z359" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті қызмет-көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін қызметті алушының өтінішінсіз көрсетілетін мемлекеттік қызмет.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkStart w:name="z146" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) оңалту орталықтары, психологиялық-педагогикалық түзету кабинеттері, аутизмі (аутистік спектр бұзылыстары) бар балаларды қолдау орталықтары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+      3. Государственная услуга "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – государственная услуга) оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции, центрами поддержки детей с аутизмом (расстройством аутистического спектра) (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkStart w:name="z147" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z148" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік қызметті алу үшін жеке тұлға (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкімет" www.egov.kz. веб-порталы арқылы жүгінеді.</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде келтірілген.</w:t>
+      При предоставлении документов непосредственно в канцелярию услугодателя в день обращения сотрудник канцелярии услугодателя принимает и регистрирует документы услугополучателя и передает документы руководителю услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды тікелей көрсетілетін қызметті берушінің кеңсесіне ұсынған кезде көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды және тіркейді және құжаттарды көрсетілетін қызметті берушінің басшысына береді.</w:t>
-[...17 lines deleted...]
-      Телефон арқылы және/немесе көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.</w:t>
+      Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z151" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Семья", заполнение полей электронного запроса и прикрепление пакета документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z152" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z153" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. "Электрондық үкімет" www.egov.kz веб-порталы арқылы жүгінген кезде көрсетілетін қызметті алушы "Отбасы" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z154" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші екі жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және көрсетілетін қызметті алушының "жеке кабинетіне" осы Қағидаларға </w:t>
-[...21 lines deleted...]
-    </w:p>
+      6. При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z155" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+      7. Документы услугополучателя рассматриваются руководителем услугодателя. Руководитель после рассмотрения передает документы специалистам для организации психолого-педагогической поддержки и реабилитации ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z156" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысы қарайды. Басшы құжаттарды қарағаннан кейін баланы психологиялық-педагогикалық қолдау мен оңалтуды ұйымдастыру үшін мамандарға береді.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+      8. Услугодатель проводит курс психолого-педагогической поддержки и реабилитации. Курс психолого-педагогической поддержки и реабилитации составляет от 90 до 365 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkStart w:name="z157" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Курс аяқталғаннан кейін оңалту орталықтарында, психологиялық-педагогикалық түзеу кабинеттерінде осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="51"/>
+      9. После завершения курса реабилитационными центрами, кабинетами психолого-педагогической коррекции выдается справка с заключением о результатах курса психолого-педагогической поддержки и реабилитации детей с особыми образовательными потребностями на основании командной оценки специалистов по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, центрами поддержки детей с аутизмом (расстройством аутистического спектра) – справка с рекомендациями для родителей (законных представителей) по закреплению сформированных навыков и получения новых навыков в домашних условиях по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">       Сноска. Пункт 9 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z158" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Психологиялық-педагогикалық қолдау және оңалту курсының нәтижелері туралы осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
+      10. Справка о результатах курса психолого-педагогической поддержки и реабилитации по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, справка с рекомендациями для родителей (законных представителей) по закреплению сформированных навыков и получения новых навыков в домашних условиях по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам подписывается руководителем услугодателя и выдается услугополучателю в день завершения курса психолого-педагогической поддержки и реабилитации и/или услугодатель направляет в "личный кабинет" услугополучателя на портале в форме электронного документа в течение двух рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkStart w:name="z159" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Заңның 5-бабының 2-тармағының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+      11. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z415" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде білім беру саласындағы уәкілетті орган нормативтік құқықтық акт мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде енгізілген өзгерістер мен (немесе) толықтырулар туралы ақпаратты "электрондық үкімет" ақпараттық- коммуникациялық инфрақұрылымының операторына және көрсетілетін қызметті берушіге, сондай-ақ Бірыңғай байланыс орталығына жолдайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателям, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="54"/>
+    <w:bookmarkStart w:name="z360" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11-1. Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасы бойынша "электрондық үкімет" www.egov.kz веб-порталында көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін тіркеу кезінде мемлекеттік органдардың ақпараттық жүйелері арқылы проактивті тәсілмен көрсетілуі және оның ішінде:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z122" w:id="55"/>
+      11-1. Государственная услуга по реабилитации и социальной адаптации детей и подростков с проблемами в развитии может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z361" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызметті көрсетуге сұрау салумен көрсетілетін қызметті алушыға Автоматты хабарламалар жіберуді;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="56"/>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по реабилитации и социальной адаптации детей и подростков с проблемами в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z362" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көрсетілетін қызметті алушының проактивті қызмет көрсетуге келісімін, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті мәліметтерді, оның ішінде қолжетімділігі шектеулі мәліметтерді көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысы арқылы алуға құқылы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.</w:t>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 11-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 11-1 в соответствии с приказом и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkStart w:name="z160" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарына көрсетілетін мемлекеттік қызметті берушінің және (немесе) оның мемлекеттік қызмет көрсету мәселелері бойынша лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z161" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
+      12. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkStart w:name="z164" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="59"/>
+      13. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8817,170 +8939,157 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Дамуында проблемалары</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бар балалар мен жасөспірімдерді</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оңалту және әлеуметтік</w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бейімдеу" мемлекеттік қызмет</w:t>
+              <w:t>"Реабилитация и социальная</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетудің негізгі</w:t>
+              <w:t>адаптация детей и подростков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптардың тізбесіне</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8996,51 +9105,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсетудің негізгі талаптардың тізбесі</w:t>
+Перечень основных требований к оказанию государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9073,87 +9182,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары, аутизмі (аутистік спектр бұзылыстары) бар балаларды қолдау орталықтары</w:t>
+Кабинеты психолого-педагогической коррекции, реабилитационные центры, центры поддержки детей с аутизмом (расстройством аутистического спектра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9186,123 +9295,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+кабинеты психолого-педагогической коррекции, реабилитационные центры, центры поддержки детей с аутизмом (расстройством аутистического спектра); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары, аутизмі (аутистік спектр бұзылыстары) бар балаларды қолдау орталықтары;</w:t>
+веб-портал "электронного правительства" www.egov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
-[...17 lines deleted...]
- www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+абонентское устройство сотовой связи, зарегистрированное на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9335,123 +9444,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) срок оказания - от 90 календарных дней до 365 календарных дней; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) максимально допустимое время ожидания для сдачи документов - не более 15 минут; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) қызмет көрсету мерзімі – 90 күнтізбелік күннен 365 күнтізбелік күнге дейін;</w:t>
-[...35 lines deleted...]
-3) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+3) максимально допустимое время обслуживания - не более 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9484,87 +9593,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) Қағаз түрінде/проактивті түрде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9597,159 +9706,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психологиялық-педагогикалық түзеу кабинеттері, оңалту орталықтары - осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша анықтама;</w:t>
+Кабинеты психолого-педагогической коррекции, реабилитационные центры - справку по форме, согласно приложению 4 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+центры поддержки детей с аутизмом (расстройством аутистического спектра) – справку с рекомендациями для родителей (законных представителей) по закреплению сформированных навыков и получения новых навыков в домашних условиях по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-аутизмі (аутистік спектр бұзылыстары) бар балаларды қолдау орталықтары - қалыптасқан дағдыларды бекіту және үйде жаңа дағдыларды қалыптастыру үшін осы Қағидаларға 4-1-қосымшаға сәйкес нысан бойынша ата-аналарға (заңды өкілдерге) ұсыныстары бар анықтама;</w:t>
+мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
-[...17 lines deleted...]
-Проактивті түрде мемлекеттік қызметті көрсету нәтижесі анықтаманың дайын болғаны және eGov Mobile қосымшасының Bilim сервисінде сақталатыны туралы хабарлама болып табылады.</w:t>
+Результатом оказания государственной услуги в проактивной форме является уведомление о готовности и хранении справки в сервисе Bilim приложения eGov Mobile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9782,87 +9911,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9895,199 +10024,181 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті беруші: Қазақстан Республикасының Еңбек </w:t>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+1) интернет-ресурсе услугодателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) www.egov.kz порталында орналасқан.</w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10120,393 +10231,411 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде: </w:t>
+При обращении услугополучателя к услугодателю: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) баланың ата-анасының (заңды өкілінің) еркін нысандағы өтініші;</w:t>
+1) заявление родителя (законного представителя) ребенка в произвольной форме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) заключение психолого-медико-педагогической консультации. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+При обращении услугополучателя через портал: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы.</w:t>
+1) заявление родителя (законного представителя) ребенка в произвольной форме;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы портал арқылы жүгінген кезде:</w:t>
+2) заключение психолого-медико-педагогической консультации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) баланың ата-анасының (заңды өкілінің) еркін нысандағы өтініші;</w:t>
+Для нерезидентов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+при обращении услугополучателя к услугодателю: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы.</w:t>
+1) заявление родителя (законного представителя) ребенка в произвольной форме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) документ, удостоверяющий личность ребенка (требуется для идентификации); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резидент болып табылмайтындарға:</w:t>
+3) документ, удостоверяющий личность одного из родителей (законного представителя) (требуется для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+4) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+При обращении услугополучателя через портал: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) баланың ата-анасының (заңды өкілінің) еркін нысандағы өтініші;</w:t>
+1) заявление родителя (законного представителя) ребенка в произвольной форме;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) баланың жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+2) электронная копия документа, удостоверяющего личность ребенка;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) ата-анасының бірінің (заңды өкілінің) жеке басын куәландыратын құжаты (жеке басын сәйкестендіру үшін қажет);</w:t>
+3) электронная копия документа, удостоверяющего личность одного из родителей (законного представителя);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) психологиялық-медициналық-педагогикалық консультация қорытындысы.</w:t>
+4) заключение психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы портал арқылы жүгінген кезде:</w:t>
-[...89 lines deleted...]
-Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10539,143 +10668,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10708,105 +10837,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
-[...17 lines deleted...]
-Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10845,389 +10956,383 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Дамуында проблемалары</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бар балалар мен жасөспірімдерді</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t>"Реабилитация и социальная</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет қағидасына</w:t>
+              <w:t>адаптация детей и подростков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z190" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z191" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымының атауы</w:t>
-[...233 lines deleted...]
-        <w:t xml:space="preserve"> _________________ .</w:t>
+      Уважаемый (-ая) _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ваши документы приняты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Напоминаем вам о необходимости явиться с ребенком для получения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>курса психолого-педагогической поддержки по адресу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон: ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фамилия, имя, отчество (при наличии) принявшего документы: ______________. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11263,170 +11368,769 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Дамуында проблемалары бар</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен жасөспірімдерді</w:t>
+              <w:t>К Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t>"Реабилитация и социальная</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>адаптация детей и подростков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидасына </w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>с проблемами в развитии"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                 (Фамилия, имя, отчество (при</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 услугополучателя) _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наименование организации образования, адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z364" w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФИО:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ИИН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     УВЕДОМЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 3 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", (Наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказывает в приеме документов на оказание государственной услуги (Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечнем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требований</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ввиду</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     причины отказа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исп.: Фамилия, Имя, Отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тел.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11462,51 +12166,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Приложение 4 К Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Реабилитация и социальная </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адаптация детей и подростков </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11527,370 +12283,278 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Көрсетілетін қызметті</w:t>
-[...77 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z210" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ТАӘ:</w:t>
-[...1 lines deleted...]
-    </w:p>
+                                     С П Р А В К А</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z211" w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дана ____________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (Ф.И.О. (при его наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" _______ 20_ г.р., в том, что он(а) действительно посещал(а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование РЦ, КППК)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖСН:</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      с "__" ______ 20_ года по "__" _______ 20_ г.,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z213" w:id="93"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мекенжай:</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      _____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (дата оказание услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z214" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжатты қабылдаудан бас тарту туралы ХАБАРЛАМА</w:t>
-[...39 lines deleted...]
-    </w:p>
+      Заключение _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф.И.О. (при его наличии) руководителя организации </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...91 lines deleted...]
-    </w:p>
+      М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11924,413 +12588,399 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Дамуында проблемалары бар </w:t>
+              <w:t>Приложение 4-1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балалар мен жасөспірімдерді </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
+              <w:t>"Реабилитация и социальная</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>адаптация детей и подростков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидасына </w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkStart w:name="z423" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АНЫҚТАМА</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20 __ ж. "__" _____ туылған __________________________________________, </w:t>
-[...169 lines deleted...]
-      </w:pPr>
+      Сноска. Павила дополнены приложением 4-1 в соответствии с приказом Министра просвещения РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z424" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.О.</w:t>
+      Дана ______________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" _______ 20___ года рождения, в том, что он(а) действительно посещал(а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование аутизм-центра)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с "__" ______ 20_ года по "__" ______ 20_ года,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендации по закреплению сформированных навыков и получения новых</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>навыков в домашних условиях ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>место печати</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12366,440 +13016,1163 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Дамуында проблемалары</w:t>
+              <w:t>Приложение 3 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бар балалар мен жасөспірімдерді</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оңалту және әлеуметтік</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бейімдеу" мемлекеттік</w:t>
-[...38 lines deleted...]
-              <w:t>4–1-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z217" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> АНЫҚТАМА</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z218" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z219" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила оказания государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее – Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z220" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z365" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" (далее – государственная услуга) оказывается организациями начального, основного среднего, общего среднего образования (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z223" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z224" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида 4-1-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z417" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель в течении двух рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо готовит мотивированный ответ об отказе в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z418" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации индивидуального бесплатного обучения на дому ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z231" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Услугодатель формирует приказ о зачислении на индивидуальное бесплатное обучение на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z366" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Государственная услуга по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z367" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z368" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z369" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 7-1 в соответствии с приказом и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20 __ жылы "__" _____ туған ___________________________________, </w:t>
-[...199 lines deleted...]
-    </w:p>
+      8. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z419" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Білім беру ұйымы басшысының тегі, аты, әкесінің аты (бар болса)</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателям, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мөр орны</w:t>
-[...1 lines deleted...]
-    </w:p>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы, города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z234" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12833,1355 +14206,235 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
+              <w:t>"Прием документов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>для организации индивидуального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бесплатного обучения на дому</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детей, которые по состоянию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здоровья в течение длительного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>времени не могут посещать</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...47 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" мемлекеттік көрсетілетін қызмет қағидасы (бұдан әрі – Қағида) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...78 lines deleted...]
-</w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 462</w:t>
+        <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
-[...1084 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14197,1617 +14450,1529 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" көрсетілетін мемлекеттік қызметтің негізгі талаптарының тізбесі</w:t>
+Перечень основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
+Организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары;</w:t>
+Организации начального, основного среднего и общего среднего образования;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электронды үкіметтің" веб-порталы: www.egov.kz; www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы.</w:t>
+веб-портал "электронного правительства": www.egov.kz; абонентское устройство сотовой связи зарегистрированное на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
+Срок оказания – 2 рабочих дней. При обращении по инициативе услугодателя в проактивной форме срок оказания государственной услуги в течение 2 (двух) рабочих дней. Максимально допустимое время ожидания для сдачи пакета документов – не более 15 (пятнадцать) минут. Максимально допустимое время обслуживания услугополучателя – не более 15 (пятнадцать) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>
-Қағаз түрінде/проактивті түрде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі:</w:t>
+Результат оказания государственной услуги:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құжаттарды қабылдау туралы қолхат (еркін нысанда);</w:t>
+1) уведомление о приеме документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) бас тарту туралы дәлелді жауап.</w:t>
+2) мотивированный ответ об отказе.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
-[...17 lines deleted...]
-Проактивті түрде мемлекеттік қызметті көрсету нәтижесі үйде оқытуды ұйымдастыру үшін құжаттардың қабылданғаны туралы хабарлама болып табылады.</w:t>
+На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа. Результатом оказания государственной услуги в проактивной форме является уведомление о приеме услугодателем документов для организации обучения на дому.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қызмет беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін. Өтініш қабылдау және нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады. Алдын ала жазылу және жеделдетілген қызмет көрсету көзделмеген. Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предварительная запись и ускоренное обслуживание не предусмотрены. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz – куглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің интернет-ресурсы;</w:t>
+Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) www.egov.kz.</w:t>
+1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+При обращении услугополучателя к услугодателю:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) өтініш (еркін нысанда);</w:t>
+1) заявление (в произвольной форме);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) үйде оқыту бойынша ұсынымдармен коса дәрігерлік-консультациялық комиссияның қорытындысы.</w:t>
+2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы портал арқылы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+При обращении услугополучателя к услугодателю через портал:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) өтініш (еркін нысанда);</w:t>
+1) заявление (в произвольной форме);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) үйде оқыту бойынша ұсынымдармен коса дәрігерлік-консультациялық комиссияның қорытындысы.</w:t>
+2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
-[...17 lines deleted...]
-Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінд еэлектрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
-[...35 lines deleted...]
-Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қолжеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15846,168 +16011,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білім беру ұйымдарына </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулығына байланысты ұзақ </w:t>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуды ұйымдастыру үшін </w:t>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттар қабылдау" </w:t>
+              <w:t>длительного времени не могут</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t xml:space="preserve">посещать организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызмет қағидасына </w:t>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -16028,252 +16193,321 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Фамилия, имя, отчество </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>либо наименование организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугополучателя) ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z267" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z268" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Уведомление об отказе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z269" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (көрсетілетін қызметті алушының мекенжайы)</w:t>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z270" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Документы для зачисления в [Наименование организации образования], в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z271" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      [Білім беру ұйымының атауы], [сынып, оқу тілі] оқуға қабылдау үшін құжаттар ҚАБЫЛДАНБАЙДЫ.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Причина_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z272" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Себебі_______________________________________________________________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Для разъяснения просим обратиться в приемную комиссию [Наименование организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z273" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Түсіндіру үшін қабылдау коммисиясына [білім беру ұйымының атауы] хабарласуларыңызды сұраймыз</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Адрес ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16307,297 +16541,313 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білім беру ұйымдарына </w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулығына байланысты ұзақ </w:t>
+              <w:t xml:space="preserve">"Прием документов для организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
+              <w:t xml:space="preserve">индивидуального бесплатного обучения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
+              <w:t xml:space="preserve">на дому детей, которые по </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуды ұйымдастыру үшін </w:t>
+              <w:t xml:space="preserve">состоянию здоровья в течение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттар қабылдау" </w:t>
+              <w:t>длительного времени не могут</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t xml:space="preserve">посещать организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызмет қағидасына </w:t>
+              <w:t xml:space="preserve">начального, основного среднего, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z275" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ________________________________________________________________________  [МО атауы]</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+        <w:t xml:space="preserve">                    _____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z276" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+        <w:t xml:space="preserve">                    Уведомление о приеме документов и зачислении в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z277" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      [білім беру ұйымының атауы]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Уважаемый: [ФИО школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z278" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының аты-жөні]</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Документы в [Наименование организации образования] приняты. Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер приказа] от [дата].</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z279" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар [білім беру ұйымының атауы] қабылданды. Сіз [күні] № [бұйрық нөмірі] бұйрығына сәйкес [сынып, әдебиет, оқу тілі] қабылдандыңыз.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z280" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сізден [мектеп атауы] баруыңызды сұраймыз_____________________</w:t>
-[...19 lines deleted...]
-    </w:p>
+      Адрес __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16631,862 +16881,927 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkStart w:name="z282" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 17.11.2022 </w:t>
+      Сноска. Правила - в редакции приказа и.о. Министра просвещения РК от 17.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 462</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z370" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-Тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z371" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызмет қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="86"/>
+      1. Настоящие Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок ее предоставления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z372" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="87"/>
+      2. В настоящих Правилах используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z373" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="88"/>
+      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z374" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) арнайы білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="89"/>
+      3. Государственная услуга "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - государственная услуга) оказывается специальными организациями образования и организациями основного среднего и общего среднего образования, дошкольными организациями всех видов (далее - услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z375" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-Тарау. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="90"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z376" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z377" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z378" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесі арқылы және/немесе "электрондық үкімет" веб-порталы арқылы: www.egov.kz.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z379" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардағы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги сотрудник канцелярии услугодателя отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z380" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттар топтамасын көрсетілген қызметті беруші кеңсесі арқылы көрсетілген кезде көрсетілетін қызметті беруші өтініш пен құжаттар топтамасын қабылдайды, көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат (еркін нысанда) береді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z381" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидалардағы </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="91"/>
+      Услугодатель в течении трех рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z382" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. "Электрондық үкімет" веб-порталы арқылы жүгінген кезде www.egov.kz көрсетілетін қызметті алушы "Білім беру" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="91"/>
+      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z383" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Основанием для зачисления в специальную организацию (специальные группы/классы) образования после начала учебного года является заключение психолого-медико-педагогической консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z384" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации обучения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z385" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Услугодатель формирует приказ о зачислении в специальную организацию образования (специальные группы/классы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z386" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші үш жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" осы Қағидаларға </w:t>
-[...41 lines deleted...]
-    </w:p>
+      9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z421" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
-[...119 lines deleted...]
-    </w:p>
+      При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и услугодателям, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра просвещения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="96"/>
+    <w:bookmarkStart w:name="z387" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасымен мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="97"/>
+      10. Государственная услуга по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z388" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушыға бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="98"/>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z389" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проактивті қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z390" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Срок ожидания ответа от услугополучателя составляет двадцать четыре часа с момента получения запроса. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z391" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя в местные исполнительные органы города республиканского значения и столицы, района (города областного значения), и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z392" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="100"/>
+      11. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z393" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z394" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z395" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="101"/>
+      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z396" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
+      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z397" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z398" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случаях несогласия с результатами оказания государственной услуги услугополучатель вправе обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17520,181 +17835,207 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 1 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t xml:space="preserve">услуги Правила оказания </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарын қабылдау</w:t>
+              <w:t>"Прием документов и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына</w:t>
+              <w:t xml:space="preserve">организации (специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(арнайы топтар/сыныптар)</w:t>
+              <w:t xml:space="preserve">группы/классы) образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+              <w:t xml:space="preserve">детей с ограниченными </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+              <w:t>возможностями для обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">по специальным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательным учебным </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -17713,51 +18054,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
+Перечень основных требований государственной услуги ""Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17790,87 +18131,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы білім беру ұйымдары</w:t>
+Специальные организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17903,105 +18244,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- арнайы білім беру ұйымдары; - "электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
+- специальные организации образования; - веб-портал "электронного правительства": www.egov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
+- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18034,141 +18375,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-құжаттар топтамасын тапсырған сәттен бастап:</w:t>
+с момента сдачи пакета документов:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) арнайы білім беру ұйымына қабылдау үшін — күнтізбелік жылдың 30 тамызынан кешіктірмей, бірінші сыныпқа — күнтізбелік жылдың 1 шілдесінен бастап 30 тамызы аралығында;</w:t>
+1) для зачисления в специальную организацию образования - не позднее 30 августа календарного года, в первый класс - с 1 июня по 30 августа календарного года;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының көрсетілетін қызметті берушіге құжаттар топтамасын тапсыруы үшін күтудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды;</w:t>
+2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем услугодателю - не более 15 (пятнадцати) минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
+3) максимально допустимое время обслуживания услугополучателя услугодателем - не более 15 (пятнадцати) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18201,87 +18542,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны</w:t>
+Форма оказания оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
+Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18314,123 +18655,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі:</w:t>
-[...35 lines deleted...]
-2) арнаулы білім беру ұйымына қабылдау туралы бұйрық. Мемлекеттік қызметті көрсету нәтижесін ұсыну түрі: электрондық және (немесе) қағаз түрінде. Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
+Результат оказания государственной услуги: 1) расписка о приеме документов (в произвольной форме); 2) приказ о зачислении в специальную организацию образования. Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная/проактивная. На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18463,87 +18768,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға, сонымен қатар проактивті түрде тегін көрсетіледі.</w:t>
+Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18576,143 +18881,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қызмет беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі - жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін. Өтініш қабылдау және нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады. Алдын ала жазылу және жеделдетіп қызмет көрсету қарастырылмаған. Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан. Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов. Предварительная запись и ускоренное обслуживание не предусмотрены. Портал/абонентское устройство сотовой связи зарегистрированного на www.egov.kz - круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с трудовым законодательством Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан" прием заявок и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+1) интернет-ресурсе услугодателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) www.egov.kz порталында орналасқан.</w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18745,159 +19070,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+При обращении услугополучателя к услугодателю:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының ата-анасының немесе өзге де заңды өкілінің арнаулы білім беру ұйымына қабылдау туралы өтініші (еркін түрде).</w:t>
+1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы. Көрсетілетін қызметті алушы портал арқылы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+2) заключение психолого-медико-педагогической консультации. При обращении услугополучателя к услугодателю через портал: 1) заявление родителя или иного законного представителя услугополучателя о зачислении в специальную организацию образования (в произвольной форме);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының ата-анасының немесе өзге заңды өкілінің арнаулы білім беру ұйымына қабылдау туралы өтініші (еркін түрде););</w:t>
-[...17 lines deleted...]
-2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы. Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді. Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
+2) заключение психолого-медико-педагогической консультации. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18930,143 +19237,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19099,87 +19406,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы арқылы алу мүмкіндігіне ие. Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19218,181 +19525,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 2 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытуүшін мүмкіндіктері </w:t>
+              <w:t xml:space="preserve">услуги "Прием документов и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарын қабылдау</w:t>
+              <w:t xml:space="preserve">организации (специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+              <w:t xml:space="preserve">группы/классы) образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына</w:t>
+              <w:t>детей с ограниченными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(арнайы топтар/сыныптар) </w:t>
+              <w:t>возможностями для обучения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+              <w:t xml:space="preserve">по специальным </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+              <w:t>общеобразовательным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -19413,339 +19720,345 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
-[...142 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...14 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас тарту туралы ХАБАРЛАМА</w:t>
+                                                 (Фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 услугополучателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құрметті: [Оқушының тегі, аты, әкесінің аты (болған кезде)]</w:t>
-[...89 lines deleted...]
-      Мекенжай ____________________</w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уведомление об отказе Уважаемый: [Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Документы для зачисления в [Наименование организации образования],</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в [класс, язык обучения] НЕ ПРИНЯТЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Причина ___________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Для разъяснения просим обратиться в приемную комиссию [Наименование </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес ________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19781,308 +20094,357 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+              <w:t>Приложение 3 к правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+              <w:t xml:space="preserve">оказания государственной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
+              <w:t xml:space="preserve">услуги "Прием документов и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+              <w:t xml:space="preserve">зачисление в специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>құжаттарын қабылдау</w:t>
+              <w:t xml:space="preserve">организации (специальные </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+              <w:t>группы/классы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына</w:t>
+              <w:t xml:space="preserve">образования детей с </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(арнайы топтар/сыныптар)</w:t>
+              <w:t xml:space="preserve">ограниченными возможностями </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+              <w:t xml:space="preserve">для обучения по специальным </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+              <w:t>общеобразовательным</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>учебным программам"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z403" w:id="164"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
-[...89 lines deleted...]
-      Мекенжай____________________</w:t>
+      _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   [Наименование ГО]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уведомление о приеме документов и зачислении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       в [наименование организации образования]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Уважаемый: [Фамилия, имя, отчество (при его наличии) школьника]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Документы в [Наименование организации образования] приняты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вы зачислены в [класс, литера, язык обучения], согласно Приказу № [номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказа] от [дата].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Просим Вас подойти в [Наименование школы] ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес __________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20118,283 +20480,270 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 27 мамырдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 223 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>от 27 мая 2020 года № 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="102"/>
+    <w:bookmarkStart w:name="z349" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылатын кейбір бұйрықтарының тізімі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="103"/>
+        <w:t xml:space="preserve"> Перечень, утративших силу некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z350" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="104"/>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 11047, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 22 мая 2015 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z351" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Арнайы білім беру саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 174 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 13 қыркүйектегі № 462 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="105"/>
+      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 13 сентября 2018 года № 462 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 125325, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 25 октября 2018 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z352" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3."Кемтар балаларға арнаулы түзеу ұйымдары мен басқа да ұйымдарға медициналық, арнаулы білім және арнаулы әлеуметтік қызметтерді алуы үшін жолдама беру" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 14 наурыздағы № 120 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 14 марта 2017 года № 120 "Об утверждении стандарта государственной услуги "Выдача направления детям с ограниченными возможностями в специальные коррекционные и другие организации для получения медицинских, специальных образовательных и специальных социальных услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 113285, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 17 июля 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>