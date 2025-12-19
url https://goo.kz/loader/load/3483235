--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,254 +1,260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000E4C0B" w:rsidRDefault="000E4C0B" w:rsidP="000E4C0B">
+    <w:p w:rsidR="00967312" w:rsidRPr="006D605A" w:rsidRDefault="00E2118A">
       <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="a5"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="006D605A">
+        <w:r w:rsidR="006D605A" w:rsidRPr="006D605A">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
+            <w:rStyle w:val="a3"/>
             <w:sz w:val="72"/>
             <w:szCs w:val="72"/>
           </w:rPr>
           <w:t>https://edunavigator.kz/ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="000E4C0B" w:rsidRPr="000E4C0B" w:rsidRDefault="000E4C0B" w:rsidP="000E4C0B">
+    <w:p w:rsidR="006D605A" w:rsidRDefault="006D605A" w:rsidP="006D605A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:rPr>
-          <w:sz w:val="72"/>
-          <w:szCs w:val="72"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4206E2F2" wp14:editId="1D3D3BBA">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A55AFDC" wp14:editId="04486CDB">
+            <wp:extent cx="9080937" cy="5865393"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect t="6251" r="1519" b="7273"/>
+                    <a:srcRect t="7943" r="-882" b="5703"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9251950" cy="5391983"/>
+                      <a:ext cx="9078658" cy="5863921"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00967312" w:rsidRDefault="00967312">
+    <w:p w:rsidR="0081138E" w:rsidRDefault="0081138E" w:rsidP="006D605A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E4C0B" w:rsidRPr="000E4C0B" w:rsidRDefault="00CC70A9">
+    <w:p w:rsidR="0081138E" w:rsidRPr="006D605A" w:rsidRDefault="0081138E" w:rsidP="006D605A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="130A1B87" wp14:editId="05CEC564">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Рисунок 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B5FE46D" wp14:editId="78CDAA1A">
+            <wp:extent cx="9748533" cy="6032938"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="6350"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId7"/>
-                    <a:srcRect t="6213" b="7803"/>
+                    <a:srcRect l="8992" t="6913" b="9706"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9251950" cy="6161341"/>
+                      <a:ext cx="9757987" cy="6038788"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="000E4C0B" w:rsidRPr="000E4C0B" w:rsidSect="000E4C0B">
+    <w:sectPr w:rsidR="0081138E" w:rsidRPr="006D605A" w:rsidSect="006D605A">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00247794"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00247794"/>
+    <w:rsidRoot w:val="008F2901"/>
     <w:rsid w:val="002C0095"/>
+    <w:rsid w:val="006D605A"/>
+    <w:rsid w:val="0081138E"/>
+    <w:rsid w:val="008F2901"/>
     <w:rsid w:val="00967312"/>
-    <w:rsid w:val="00CC70A9"/>
+    <w:rsid w:val="00E2118A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -391,118 +397,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000E4C0B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D605A"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000E4C0B"/>
+    <w:rsid w:val="006D605A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000E4C0B"/>
+    <w:rsid w:val="006D605A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -623,118 +628,117 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000E4C0B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D605A"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000E4C0B"/>
+    <w:rsid w:val="006D605A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000E4C0B"/>
+    <w:rsid w:val="006D605A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...9 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edunavigator.kz/ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>